--- v0 (2025-10-13)
+++ v1 (2026-01-20)
@@ -10,245 +10,449 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1082" uniqueCount="500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1468" uniqueCount="665">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2423</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>EMEN</t>
+  </si>
+  <si>
+    <t>emenda</t>
+  </si>
+  <si>
+    <t>KÁTIA HELENA SCHLESNER</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2423/emenda_impositiva_no_01-2025-_katia_saude.doc</t>
+  </si>
+  <si>
+    <t>Que indica recurso no valor de R$ 27.000,00 para aquisição de materiais e equipamentos para a sala de Fisioterapia da Unidade Básica de Saúde da sede do município.</t>
+  </si>
+  <si>
+    <t>2424</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>LUCIANO EDEGAR RICHARDT</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2424/emenda_impositiva_no_02-2025_-_luciano-_bolao_clube_familiar_paraiso.doc</t>
+  </si>
+  <si>
+    <t>Que indica recursos no valor de R$ 26.693,98 para melhorias na infraestrutura do Clube Familiar Paraíso, para manutenção dos trabalhos da entidade Esportiva, afim de incentivar o Esporte no Município.</t>
+  </si>
+  <si>
+    <t>2425</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2425/emenda_impositiva_no_03-2025-_katia_centro_pegagogico_e_escola_celia.doc</t>
+  </si>
+  <si>
+    <t>Que indica recurso no valor de R$ 15.000,00, para Compra de materiais para o Centro Pedagógico e recurso no valor de R$ 11.387,96 para o CPM da Escola Municipal de Ensino Fundamental Incompleto Professora Célia Milda Schlesner Schiefelbein para destinação de recursos para a Pracinha de brinquedos do educandário.</t>
+  </si>
+  <si>
+    <t>2426</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2426/emenda_impositiva_no_04-2025_-_luciano-_saude.doc</t>
+  </si>
+  <si>
+    <t>Que indica recursos no valor de R$ 26.693,98 para transferência à Associação Assistencial Beneficente Hospital Paraíso, reforma do prédio da entidade.</t>
+  </si>
+  <si>
+    <t>2427</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>BRENO DE OLIVEIRA</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2427/emenda_impositiva_no_05-2025_-_breno_-_saude.doc</t>
+  </si>
+  <si>
+    <t>Que indica recursos no valor de R$ 53.387,96 para a Unidade básica de saúde para aquisição de medicamentos.</t>
+  </si>
+  <si>
+    <t>2428</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2428/emenda_impositiva_no_06-2025-_luiz.doc</t>
+  </si>
+  <si>
+    <t>Que indica recursos no valor de R$ 26.693,98 para a Unidade básica de saúde para aquisição de medicamentos e R$ 26.693,98 para reforma do prédio da Associação Assistencial Beneficente Hospital Paraíso.</t>
+  </si>
+  <si>
+    <t>2429</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2429/emenda_impositiva_no_07-2025-_marcio-_floreser_e_manguerinha.doc</t>
+  </si>
+  <si>
+    <t>Que indica recurso no valor de R$ 13.346,99 para Associação de produtores FlorESer Agroecológico, CNPJ 37.267.442/0001-09 para Compra de adubo orgânico certificado para ser divido entre as famílias integrantes do Grupo com certificação, e assim incentivar a produção de alimentos orgânicos no município e R$ 13.346,99  para a Associação Mangueirinha F.C, CNPJ 53.843.273/0001-64, para manutenção das atividades da Associação e para incentivar a prática esportiva no interior do município.</t>
+  </si>
+  <si>
+    <t>2430</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2430/emenda_impositiva_no_08-2025-_marcio-_hospital.doc</t>
+  </si>
+  <si>
+    <t>Que indica recurso no valor R$ 26.693,98 para transferência à Associação Assistencial Beneficente Hospital Paraíso, para reformas no prédio do Hospital Paraíso.</t>
+  </si>
+  <si>
+    <t>2431</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2431/emenda_impositiva_no_09-2025_-_jacir-_saude.doc</t>
+  </si>
+  <si>
+    <t>Que indica recurso no valor R$ 26.693,98 para transferência à Associação Assistencial Beneficente Hospital Paraíso, para reformas no prédio da entidade.</t>
+  </si>
+  <si>
+    <t>2432</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2432/emenda_impositiva_no_10-2025_-_jacir-_bolao.doc</t>
+  </si>
+  <si>
+    <t>Que indica recursos no valor de R$ 26.693,98 para melhorias na infraestrutura do Clube Familiar Paraíso, para manutenção dos trabalhos da entidade Esportiva afim de incentivar o Esporte no Município.</t>
+  </si>
+  <si>
+    <t>2433</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2433/emenda_impositiva_no_11-2025_-_mauro-_hospital.doc</t>
+  </si>
+  <si>
+    <t>2434</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2434/emenda_impositiva_no_12-2025_-_mauro-_alfredo_link.doc</t>
+  </si>
+  <si>
+    <t>Que indica recurso no valor de R$ 20.000,00 para repasse ao Círculo de Pais e Mestres – CPM da EMEI Alfredo Link, para custeio e manutenção das atividades desenvolvidas, para aquisição de um trator cortador de grama.</t>
+  </si>
+  <si>
+    <t>2435</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>ELISEU CRUMENAUER</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2435/emenda_impositiva_no_13-2025_-eliseu_-_saude.doc</t>
+  </si>
+  <si>
+    <t>Que indica recursos no valor de R$ 53.387,96 para a para construção de uma academia de Saúde na Vila Paraíso.</t>
+  </si>
+  <si>
+    <t>2436</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2436/emenda_impositiva_no_14-2025_-_mauro-_pro_paraiso.doc</t>
+  </si>
+  <si>
+    <t>Que indica recurso no valor de R$ 6.693,98 para repasse para Associação para o Desenvolvimento Cultural de Paraíso do Sul – PROPARAÍSO, para a compra de meses e cadeiras para serem utilizadas nos projetos da entidade.</t>
+  </si>
+  <si>
+    <t>2437</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2437/emenda_impositiva_no_15-2025_-_alberto-_hospital_da_vila.doc</t>
+  </si>
+  <si>
+    <t>Que indica recurso no valor de R$ 26.693,98 para transferência à Associação Assistencial Beneficente Hospital Paraíso, para reformas no prédio da entidade.</t>
+  </si>
+  <si>
+    <t>2438</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2438/emenda_impositiva_no_16-2025_-_alberto-_alfredo_schlesner.doc</t>
+  </si>
+  <si>
+    <t>Que indica recurso no valor R$ 26.693,98 para repasse para C.P.M. Escola Municipal De Ensino Fundamental Alfredo Schlesner - Centro Pedagógico Educacional Especializado, para reforma do pavilhão da escola.</t>
+  </si>
+  <si>
+    <t>2443</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>CLJRF - COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2443/emenda_modificativa_no_01-2025.docx</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa ao Projeto de Lei nº59-2025.</t>
+  </si>
+  <si>
     <t>2260</t>
   </si>
   <si>
-    <t>2025</t>
-[...4 lines deleted...]
-  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_no_01-2025_-_eliseu_-_lombadas_vila_paraiso.doc</t>
   </si>
   <si>
     <t>O Poder Executivo Municipal determine à Secretaria competente que execute a construção de lombadas na Avenida Barão Von Kahlden, localidade de Vila Paraíso, que funcione como redutor de velocidade, mais precisamente nas proximidades da Escola Estadual de Educação Básica Duque de Caxias, Campo de Futebol e próximo ao correio da localidade.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_no_02-2025_-_mauro-_ponte_a._imigrantes.doc</t>
   </si>
   <si>
     <t>Determine a Secretaria competente, que realize a reconstrução da ponte ou construção de uma galeria sobre o valo no final da Avenida Tiradentes próximo à entrada da propriedade os Senhores Eder Kulmann e Bruno Kelling na sede do município.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>3</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_no_03-2025_-_eliseu_-_contas_de_luz_no_correio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal possibilite a realização do pagamento de conta de água no Correio da Vila Paraíso, serviço este, que já era disponibilizado á muitos anos atrás.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2284/indicacao_no_04-2025_-_marcio_-_posto_de_saude_na_mangueirnha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a possibilidade de criar um Posto de Saúde na localidade de Mangueirinha.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2285/indicacao_no_05-2025-jacir_-_abertura_de_estrada.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que realize a reabertura de Estrada que liga a Linha Néri (próximo a família Pfaifer) a Linha Travessão (saída para propriedade de Mario Drescher), no interior do município.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_06-2025-jacir_-_vale_alimentacao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal promova o reajuste do programa de auxílio alimentação dos Servidores do Poder Executivo para o mesmo valor pago para os servidores do Poder Legislativo.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_no_07-2025_-_mauro-_transporte_sao_vicente.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade de fornecer transporte para levar os estudantes de Paraíso do Sul para São Vicente do Sul no domingo e buscar na sexta feira a cada 15 dias.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_no_08-2025-jacir_-_abertura_de_estrada.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que realize a reabertura da estrada do alto da Linha Campestre próximo a propriedade do Sr. Felipe Wilhelm, no interior do município.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2299/indicacao_no_009-_2025-__jacir_-_dessassoreamento.doc</t>
   </si>
   <si>
     <t>Indica que o Poder Executivo Municipal viabilize o desassoreamento do Arroio Paraíso, no trecho entre Claus Drescher na Vila Paraíso e Lauro Richardt na Linha Travessão, nesse município.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Poder Executivo Municipal, determine à secretaria competente a demarcar pista de estacionamento de embarque e desembarque junto ao canteiro central da Av. Primeiro de Janeiro, em frente a EMEIF Pastora Liane Böeck Schmitt, sendo somente a pista do meio livre, desta forma possibilitando condições para estacionamento de carros, e desafogando o trânsito naquele local.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_11-_mauro_-_monitor_onibus_escolar.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que disponibilize um monitor para cada transporte escolar municipal, visando maior segurança aos alunos deste município.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_12-2025-jacir_-_pmpiceps.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal encaminhe a esta Casa legislativa projeto de lei para instituir no município o Programa Municipal de Práticas Integrativas e Complementares e de Educação Popular em Saúde (PMPICEPS).</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>13</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2382/indicacao_no_13-2025-_breno_-_adicional_de_insalubridade_agentes_comunitarios.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal encaminhe a esta Casa legislativa projeto de lei para instituir o pagamento do adicional de insalubridade para os Agentes Comunitários de Saúde do Município de Paraíso do Sul/RS, conforme previsto na Lei nº 13.342/2016 e demais dispositivos legais e constitucionais.</t>
+  </si>
+  <si>
+    <t>2412</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_no_14-2025-_beto-_quebra_molas.doc</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo Municipal determine a Secretaria competente, que realize a instalação de redutores de velocidade (quebra-molas) e placas informando “Área Escolar” e “Reduza a Velocidade” nas proximidades da Escola Municipal de Ensino Fundamental Carlos Altermann.</t>
+  </si>
+  <si>
+    <t>2413</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_no_15-2025-_jacir-_agua.doc</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo reative a rede de água existente na propriedade do Senhor André Friedrich, na Linha Patrícia, neste Município.</t>
+  </si>
+  <si>
+    <t>2440</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_16-2025-_jacir-_ponte_molhada.doc</t>
+  </si>
+  <si>
+    <t>Que indica que o Poder Executivo realize a construção de uma ponte molhada no acesso à propriedade do Sr. Délio Drescher, na Linha Travessão</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2307/mocao_de_apoio_-_projeto_n_399-2024.pdf</t>
   </si>
   <si>
     <t>“Reconhece o Poder Legislativo da Quarta Colônia como entidade oficial representativa, de congregação e cooperação, das Câmaras Municipais e os Vereadores da Quarta Colônia do Estado do Rio Grande do Sul”</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
     <t>Susta os efeitos da Resolução nº 258, de 23 de dezembro de 2024, do Conselho Nacional dos Direitos da Criança e do Adolescente - CONANDA, e ao Projeto de Lei nº 1904/2024, que visa impedir que o aborto seja reconhecido como direito, sem previsão de limite de tempo gestacional, durante todos os nove meses da gravidez, até o momento do parto de autoria de todos vereadores.</t>
   </si>
@@ -267,50 +471,74 @@
   <si>
     <t>A Câmara Municipal de Vereadores de Paraíso do Sul, por iniciativa do Vereadora Presidente Kátia Helena Schlesner, parabeniza o Mangueirinha Futebol Clube pelo título inédito de Campeão da Copa dos Campeões Futebol 11 2025._x000D_
           Ao ensejo esta Casa Legislativa reconhece e parabeniza o empenho da equipe, a qual faz história e eleva o nome de Paraíso do Sul sendo destaque no Esporte municipal e regional.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2373/mocao_de_congratulacao-_civil_2.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO E AGRADECIMENTO _x000D_
 Ao escrivão da Polícia Civil, GABRIEL LAUTENSCHLAGER.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2374/mocao_de_congratulacao-_civil.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO E AGRADECIMENTO _x000D_
 Ao escrivão da Polícia Civil, VINÍCIOS ARTHUR BEISE.</t>
   </si>
   <si>
+    <t>2401</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2401/mocao_de_apoio_vigilantes-_vigilantes.docx</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APOIO ao Projeto de Lei o PLP 42/2023, que se encontra em tramitação na Câmara dos Deputados e recentemente obteve aprovação pela Comissão de Previdência da Câmara Federal, garantindo os direitos dos vigilantes à aposentadoria especial.</t>
+  </si>
+  <si>
+    <t>2404</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2404/mocao_de_congratulacao.docx</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação, a todos os Servidores Públicos pela passagem do seu dia, comemorado em 28 de outubro.</t>
+  </si>
+  <si>
+    <t>2407</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2407/mocao_de_congratulacao.docx</t>
+  </si>
+  <si>
     <t>2313</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>Pedido de Cedência</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2313/01-solicitacao_de_cedencia-_mdb_-.doc</t>
   </si>
   <si>
     <t>Solicitação de cedência requerida pelo Presidente do MDB Everton Niemeyer.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Pedido de Licença</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2345/requerimento_-_alberto_abich.pdf</t>
@@ -318,53 +546,50 @@
   <si>
     <t>Solicito licenciamento do cargo de Vereador, a contar de 09 de junho de 2025 até 08 de julho de 2025, por motivos particulares.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
     <t>Solicita que o Poder executivo Municipal determine a Secretaria competente o reparo urgente nas luminárias que não estão funcionando na localidade de Mangueirinha no interior do Município</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>Solicita que a Prefeitura Municipal determine a Secretaria competente que realize a troca de uma lâmpada queimada em frente à residência da Senhora Marli Sena e em demais locais onde se fizer necessário na localidade de Vila Nova, neste município. Pedido de providências nº 03-2025, de autoria do</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
-    <t>LUCIANO EDEGAR RICHARDT</t>
-[...1 lines deleted...]
-  <si>
     <t>Solicita que a Prefeitura Municipal determine a Secretaria competente faça a limpeza do bueiro em frente à residência do Senhor Hélio Markerdorf, o patrolamento e roçadas as margens das estradas da Linha Contenda, próximo a antiga Escola Men de Sá, neste Município.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2265/pedido-de-providencias_no_04-2025_-_luis_abrigo_onibus_boa_vista_sul.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize a colocação de abrigo na parada de ônibus, mais precisamente nas proximidades da antiga residência do Senhor Norvaldo da Rosa e na estrada próximo a propriedade do Senhor Celso dos Passos na Boa Vista Sul, neste município.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2266/pedido-de-providencias_no_05-2025_-_luis_bueiro_boa_vista_norte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para realizar a colocação de bueiros na valeta da esquina dos Flores próximo a entrada do CTG Amigos do Rio Grande, nesta cidade.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a instalação de um novo ponto de iluminação pública em frente ao Mercado da Senhora Letícia Kobs, na localidade de Boa Vista Norte, neste Município.</t>
@@ -414,89 +639,77 @@
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente, a colocação de bueiros nas proximidades  da E.M. Carlos Altermann, mais precisamente  50 metros acima da Escola e ainda realize a colocação de cascalho neste trecho.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2273/pedido-de-providencias_no_12-2025_-_luiz_novo_ponto_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a instalação de um novo ponto de iluminação pública nas proximidades da antiga residência do Sr. Norvaldo da Rosa, na RSC 287, saída para a localidade de Boa Vista Sul.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2274/pedido-de-providencias_no_13-2025_-_eliseu_crumenauer-_toldo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal providencie a instalação de uma cobertura (toldo) em frente à Escola Municipal de Educação Infantil e Fundamental Pastora Liane Böeck Schmitt.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2275/pedido-de-providencias_no_14-2025_-_jacir_bocas_de_lobo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a limpeza das bocas de lobo na cidade de Paraíso do Sul.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2277/pedido-de-providencias_no_15-2025_-_mauro_cascalhamento_linha_brasileira.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado o patrolamento e cascalhamento na na entrada da propriedade da Senhora Dolores Abich na Linha Brasileira, neste município.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>16</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2278/pedido-de-providencias_no_16-2025_-_mauro_rocadas_e_patrolamento_cerro_da_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a roçada e o patrolamento no Cerro da Linha São João e seus arredores.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2279/pedido-de-providencias_no_17-2025_-_jacir_bocas_de_lobo.doc</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2287/pedido-de-providencias_no_18-2025_-_mauro_colocacao_de_tubos.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a colocação de tubos (bueiros) e o cascalhamento próximo a propriedade dos Senhores Eloi Hineraske, Nilvo do Rosário, Marcelo Wrasse e Cleomar Wrasse, na Estrada da Mangueirinha.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2288/pedido-de-providencias_no_19-2025_-_alberto_abich-_iluminacao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a troca das lâmpadas queimadas em frente à Escola Alfredo Schlesner e em frente à residência do Sr. Ari Milbradt na localidade de Contenda, e ainda em frente à residência do Sr. Marcelo Wrasse na Localidade de Mangueirinha, neste Município.</t>
@@ -864,50 +1077,131 @@
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2383/pedido-de-providencias_no_51-2025_-_mauro_-_ginasio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize a manutenção imediata dos banheiros do Ginásio Municipal Padeirão.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2384/pedido-de-providencias_no_52-2025_-_sapo_-_patrolamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize o patrolamento da Travessa Altermann, interior do município.</t>
   </si>
   <si>
+    <t>2394</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2394/pedido-de-providencias_no_53-2025_-_beto_-_limpeza_caixas_de_agua.doc</t>
+  </si>
+  <si>
+    <t>Que pede que o Poder Executivo Municipal tome as devidas providências a necessárias e providencie a limpeza e manutenção das caixas d’água da rede municipal, assegurando à população o consumo de água limpa e segura.</t>
+  </si>
+  <si>
+    <t>2410</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2410/pedido-de-providencias_no_54-2025_-_mauro_patrolamento_linha_progresso.doc</t>
+  </si>
+  <si>
+    <t>Que a Prefeitura Municipal determine à secretaria competente que realize o patrolamento da Linha Progresso em toda sua extensão, no interior deste Município.</t>
+  </si>
+  <si>
+    <t>2411</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2411/pedido-de-providencias_no_55-2025_-_sapo_rocadas_na_vila_paraiso.doc</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie a limpeza no terreno da Prefeitura nas proximidades da Praça na Vila Paraíso.</t>
+  </si>
+  <si>
+    <t>2417</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2417/pedido-de-providencias_no_57-2025_-_sapo_-_banheiro_posto.doc</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo Municipal determine a Secretaria competente a possibilidade de instalar ou disponibilizar um banheiro de uso público no Posto de Saúde, aberto 24 horas no local onde os pacientes aguardam o transporte, garantindo condições dignas, higiene e respeito aos usuários do serviço de saúde ou ainda que seja divulgado e mantido em condições de uso o banheiro existe junto ao local onde é realizada a Feira do Grupo Agroecológico Flor&amp;Ser.</t>
+  </si>
+  <si>
+    <t>2418</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2418/pedido-de-providencias_no_57-2025_-_sapo_-_banheiro_posto.doc</t>
+  </si>
+  <si>
+    <t>2441</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2441/pedido-de-providencias_no_58-2025_-_jacir_-_iluminacao_publica.doc</t>
+  </si>
+  <si>
+    <t>Que solicita que o Poder Executivo municipal realize a manutenção da iluminação pública em frente a propriedade do Sr. Juliano Achterberg e do Sr. Flábio Dumke na Linha Patrícia.</t>
+  </si>
+  <si>
+    <t>2444</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2444/pedido-_de-_providencias_no_59_-2025_-_breno-_receita_federal.doc</t>
+  </si>
+  <si>
+    <t>Que este Poder Executivo encaminhe ofício formal à Receita Federal, por meio do setor responsável por doações de bens apreendidos, requerendo a disponibilização de um caminhão apropriado para transporte de água, o qual será utilizado pelos Bombeiros Voluntários exclusivamente para atendimento das necessidades coletivas e ações de utilidade pública.</t>
+  </si>
+  <si>
     <t>2248</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2248/projeto_de_lei_n01-2025-_estabelece_o_indice_de_reposicao_geral_e_anual....pdf</t>
   </si>
   <si>
     <t>Que estabelece o índice de reposição geral sobre a remuneração dos servidores Efetivos e de Cargos em Comissão do Poder Executivo, Aposentados e Pensionistas, e Conselheiros Tutelares</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>A  realizar parcelamento e conceder descontos para pagamento do Imposto Predial e Territorial Urbano (IPTU) no exercício 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_n03-2025-_autoriza_o_poder_executivo_a_realizar_contratacao_emergencial.....pdf</t>
@@ -1297,50 +1591,137 @@
     <t>2386</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2386/projeto_de_lei_n47-2025-_autoriza_o_poder_executivo_a_abrir_credito_suplementar_o_orcamento_vigente....pdf</t>
   </si>
   <si>
     <t>” Autoriza o Poder Executivo a abrir crédito suplementar o Orçamento vigente, para reforço de dotações orçamentárias e dá outras providências".</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2389/projeto_de_lei_n48-2025-_dispoe_sobre_a_vacinacao_domiciliar_tea.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a vacinação domiciliar de pessoas com Transtorno do Espectro Autista (TEA) no âmbito do Município de Paraíso do Sul e dá outras providências.”</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2390/projeto_de_lei_n49-2025_-_vale_alimentacao_poder_executivo.pdf</t>
   </si>
   <si>
     <t>” Altera o §4° do artigo 2° da Lei Municipal n°1.483/2019, de 20/12/2019 que “ Autoriza o Poder  Executivo Municipal a instituir Sistema de Vale-alimentação no âmbito da Administração Municipal...”.</t>
+  </si>
+  <si>
+    <t>2393</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2393/projeto_de_lei_n50-2025-_autoriza_a_abertura_de_credito_especial__no_orcamento...gabinete_do_prefeito....pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA), junto ao Gabinete do Prefeito e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>2396</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2396/projeto_de_lei_n51-2025-_institui_gratificacao__por_exercicio_de_atividade_complementar_aos_fiscais....pdf</t>
+  </si>
+  <si>
+    <t>Institui gratificação por exercício de atividade complementar aos fiscais municipais que atuam no programa de integração tributária- PIT/RS e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2397</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2397/projeto_de_lei_n52-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente...rua_max_retzlaff.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA), junto à Secretaria Municipal de Obras e Trânsito e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2398</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2398/projeto_de_lei_n53-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_obras_e_transito....pdf</t>
+  </si>
+  <si>
+    <t>2402</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2402/projeto_de_lei_no54-2025-_cria_o_conselho_municipal_de_protecao_e_bem-estar_animal_....pdf</t>
+  </si>
+  <si>
+    <t>“Cria o Conselho Municipal de proteção e bem-estar animal e o fundo municipal de bem estar animal (FMBEA) e dá outras providências".</t>
+  </si>
+  <si>
+    <t>2403</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2403/projeto_de_lei_n55-2025-_aprova_o_plano_municipal_de_turismo....pdf</t>
+  </si>
+  <si>
+    <t>“Aprova o Plano Municipal de Turismo-PMT e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>2414</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2414/projeto_de_lei_no56-2025-_altera_o_art.3_da_lei_municipal_n460-1999_de_26_de_maio_de_1999_que_dispoe_sobre_gratificacao_...transporte_escolar.pdf</t>
+  </si>
+  <si>
+    <t>“Altera o art. 3º da lei Municipal nº 460/1999 de 26 de maio 1999, que dispõe sobre gratificação por atividade de natureza especial para os Motoristas do município que exerçam suas funções no transporte escolar.</t>
+  </si>
+  <si>
+    <t>2415</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2415/projeto_de_lei_n57-2025-_institui_o_programa_municipal_de_incentivo__e_fomento_a_cultura....pdf</t>
+  </si>
+  <si>
+    <t>“Institui o Programa Municipal de Incentivo e fomento à Cultura, por meio do Fundo Municipal da Cultura, para apoio à realização dos projetos culturais executados por organizações da sociedade civil sem fins lucrativos do Município de Paraíso do Sul, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2416</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2416/projeto_de_lei_n58-2025-_ldo-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Estima a receita e fixa a despesa do município de Paraíso do Sul para o exercício financeiro de 2026”.</t>
+  </si>
+  <si>
+    <t>2422</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_n59-2025-altera_o_plano_de_carreira_do_magiterio_publica_municipal....pdf</t>
+  </si>
+  <si>
+    <t>“Altera o Art. 32 e art. 33, e inclui o Art. 33-A, na lei Municipal nº 673/20004, de 05/01/2004, que dispõe sobre o plano de Carreira do magistério Público Municipal de Paraíso do Sul, revoga a lei Municipal nº 1.600/2022 de 18 de janeiro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2361/projeto_de_resolucao_n08-2025.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI FEDERAL Nº 14.133/21, NO QUE TANGE AS FUNÇÕES DO AGENTE DE CONTRATAÇÃO, EQUIPE DE APOIO, COMISSÃO DE CONTRATAÇÃO, ASSESSORIA JURÍDICA E CONTROLE INTERNO.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2362/projeto_de_resolucao_n09-2025.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A LEI FEDERAL Nº 14.133/21, NO QUE TANGE A ATUAÇÃO DOS GESTORES E FISCAIS DE CONTRATOS E ATAS DE REGISTRO DE PREÇOS".</t>
   </si>
@@ -1523,50 +1904,168 @@
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2388/15-requerimento_da_tribuna_popular_-_nivia.doc</t>
   </si>
   <si>
     <t>Para uso da tribuna popular solicitado pela gestora do Hospital Paraíso Nivia Oestreich.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2391/requerimento-_pedido_de_informacoes.pdf</t>
   </si>
   <si>
     <t>1-	Como está o andamento da Emenda Parlamentar do Deputado Federal Giovane Cherini-PL, destinado para calçamento da Rua Marcílio Ehle, que foi depositado na conta da Prefeitura Municipal em dezembro de 2024?_x000D_
 2-	Qual a previsão de início das obras?</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2392/requerimento-_uso_da_tribuna.pdf</t>
   </si>
   <si>
     <t>Consulta Popular.</t>
+  </si>
+  <si>
+    <t>2395</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2395/17-requerimento_da_tribuna_popular_-mae_de_aluna-__escola__alfredo_schlesner.doc</t>
+  </si>
+  <si>
+    <t>Assunto: Sobre a continuação das series inicias na Escola Alfredo Shlesner.</t>
+  </si>
+  <si>
+    <t>2399</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2399/mocao_de_apoio_vigilantes-_vigilantes.docx</t>
+  </si>
+  <si>
+    <t>2400</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2400/requerimento_006-2025_-_mauro_escola_gaspar.doc</t>
+  </si>
+  <si>
+    <t>REQUISITAR ao Poder Executivo Municipal as seguintes informações sobre a Escola Municipal Gaspar Barreto:_x000D_
+Tendo em vista o cancelamento das matrículas para o ano letivo de 2026 no educandário. _x000D_
+1-	Qual o planejamento da Administração Municipal para uso daquele espaço em 2026? _x000D_
+2-	O prédio da escola ficará abandonado?</t>
+  </si>
+  <si>
+    <t>2405</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2405/requerimento_uso_da_tribuna_-_roberto_schorn.pdf</t>
+  </si>
+  <si>
+    <t>Secretário de Saúde tratou de assuntos pertinentes a sua pasta e realizou esclarecimentos sobre atendimentos domiciliares e sobre a Estratégia da Saúde da Família-ESF</t>
+  </si>
+  <si>
+    <t>2406</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2406/requerimento_uso_da_tribuna_-_enfermeira_maiara.pdf</t>
+  </si>
+  <si>
+    <t>A enfermeira Maiara apresentou um relatório de visitas domiciliares.</t>
+  </si>
+  <si>
+    <t>2408</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2408/requerimento_uso_da_tribuna_-_roberto_schorn.pdf</t>
+  </si>
+  <si>
+    <t>Primeiramente o Secretário de Saúde tratou de assuntos pertinentes a sua pasta e realizou esclarecimentos sobre atendimentos domiciliares e sobre a Estratégia da Saúde da Família-ESF.</t>
+  </si>
+  <si>
+    <t>2409</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2409/requerimento_uso_da_tribuna_-_enfermeira_maiara.pdf</t>
+  </si>
+  <si>
+    <t>A enfermeira Maiara apresentou um relatório de visitas domiciliares e falou dos trabalhos desenvolvidos pela Secretaria.</t>
+  </si>
+  <si>
+    <t>2419</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2419/requerimento_007-2025_-_katia_helena_schlesner.doc</t>
+  </si>
+  <si>
+    <t>Que esta Casa Legislativa envie ofícios à empresa Sacyr, ao DAER e ao Conselho de Usuários da RSC-287, responsáveis pela administração da RSC-287, solicitando a recolocação de controlador de velocidade (radar) no trevo de acesso ao Município de Paraíso do Sul/RS, considerando que, desde sua remoção, veículos têm transitado pelo local em alta velocidade, gerando risco concreto de acidentes e colocando em perigo a integridade física de pedestres, ciclistas e motoristas que utilizam a entrada principal da cidade.</t>
+  </si>
+  <si>
+    <t>2420</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2420/21-requerimento_da_tribuna_popular_-_nivia.doc</t>
+  </si>
+  <si>
+    <t>Uso da tribuna popular solicitado pela Gestora do Hospital Paraíso, Senhora Nivia Oestreich. Após aprovação regimental a requerente fez um agradecimento a Ong Pró Vida Dízimo e relatou os equipamentos recebidos pela instituição, entre eles: Aparelho de ultrassom, Cardioversor com marcapasso, Respirador eletrônico e respirador portátil, Monitores multiparâmetros, Eletrocardiógrafo, Gerador 120 KVA, uma autoclave e uma Impressora. A gestora do Hospital Paraíso informou que alguns destes aparelhos já foram entregues, estão em uso e outros aguardando entrega e instalação. Destacou a importância de buscar investimentos no hospital, tanto através de projetos, emendas parlamentares e emendas impositivas de vereador. Lembrou que o Hospital Paraíso é o único hospital do município e, é necessário unir esforços para garantir que todos tenham acesso ao melhor atendimento possível nos momentos mais difíceis e necessários. Convidou a todos para participarem do Baile do Hospital que irá ocorrer no</t>
+  </si>
+  <si>
+    <t>2421</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2421/21-requerimento_da_tribuna_popular_-_nivia.doc</t>
+  </si>
+  <si>
+    <t>Requerimento de uso da tribuna popular solicitado pela Gestora do Hospital Paraíso, Senhora Nivia Oestreich.</t>
+  </si>
+  <si>
+    <t>2439</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2439/requerimento_008-2025_-_marcio.doc</t>
+  </si>
+  <si>
+    <t>Que requer as seguintes informações: Qual situação atual do caminhão da luz? 2.Qual a previsão para a realização da troca das lâmpadas queimadas no município?</t>
+  </si>
+  <si>
+    <t>2442</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2442/of.gp.no378-2025-_convite_final_campeonato.pdf</t>
+  </si>
+  <si>
+    <t>Convite para a Final do Campeonato Municipal de Futebol Sete.</t>
+  </si>
+  <si>
+    <t>2445</t>
+  </si>
+  <si>
+    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2445/23-requerimento_da_tribuna_popular_-_jones.doc</t>
+  </si>
+  <si>
+    <t>Solicitação do Uso da Tribuna Popular pelo Secretario Municipal da Agricultura e Pecuária Jones Diego Radiske._x000D_
+Tratou sobre a prestação de Contas  do Plano de Trabalho e horas máquinas para a manutenção dos acessos rurais no município de Paraíso do Sul-RS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1870,3605 +2369,4869 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_no_01-2025_-_eliseu_-_lombadas_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_no_02-2025_-_mauro-_ponte_a._imigrantes.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_no_03-2025_-_eliseu_-_contas_de_luz_no_correio.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2284/indicacao_no_04-2025_-_marcio_-_posto_de_saude_na_mangueirnha.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2285/indicacao_no_05-2025-jacir_-_abertura_de_estrada.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_06-2025-jacir_-_vale_alimentacao.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_no_07-2025_-_mauro-_transporte_sao_vicente.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_no_08-2025-jacir_-_abertura_de_estrada.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2299/indicacao_no_009-_2025-__jacir_-_dessassoreamento.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_11-_mauro_-_monitor_onibus_escolar.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_12-2025-jacir_-_pmpiceps.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2382/indicacao_no_13-2025-_breno_-_adicional_de_insalubridade_agentes_comunitarios.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2307/mocao_de_apoio_-_projeto_n_399-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2321/mocao_de_apoio_-_projeto_npld_03-2025.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2373/mocao_de_congratulacao-_civil_2.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2374/mocao_de_congratulacao-_civil.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2313/01-solicitacao_de_cedencia-_mdb_-.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2345/requerimento_-_alberto_abich.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2265/pedido-de-providencias_no_04-2025_-_luis_abrigo_onibus_boa_vista_sul.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2266/pedido-de-providencias_no_05-2025_-_luis_bueiro_boa_vista_norte.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2268/pedido-de-providencias_no_07-2025_-_mauro_cascalhamento_linha_varzea.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2269/pedido-de-providencias_no_08-2025_-_jacir_iluminacao_travessa_katzer.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2270/pedido-de-providencias_no_09-2025_-_jacir_iluminacao.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2271/pedido-de-providencias_no_10-2025_-_beto_alargamento_de_estrada.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2272/pedido-de-providencias_no_11-2025_-_marcio-_melhoria_na_estrada_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2273/pedido-de-providencias_no_12-2025_-_luiz_novo_ponto_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2274/pedido-de-providencias_no_13-2025_-_eliseu_crumenauer-_toldo.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2275/pedido-de-providencias_no_14-2025_-_jacir_bocas_de_lobo.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2277/pedido-de-providencias_no_15-2025_-_mauro_cascalhamento_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2278/pedido-de-providencias_no_16-2025_-_mauro_rocadas_e_patrolamento_cerro_da_boa_vista.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2279/pedido-de-providencias_no_17-2025_-_jacir_bocas_de_lobo.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2287/pedido-de-providencias_no_18-2025_-_mauro_colocacao_de_tubos.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2288/pedido-de-providencias_no_19-2025_-_alberto_abich-_iluminacao.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2289/pedido-de-providencias_no_20-2025_-_mauro_lixo_ponte.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2290/pedido-de-providencias_no_21-2025_-_mauro_lampada_queimada_c.esquina_gerhke.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2291/pedido-de-providencias_no_22-2025_-_sapo-_novo_ponto_de_iluminacaopublica.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2300/pedido-de-providencias_no_23-2025_-_mauro-_andarilho_igreja.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2301/pedido-de-providencias_no_24-2025_-_breno-_patrolamento_e_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2308/pedido-de-providencias_no_25-2025_-_jacir-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2310/pedido-de-providencias_no_27-2025_-_katia-_quebra_mola_emei.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2311/pedido-de-providencias_no_28-2025-_luciano_-_placas_indicativas.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2317/pedido-de-providencias_no_30-2025_-_alberto_novo_ponto_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2318/pedido-de-providencias_no_31-2025_-_mauro_esgoto.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2325/pedido-de-providencias_no_32-2025_-_jacir-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2326/pedido-de-providencias_no_33-2025_-_todos-_cabos_iluminacao.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2327/pedido-de-providencias_no_34-2025_-_mauro-_patrolamento_rua_e.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2328/pedido-de-providencias_no_35-2025_-_jacir-_placas_de_sinalizacao.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2330/pedido-de-providencias_n_36-2025-_breno_-__cascalhamento-_rolo.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2335/pedido-de-providencias_no_37-2025_-_jacir-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2337/pedido-de-providencias_no_39-2025_-_mauro-_rocadas.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2342/pedido-de-providencias_no_41-2025_-_mauro-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2343/pedido-de-providencias_no_42-2025_-_mauro-_cascalhamento_corredor_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2347/pedido-de-providencias_no_43-2025_-_mauro-_calcamento_vila.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2348/pedido-de-providencias_no_44-2025_-_sapo-_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2350/pedido-de-providencias_no_45-2025_-_mauro-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2356/pedido-de-providencias_no_46-2025_-_mauro-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2376/pedido-de-providencias_no_47-2025_-_mauro-_patrolamento_cerro_da_campestre.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2377/pedido-de-providencias_no_48-2025_-_sapo-_iluminacao_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2378/pedido-de-providencias_no_49-2025_-_mauro-_borrachudo.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2381/pedido-de-providencias_no_50-2025_-_breno_-_cartao_vale.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2383/pedido-de-providencias_no_51-2025_-_mauro_-_ginasio.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2384/pedido-de-providencias_no_52-2025_-_sapo_-_patrolamento.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2248/projeto_de_lei_n01-2025-_estabelece_o_indice_de_reposicao_geral_e_anual....pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_n03-2025-_autoriza_o_poder_executivo_a_realizar_contratacao_emergencial.....pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2251/projeto_de_lei_no_04-2025_-_revisao_servidores_poder_legislativo.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2252/projeto_de_lei_n_05-2025-_diarias.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2254/projeto_de_lei_n07-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo-ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente_-_legis_e_financas.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2255/projeto_de_lei_n08-2025-_autoriza_o_poder_executivo_a_firmar_de_compromisso_de_incentivo_industrial_com_a_empresa_d.s._calcados_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto_de_lei_n09-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente__loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente_-_legis_e_financas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2257/projeto_de_lei_n10-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto_atividade_existente_-_legis_e_financa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei_n10-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto_atividade_existente_-_legis_e_financa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2259/projeto_de_lei_n12-2025-_autoriza__o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_operador_demaquinas_operario_e_servente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2280/projeto_de_lei_n13-2025-_credito_especial-_educacao_e_cultura....pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2281/projeto_de_lei_n14-2025-altera_carga_horaria_dos_cargos_de_fonoaudiologo_e_terapeuta_ocupacional....pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2282/projeto_de_lei_n15-2025-concede_isencao_do_imposto_iptu_atingidos_pelo_enchente_ou_alagamentos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_de_lei_no_16-2025_-__vale_alimentacao_legislativo.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2295/projeto_de_lei_n17-2025-_vale_alimentocao_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2296/projeto_de_lei_n18-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_obras_e_transito..._2.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2297/projeto_de_lei_n19-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_de_assistencia_social....pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2298/projeto_de_lei_n20-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente-_junto_a_secretaria_municipal_de_assistencia_social....pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2303/projeto_de_lei_n21-2025-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_fonoaudiologo_e_terapeuts_ocupacional.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2305/projeto_de_lei_n23-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_associacao_-proparaiso-aniversario_do_municipio_xxxvii.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2306/projeto_de_lei_n24-2025-_autoriza_o_poder_executivo_municipal_a_prestar_servico_a_titulo_de_incentivo_industrial-_empresa_hoppe_investimentos....pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2314/projeto_de_lei_n25-202_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial....pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2315/projeto_de_lei_n26-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_gabinete__do_prefeito_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_n27-2025-_ratificada_o_6_aditivo_ao_termo_de_colaboracao_firmado_entre_o_municipio_de_paraiso_do_sul_e_a_asssociacao_-proparaiso.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2323/projeto_de_lei_n28-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loajunto_a_secretaria_de_obras_e_transito....pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2331/projeto_de_lei_no_29-2025-_institui_o_plano_municipal_e_o_fundo_municipal_de_cultura_de_paraiso_do_sul....pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_n30-2025_-_contratacao_emergencial_de_tesoureiro_e_quimico.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_n31-2025-autoriza_o_poder_executivo_municipal_a_firmar_convenio_de_cooperacao_com_municipios-_para_gestao_associada_de_servicos_publicos_2.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2334/projeto_de_lei_n32-2025_dispoe_sobre_o_plano_plurianual_para_o_quadrienio_2026-2029_e_da_outras__providencias..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_lei_n34-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_junto_a_secretaria_municipal_de_assistencia_social.....pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_de_lei_n35-2025-_autoriza_o_poder_executivo_municipal_realizar_contratacao_emergencial_de_professor_de_artes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2349/projeto_de_lei_n36-2025-_abertura_de_credito_especial....pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2351/projeto_de_lei_n37-2025-autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2353/projeto_de_lei_n38-2025-_altera_o_caput_do_artigo_49_da_lei_municipal_n1286-2015....pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2355/projeto_de_lei_n39-2025-_declara_a_fumicultura_como_atividade_de_relevante_interesse_economico_social_e_cultural_no_ambitodo_muncipio_de_paraiso_do_sul_....pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2357/projeto_de_lei_n40-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_o_ctg....pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2358/projeto_de_lei_n41-2025_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_copromisso_com_a_sociedade_de_bolao_10_de_novembro....pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2359/projeto_de_lei_n42-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento....pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_lei_n43-2025-autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergncial_de_servente_e_professores.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2370/projeto_de_lei_n44-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_ctg....pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2371/projeto_de_lei_n45-2025-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2385/projeto_de_lei_n46-2025-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_psicologo_e_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2386/projeto_de_lei_n47-2025-_autoriza_o_poder_executivo_a_abrir_credito_suplementar_o_orcamento_vigente....pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2389/projeto_de_lei_n48-2025-_dispoe_sobre_a_vacinacao_domiciliar_tea.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2390/projeto_de_lei_n49-2025_-_vale_alimentacao_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2361/projeto_de_resolucao_n08-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2362/projeto_de_resolucao_n09-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2363/projeto_de_resolucao_n10-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2364/projeto_de_resolucao_n11-2025-_regulamenta_a_lei_federal_n14.133-2021....pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2365/projeto_de_resolucao_n12-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2366/projeto_de_resolucao_n13-2025-_regulamentao_procedimento_interno_de_compras....pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2367/projeto_de_resolucao_n14-2025-_regulamenta_a_lei_federal_n14.133-2025_no_tange_o_sistema_de_registro_de_precos....pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2368/projeto_de_resolucao_n15-2025-_regulamenta_a_lei_federal_n14.133-21_no_que_tange_o_procedimento_administrativo....pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_001_2025_-_fpm.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2302/04-requerimento_da_tribuna_popular_-_patricia_parreira_-secretaria_de_governo.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2322/05-requerimento_da_tribuna_popular_-_patricia_parreira_-secretaria_de_governo.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2344/requerimento_-_alberto_abich.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2346/requerimento_-uso_da_tribuna.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2352/requerimento_003_2025_-_incra.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2354/requerimento_004_2025_-_caminhao_bombeiros.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2369/requerimento_n005-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2372/13-requerimento_da_tribuna_popular_-_maiara.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2380/14-requerimento_da_tribuna_popular_-_eliane-ctg.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2387/15-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2388/15-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2391/requerimento-_pedido_de_informacoes.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2392/requerimento-_uso_da_tribuna.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2423/emenda_impositiva_no_01-2025-_katia_saude.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2424/emenda_impositiva_no_02-2025_-_luciano-_bolao_clube_familiar_paraiso.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2425/emenda_impositiva_no_03-2025-_katia_centro_pegagogico_e_escola_celia.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2426/emenda_impositiva_no_04-2025_-_luciano-_saude.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2427/emenda_impositiva_no_05-2025_-_breno_-_saude.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2428/emenda_impositiva_no_06-2025-_luiz.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2429/emenda_impositiva_no_07-2025-_marcio-_floreser_e_manguerinha.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2430/emenda_impositiva_no_08-2025-_marcio-_hospital.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2431/emenda_impositiva_no_09-2025_-_jacir-_saude.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2432/emenda_impositiva_no_10-2025_-_jacir-_bolao.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2433/emenda_impositiva_no_11-2025_-_mauro-_hospital.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2434/emenda_impositiva_no_12-2025_-_mauro-_alfredo_link.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2435/emenda_impositiva_no_13-2025_-eliseu_-_saude.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2436/emenda_impositiva_no_14-2025_-_mauro-_pro_paraiso.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2437/emenda_impositiva_no_15-2025_-_alberto-_hospital_da_vila.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2438/emenda_impositiva_no_16-2025_-_alberto-_alfredo_schlesner.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2443/emenda_modificativa_no_01-2025.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_no_01-2025_-_eliseu_-_lombadas_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_no_02-2025_-_mauro-_ponte_a._imigrantes.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_no_03-2025_-_eliseu_-_contas_de_luz_no_correio.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2284/indicacao_no_04-2025_-_marcio_-_posto_de_saude_na_mangueirnha.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2285/indicacao_no_05-2025-jacir_-_abertura_de_estrada.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_06-2025-jacir_-_vale_alimentacao.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_no_07-2025_-_mauro-_transporte_sao_vicente.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_no_08-2025-jacir_-_abertura_de_estrada.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2299/indicacao_no_009-_2025-__jacir_-_dessassoreamento.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_11-_mauro_-_monitor_onibus_escolar.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_12-2025-jacir_-_pmpiceps.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2382/indicacao_no_13-2025-_breno_-_adicional_de_insalubridade_agentes_comunitarios.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_no_14-2025-_beto-_quebra_molas.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_no_15-2025-_jacir-_agua.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_16-2025-_jacir-_ponte_molhada.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2307/mocao_de_apoio_-_projeto_n_399-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2321/mocao_de_apoio_-_projeto_npld_03-2025.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2373/mocao_de_congratulacao-_civil_2.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2374/mocao_de_congratulacao-_civil.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2401/mocao_de_apoio_vigilantes-_vigilantes.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2404/mocao_de_congratulacao.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2407/mocao_de_congratulacao.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2313/01-solicitacao_de_cedencia-_mdb_-.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2345/requerimento_-_alberto_abich.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2265/pedido-de-providencias_no_04-2025_-_luis_abrigo_onibus_boa_vista_sul.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2266/pedido-de-providencias_no_05-2025_-_luis_bueiro_boa_vista_norte.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2268/pedido-de-providencias_no_07-2025_-_mauro_cascalhamento_linha_varzea.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2269/pedido-de-providencias_no_08-2025_-_jacir_iluminacao_travessa_katzer.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2270/pedido-de-providencias_no_09-2025_-_jacir_iluminacao.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2271/pedido-de-providencias_no_10-2025_-_beto_alargamento_de_estrada.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2272/pedido-de-providencias_no_11-2025_-_marcio-_melhoria_na_estrada_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2273/pedido-de-providencias_no_12-2025_-_luiz_novo_ponto_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2274/pedido-de-providencias_no_13-2025_-_eliseu_crumenauer-_toldo.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2275/pedido-de-providencias_no_14-2025_-_jacir_bocas_de_lobo.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2277/pedido-de-providencias_no_15-2025_-_mauro_cascalhamento_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2278/pedido-de-providencias_no_16-2025_-_mauro_rocadas_e_patrolamento_cerro_da_boa_vista.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2279/pedido-de-providencias_no_17-2025_-_jacir_bocas_de_lobo.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2287/pedido-de-providencias_no_18-2025_-_mauro_colocacao_de_tubos.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2288/pedido-de-providencias_no_19-2025_-_alberto_abich-_iluminacao.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2289/pedido-de-providencias_no_20-2025_-_mauro_lixo_ponte.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2290/pedido-de-providencias_no_21-2025_-_mauro_lampada_queimada_c.esquina_gerhke.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2291/pedido-de-providencias_no_22-2025_-_sapo-_novo_ponto_de_iluminacaopublica.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2300/pedido-de-providencias_no_23-2025_-_mauro-_andarilho_igreja.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2301/pedido-de-providencias_no_24-2025_-_breno-_patrolamento_e_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2308/pedido-de-providencias_no_25-2025_-_jacir-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2310/pedido-de-providencias_no_27-2025_-_katia-_quebra_mola_emei.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2311/pedido-de-providencias_no_28-2025-_luciano_-_placas_indicativas.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2317/pedido-de-providencias_no_30-2025_-_alberto_novo_ponto_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2318/pedido-de-providencias_no_31-2025_-_mauro_esgoto.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2325/pedido-de-providencias_no_32-2025_-_jacir-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2326/pedido-de-providencias_no_33-2025_-_todos-_cabos_iluminacao.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2327/pedido-de-providencias_no_34-2025_-_mauro-_patrolamento_rua_e.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2328/pedido-de-providencias_no_35-2025_-_jacir-_placas_de_sinalizacao.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2330/pedido-de-providencias_n_36-2025-_breno_-__cascalhamento-_rolo.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2335/pedido-de-providencias_no_37-2025_-_jacir-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2337/pedido-de-providencias_no_39-2025_-_mauro-_rocadas.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2342/pedido-de-providencias_no_41-2025_-_mauro-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2343/pedido-de-providencias_no_42-2025_-_mauro-_cascalhamento_corredor_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2347/pedido-de-providencias_no_43-2025_-_mauro-_calcamento_vila.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2348/pedido-de-providencias_no_44-2025_-_sapo-_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2350/pedido-de-providencias_no_45-2025_-_mauro-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2356/pedido-de-providencias_no_46-2025_-_mauro-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2376/pedido-de-providencias_no_47-2025_-_mauro-_patrolamento_cerro_da_campestre.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2377/pedido-de-providencias_no_48-2025_-_sapo-_iluminacao_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2378/pedido-de-providencias_no_49-2025_-_mauro-_borrachudo.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2381/pedido-de-providencias_no_50-2025_-_breno_-_cartao_vale.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2383/pedido-de-providencias_no_51-2025_-_mauro_-_ginasio.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2384/pedido-de-providencias_no_52-2025_-_sapo_-_patrolamento.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2394/pedido-de-providencias_no_53-2025_-_beto_-_limpeza_caixas_de_agua.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2410/pedido-de-providencias_no_54-2025_-_mauro_patrolamento_linha_progresso.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2411/pedido-de-providencias_no_55-2025_-_sapo_rocadas_na_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2417/pedido-de-providencias_no_57-2025_-_sapo_-_banheiro_posto.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2418/pedido-de-providencias_no_57-2025_-_sapo_-_banheiro_posto.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2441/pedido-de-providencias_no_58-2025_-_jacir_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2444/pedido-_de-_providencias_no_59_-2025_-_breno-_receita_federal.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2248/projeto_de_lei_n01-2025-_estabelece_o_indice_de_reposicao_geral_e_anual....pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_n03-2025-_autoriza_o_poder_executivo_a_realizar_contratacao_emergencial.....pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2251/projeto_de_lei_no_04-2025_-_revisao_servidores_poder_legislativo.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2252/projeto_de_lei_n_05-2025-_diarias.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2254/projeto_de_lei_n07-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo-ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente_-_legis_e_financas.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2255/projeto_de_lei_n08-2025-_autoriza_o_poder_executivo_a_firmar_de_compromisso_de_incentivo_industrial_com_a_empresa_d.s._calcados_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto_de_lei_n09-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente__loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente_-_legis_e_financas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2257/projeto_de_lei_n10-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto_atividade_existente_-_legis_e_financa.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei_n10-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto_atividade_existente_-_legis_e_financa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2259/projeto_de_lei_n12-2025-_autoriza__o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_operador_demaquinas_operario_e_servente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2280/projeto_de_lei_n13-2025-_credito_especial-_educacao_e_cultura....pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2281/projeto_de_lei_n14-2025-altera_carga_horaria_dos_cargos_de_fonoaudiologo_e_terapeuta_ocupacional....pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2282/projeto_de_lei_n15-2025-concede_isencao_do_imposto_iptu_atingidos_pelo_enchente_ou_alagamentos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_de_lei_no_16-2025_-__vale_alimentacao_legislativo.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2295/projeto_de_lei_n17-2025-_vale_alimentocao_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2296/projeto_de_lei_n18-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_obras_e_transito..._2.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2297/projeto_de_lei_n19-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_de_assistencia_social....pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2298/projeto_de_lei_n20-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente-_junto_a_secretaria_municipal_de_assistencia_social....pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2303/projeto_de_lei_n21-2025-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_fonoaudiologo_e_terapeuts_ocupacional.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2305/projeto_de_lei_n23-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_associacao_-proparaiso-aniversario_do_municipio_xxxvii.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2306/projeto_de_lei_n24-2025-_autoriza_o_poder_executivo_municipal_a_prestar_servico_a_titulo_de_incentivo_industrial-_empresa_hoppe_investimentos....pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2314/projeto_de_lei_n25-202_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial....pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2315/projeto_de_lei_n26-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_gabinete__do_prefeito_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_n27-2025-_ratificada_o_6_aditivo_ao_termo_de_colaboracao_firmado_entre_o_municipio_de_paraiso_do_sul_e_a_asssociacao_-proparaiso.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2323/projeto_de_lei_n28-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loajunto_a_secretaria_de_obras_e_transito....pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2331/projeto_de_lei_no_29-2025-_institui_o_plano_municipal_e_o_fundo_municipal_de_cultura_de_paraiso_do_sul....pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_n30-2025_-_contratacao_emergencial_de_tesoureiro_e_quimico.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_n31-2025-autoriza_o_poder_executivo_municipal_a_firmar_convenio_de_cooperacao_com_municipios-_para_gestao_associada_de_servicos_publicos_2.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2334/projeto_de_lei_n32-2025_dispoe_sobre_o_plano_plurianual_para_o_quadrienio_2026-2029_e_da_outras__providencias..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_lei_n34-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_junto_a_secretaria_municipal_de_assistencia_social.....pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_de_lei_n35-2025-_autoriza_o_poder_executivo_municipal_realizar_contratacao_emergencial_de_professor_de_artes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2349/projeto_de_lei_n36-2025-_abertura_de_credito_especial....pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2351/projeto_de_lei_n37-2025-autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2353/projeto_de_lei_n38-2025-_altera_o_caput_do_artigo_49_da_lei_municipal_n1286-2015....pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2355/projeto_de_lei_n39-2025-_declara_a_fumicultura_como_atividade_de_relevante_interesse_economico_social_e_cultural_no_ambitodo_muncipio_de_paraiso_do_sul_....pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2357/projeto_de_lei_n40-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_o_ctg....pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2358/projeto_de_lei_n41-2025_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_copromisso_com_a_sociedade_de_bolao_10_de_novembro....pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2359/projeto_de_lei_n42-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento....pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_lei_n43-2025-autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergncial_de_servente_e_professores.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2370/projeto_de_lei_n44-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_ctg....pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2371/projeto_de_lei_n45-2025-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2385/projeto_de_lei_n46-2025-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_psicologo_e_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2386/projeto_de_lei_n47-2025-_autoriza_o_poder_executivo_a_abrir_credito_suplementar_o_orcamento_vigente....pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2389/projeto_de_lei_n48-2025-_dispoe_sobre_a_vacinacao_domiciliar_tea.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2390/projeto_de_lei_n49-2025_-_vale_alimentacao_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2393/projeto_de_lei_n50-2025-_autoriza_a_abertura_de_credito_especial__no_orcamento...gabinete_do_prefeito....pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2396/projeto_de_lei_n51-2025-_institui_gratificacao__por_exercicio_de_atividade_complementar_aos_fiscais....pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2397/projeto_de_lei_n52-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente...rua_max_retzlaff.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2398/projeto_de_lei_n53-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_obras_e_transito....pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2402/projeto_de_lei_no54-2025-_cria_o_conselho_municipal_de_protecao_e_bem-estar_animal_....pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2403/projeto_de_lei_n55-2025-_aprova_o_plano_municipal_de_turismo....pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2414/projeto_de_lei_no56-2025-_altera_o_art.3_da_lei_municipal_n460-1999_de_26_de_maio_de_1999_que_dispoe_sobre_gratificacao_...transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2415/projeto_de_lei_n57-2025-_institui_o_programa_municipal_de_incentivo__e_fomento_a_cultura....pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2416/projeto_de_lei_n58-2025-_ldo-2026.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_n59-2025-altera_o_plano_de_carreira_do_magiterio_publica_municipal....pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2361/projeto_de_resolucao_n08-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2362/projeto_de_resolucao_n09-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2363/projeto_de_resolucao_n10-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2364/projeto_de_resolucao_n11-2025-_regulamenta_a_lei_federal_n14.133-2021....pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2365/projeto_de_resolucao_n12-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2366/projeto_de_resolucao_n13-2025-_regulamentao_procedimento_interno_de_compras....pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2367/projeto_de_resolucao_n14-2025-_regulamenta_a_lei_federal_n14.133-2025_no_tange_o_sistema_de_registro_de_precos....pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2368/projeto_de_resolucao_n15-2025-_regulamenta_a_lei_federal_n14.133-21_no_que_tange_o_procedimento_administrativo....pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_001_2025_-_fpm.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2302/04-requerimento_da_tribuna_popular_-_patricia_parreira_-secretaria_de_governo.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2322/05-requerimento_da_tribuna_popular_-_patricia_parreira_-secretaria_de_governo.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2344/requerimento_-_alberto_abich.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2346/requerimento_-uso_da_tribuna.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2352/requerimento_003_2025_-_incra.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2354/requerimento_004_2025_-_caminhao_bombeiros.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2369/requerimento_n005-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2372/13-requerimento_da_tribuna_popular_-_maiara.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2380/14-requerimento_da_tribuna_popular_-_eliane-ctg.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2387/15-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2388/15-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2391/requerimento-_pedido_de_informacoes.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2392/requerimento-_uso_da_tribuna.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2395/17-requerimento_da_tribuna_popular_-mae_de_aluna-__escola__alfredo_schlesner.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2399/mocao_de_apoio_vigilantes-_vigilantes.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2400/requerimento_006-2025_-_mauro_escola_gaspar.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2405/requerimento_uso_da_tribuna_-_roberto_schorn.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2406/requerimento_uso_da_tribuna_-_enfermeira_maiara.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2408/requerimento_uso_da_tribuna_-_roberto_schorn.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2409/requerimento_uso_da_tribuna_-_enfermeira_maiara.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2419/requerimento_007-2025_-_katia_helena_schlesner.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2420/21-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2421/21-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2439/requerimento_008-2025_-_marcio.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2442/of.gp.no378-2025-_convite_final_campeonato.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2445/23-requerimento_da_tribuna_popular_-_jones.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H146"/>
+  <dimension ref="A1:H199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="25.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="53.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
       <c r="G3" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
       <c r="G5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
       <c r="G6" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H10" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H12" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="D15" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>68</v>
       </c>
       <c r="H15" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="D16" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="H16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="D17" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="H17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="D18" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>67</v>
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>80</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>50</v>
+        <v>81</v>
       </c>
       <c r="H18" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="E19" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="H19" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D20" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="E20" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="H20" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>22</v>
+      </c>
+      <c r="D21" t="s">
         <v>84</v>
       </c>
-      <c r="B21" t="s">
-[...5 lines deleted...]
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>85</v>
       </c>
-      <c r="E21" t="s">
-        <v>86</v>
+      <c r="F21" t="s">
+        <v>63</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H21" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D22" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="E22" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="H22" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="D23" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E23" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="H23" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D24" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E24" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>50</v>
+        <v>101</v>
       </c>
       <c r="H24" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="D25" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E25" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>50</v>
+        <v>104</v>
       </c>
       <c r="H25" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="D26" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E26" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H26" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="D27" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E27" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="H27" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="D28" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E28" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>50</v>
+        <v>113</v>
       </c>
       <c r="H28" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D29" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E29" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="H29" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="D30" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E30" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="H30" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="D31" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E31" t="s">
-        <v>96</v>
+        <v>85</v>
+      </c>
+      <c r="F31" t="s">
+        <v>31</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="H31" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="D32" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E32" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="H32" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="D33" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E33" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H33" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="D34" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="E34" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="H34" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="E35" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>135</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="H35" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>133</v>
+        <v>17</v>
       </c>
       <c r="D36" t="s">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="E36" t="s">
-        <v>96</v>
+        <v>135</v>
+      </c>
+      <c r="F36" t="s">
+        <v>139</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>134</v>
+        <v>113</v>
       </c>
       <c r="H36" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>137</v>
+        <v>22</v>
       </c>
       <c r="D37" t="s">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="E37" t="s">
-        <v>96</v>
+        <v>135</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H37" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>141</v>
+        <v>26</v>
       </c>
       <c r="D38" t="s">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="E38" t="s">
-        <v>96</v>
+        <v>135</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>142</v>
+        <v>113</v>
       </c>
       <c r="H38" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>145</v>
+        <v>30</v>
       </c>
       <c r="D39" t="s">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="E39" t="s">
-        <v>96</v>
+        <v>135</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H39" t="s">
-        <v>135</v>
+        <v>148</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="D40" t="s">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="E40" t="s">
-        <v>96</v>
+        <v>135</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H40" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>152</v>
+        <v>39</v>
       </c>
       <c r="D41" t="s">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="E41" t="s">
-        <v>96</v>
+        <v>135</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H41" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>155</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
+        <v>43</v>
+      </c>
+      <c r="D42" t="s">
+        <v>134</v>
+      </c>
+      <c r="E42" t="s">
+        <v>135</v>
+      </c>
+      <c r="F42" t="s">
+        <v>31</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="D42" t="s">
-[...5 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>158</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>47</v>
+      </c>
+      <c r="D43" t="s">
+        <v>134</v>
+      </c>
+      <c r="E43" t="s">
+        <v>135</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="B43" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H43" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>160</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" t="s">
+        <v>161</v>
+      </c>
+      <c r="E44" t="s">
+        <v>162</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="H44" t="s">
         <v>164</v>
-      </c>
-[...10 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>165</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45" t="s">
+        <v>166</v>
+      </c>
+      <c r="E45" t="s">
         <v>167</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="G45" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="D45" t="s">
-[...5 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>170</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>10</v>
+      </c>
+      <c r="D46" t="s">
         <v>171</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="E46" t="s">
         <v>172</v>
       </c>
-      <c r="D46" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G46" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H46" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>174</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>17</v>
+      </c>
+      <c r="D47" t="s">
+        <v>171</v>
+      </c>
+      <c r="E47" t="s">
+        <v>172</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H47" t="s">
         <v>175</v>
-      </c>
-[...16 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>180</v>
+        <v>22</v>
       </c>
       <c r="D48" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E48" t="s">
-        <v>96</v>
+        <v>172</v>
+      </c>
+      <c r="F48" t="s">
+        <v>18</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>50</v>
+        <v>113</v>
       </c>
       <c r="H48" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>183</v>
+        <v>26</v>
       </c>
       <c r="D49" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E49" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="H49" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>187</v>
+        <v>30</v>
       </c>
       <c r="D50" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E50" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>172</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="H50" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>191</v>
+        <v>35</v>
       </c>
       <c r="D51" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E51" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>50</v>
+        <v>113</v>
       </c>
       <c r="H51" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>194</v>
+        <v>39</v>
       </c>
       <c r="D52" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E52" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="H52" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="D53" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E53" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="H53" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>202</v>
+        <v>47</v>
       </c>
       <c r="D54" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E54" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="H54" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>206</v>
+        <v>51</v>
       </c>
       <c r="D55" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E55" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>207</v>
+        <v>196</v>
       </c>
       <c r="H55" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>210</v>
+        <v>55</v>
       </c>
       <c r="D56" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E56" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="H56" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>214</v>
+        <v>58</v>
       </c>
       <c r="D57" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E57" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="H57" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>217</v>
+        <v>204</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>218</v>
+        <v>62</v>
       </c>
       <c r="D58" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E58" t="s">
-        <v>96</v>
+        <v>172</v>
+      </c>
+      <c r="F58" t="s">
+        <v>63</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>219</v>
+        <v>205</v>
       </c>
       <c r="H58" t="s">
-        <v>220</v>
+        <v>206</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>222</v>
+        <v>67</v>
       </c>
       <c r="D59" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E59" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>223</v>
+        <v>208</v>
       </c>
       <c r="H59" t="s">
-        <v>224</v>
+        <v>209</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>225</v>
+        <v>210</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>226</v>
+        <v>71</v>
       </c>
       <c r="D60" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E60" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>50</v>
+        <v>211</v>
       </c>
       <c r="H60" t="s">
-        <v>227</v>
+        <v>212</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>228</v>
+        <v>213</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>229</v>
+        <v>75</v>
       </c>
       <c r="D61" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E61" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="H61" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>233</v>
+        <v>79</v>
       </c>
       <c r="D62" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E62" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>50</v>
+        <v>217</v>
       </c>
       <c r="H62" t="s">
-        <v>234</v>
+        <v>209</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>236</v>
+        <v>219</v>
       </c>
       <c r="D63" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E63" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="H63" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>239</v>
+        <v>222</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="D64" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E64" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>241</v>
+        <v>224</v>
       </c>
       <c r="H64" t="s">
-        <v>242</v>
+        <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>243</v>
+        <v>226</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>244</v>
+        <v>227</v>
       </c>
       <c r="D65" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E65" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>245</v>
+        <v>228</v>
       </c>
       <c r="H65" t="s">
-        <v>246</v>
+        <v>229</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>247</v>
+        <v>230</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="D66" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E66" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>249</v>
+        <v>232</v>
       </c>
       <c r="H66" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>251</v>
+        <v>234</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="D67" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E67" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>253</v>
+        <v>236</v>
       </c>
       <c r="H67" t="s">
-        <v>254</v>
+        <v>237</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>255</v>
+        <v>238</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>256</v>
+        <v>239</v>
       </c>
       <c r="D68" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E68" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="H68" t="s">
-        <v>258</v>
+        <v>241</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>259</v>
+        <v>242</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>260</v>
+        <v>243</v>
       </c>
       <c r="D69" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E69" t="s">
-        <v>96</v>
+        <v>172</v>
+      </c>
+      <c r="F69" t="s">
+        <v>31</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>261</v>
+        <v>244</v>
       </c>
       <c r="H69" t="s">
-        <v>262</v>
+        <v>245</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>264</v>
+        <v>247</v>
       </c>
       <c r="D70" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E70" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>265</v>
+        <v>248</v>
       </c>
       <c r="H70" t="s">
-        <v>266</v>
+        <v>249</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>267</v>
+        <v>250</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>268</v>
+        <v>251</v>
       </c>
       <c r="D71" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E71" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>269</v>
+        <v>113</v>
       </c>
       <c r="H71" t="s">
-        <v>270</v>
+        <v>252</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>272</v>
+        <v>254</v>
       </c>
       <c r="D72" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E72" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>172</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>273</v>
+        <v>255</v>
       </c>
       <c r="H72" t="s">
-        <v>274</v>
+        <v>256</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>275</v>
+        <v>257</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>276</v>
+        <v>258</v>
       </c>
       <c r="D73" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E73" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="F73" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>277</v>
+        <v>259</v>
       </c>
       <c r="H73" t="s">
-        <v>278</v>
+        <v>260</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>279</v>
+        <v>261</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>280</v>
+        <v>262</v>
       </c>
       <c r="D74" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="E74" t="s">
-        <v>96</v>
+        <v>172</v>
+      </c>
+      <c r="F74" t="s">
+        <v>63</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>281</v>
+        <v>113</v>
       </c>
       <c r="H74" t="s">
-        <v>282</v>
+        <v>263</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>283</v>
+        <v>264</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>10</v>
+        <v>265</v>
       </c>
       <c r="D75" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E75" t="s">
-        <v>285</v>
+        <v>172</v>
       </c>
       <c r="F75" t="s">
-        <v>71</v>
+        <v>139</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>286</v>
+        <v>266</v>
       </c>
       <c r="H75" t="s">
-        <v>287</v>
+        <v>267</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>288</v>
+        <v>268</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>16</v>
+        <v>269</v>
       </c>
       <c r="D76" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E76" t="s">
-        <v>285</v>
+        <v>172</v>
       </c>
       <c r="F76" t="s">
-        <v>71</v>
+        <v>139</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>50</v>
+        <v>270</v>
       </c>
       <c r="H76" t="s">
-        <v>289</v>
+        <v>271</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>290</v>
+        <v>272</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>20</v>
+        <v>273</v>
       </c>
       <c r="D77" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E77" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>291</v>
+        <v>274</v>
       </c>
       <c r="H77" t="s">
-        <v>292</v>
+        <v>275</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>293</v>
+        <v>276</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>25</v>
+        <v>277</v>
       </c>
       <c r="D78" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E78" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>172</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>295</v>
+        <v>278</v>
       </c>
       <c r="H78" t="s">
-        <v>296</v>
+        <v>279</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>297</v>
+        <v>280</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>29</v>
+        <v>281</v>
       </c>
       <c r="D79" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E79" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>172</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>298</v>
+        <v>282</v>
       </c>
       <c r="H79" t="s">
-        <v>299</v>
+        <v>283</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>300</v>
+        <v>284</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>33</v>
+        <v>285</v>
       </c>
       <c r="D80" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E80" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>50</v>
+        <v>286</v>
       </c>
       <c r="H80" t="s">
-        <v>301</v>
+        <v>287</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>302</v>
+        <v>288</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>37</v>
+        <v>289</v>
       </c>
       <c r="D81" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E81" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="H81" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>305</v>
+        <v>292</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>41</v>
+        <v>293</v>
       </c>
       <c r="D82" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E82" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>306</v>
+        <v>294</v>
       </c>
       <c r="H82" t="s">
-        <v>307</v>
+        <v>295</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>308</v>
+        <v>296</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>45</v>
+        <v>297</v>
       </c>
       <c r="D83" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E83" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>309</v>
+        <v>113</v>
       </c>
       <c r="H83" t="s">
-        <v>310</v>
+        <v>298</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>311</v>
+        <v>299</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>49</v>
+        <v>300</v>
       </c>
       <c r="D84" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E84" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="H84" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>53</v>
+        <v>304</v>
       </c>
       <c r="D85" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E85" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>315</v>
+        <v>113</v>
       </c>
       <c r="H85" t="s">
-        <v>316</v>
+        <v>305</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>317</v>
+        <v>306</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>57</v>
+        <v>307</v>
       </c>
       <c r="D86" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E86" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="H86" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>61</v>
+        <v>311</v>
       </c>
       <c r="D87" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E87" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="H87" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>133</v>
+        <v>315</v>
       </c>
       <c r="D88" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E88" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="H88" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>137</v>
+        <v>319</v>
       </c>
       <c r="D89" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E89" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="H89" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>141</v>
+        <v>323</v>
       </c>
       <c r="D90" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E90" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>172</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="H90" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>145</v>
+        <v>327</v>
       </c>
       <c r="D91" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E91" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="H91" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>148</v>
+        <v>331</v>
       </c>
       <c r="D92" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E92" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="H92" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>152</v>
+        <v>335</v>
       </c>
       <c r="D93" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E93" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="H93" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>338</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>339</v>
+      </c>
+      <c r="D94" t="s">
+        <v>171</v>
+      </c>
+      <c r="E94" t="s">
+        <v>172</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H94" t="s">
         <v>341</v>
-      </c>
-[...19 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>342</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
         <v>343</v>
       </c>
-      <c r="B95" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D95" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E95" t="s">
-        <v>285</v>
+        <v>172</v>
       </c>
       <c r="F95" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>344</v>
       </c>
       <c r="H95" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>346</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>164</v>
+        <v>347</v>
       </c>
       <c r="D96" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E96" t="s">
-        <v>285</v>
+        <v>172</v>
       </c>
       <c r="F96" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>50</v>
+        <v>348</v>
       </c>
       <c r="H96" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>168</v>
+        <v>351</v>
       </c>
       <c r="D97" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E97" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="H97" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
+        <v>355</v>
+      </c>
+      <c r="D98" t="s">
+        <v>171</v>
+      </c>
+      <c r="E98" t="s">
         <v>172</v>
       </c>
-      <c r="D98" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G98" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="H98" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>176</v>
+        <v>359</v>
       </c>
       <c r="D99" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E99" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="H99" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>180</v>
+        <v>363</v>
       </c>
       <c r="D100" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E100" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="H100" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>183</v>
+        <v>367</v>
       </c>
       <c r="D101" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E101" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="H101" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>187</v>
+        <v>371</v>
       </c>
       <c r="D102" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E102" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="H102" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>191</v>
+        <v>374</v>
       </c>
       <c r="D103" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E103" t="s">
-        <v>285</v>
+        <v>172</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="H103" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>194</v>
+        <v>378</v>
       </c>
       <c r="D104" t="s">
-        <v>284</v>
+        <v>171</v>
       </c>
       <c r="E104" t="s">
-        <v>285</v>
+        <v>172</v>
+      </c>
+      <c r="F104" t="s">
+        <v>31</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="H104" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>198</v>
+        <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E105" t="s">
-        <v>285</v>
+        <v>383</v>
       </c>
       <c r="F105" t="s">
-        <v>71</v>
+        <v>139</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>373</v>
+        <v>384</v>
       </c>
       <c r="H105" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>375</v>
+        <v>386</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>202</v>
+        <v>17</v>
       </c>
       <c r="D106" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E106" t="s">
-        <v>285</v>
+        <v>383</v>
       </c>
       <c r="F106" t="s">
-        <v>71</v>
+        <v>139</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>376</v>
+        <v>113</v>
       </c>
       <c r="H106" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>206</v>
+        <v>22</v>
       </c>
       <c r="D107" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E107" t="s">
-        <v>285</v>
+        <v>383</v>
       </c>
       <c r="F107" t="s">
-        <v>71</v>
+        <v>139</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>50</v>
+        <v>389</v>
       </c>
       <c r="H107" t="s">
-        <v>379</v>
+        <v>390</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>380</v>
+        <v>391</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>210</v>
+        <v>26</v>
       </c>
       <c r="D108" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E108" t="s">
-        <v>285</v>
+        <v>383</v>
       </c>
       <c r="F108" t="s">
-        <v>71</v>
+        <v>392</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="H108" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>395</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>30</v>
+      </c>
+      <c r="D109" t="s">
+        <v>382</v>
+      </c>
+      <c r="E109" t="s">
         <v>383</v>
       </c>
-      <c r="B109" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F109" t="s">
-        <v>71</v>
+        <v>392</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
       <c r="H109" t="s">
-        <v>385</v>
+        <v>397</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>386</v>
+        <v>398</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>218</v>
+        <v>35</v>
       </c>
       <c r="D110" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E110" t="s">
-        <v>285</v>
+        <v>383</v>
+      </c>
+      <c r="F110" t="s">
+        <v>139</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>387</v>
+        <v>113</v>
       </c>
       <c r="H110" t="s">
-        <v>388</v>
+        <v>399</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>389</v>
+        <v>400</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>222</v>
+        <v>39</v>
       </c>
       <c r="D111" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E111" t="s">
-        <v>285</v>
+        <v>383</v>
       </c>
       <c r="F111" t="s">
-        <v>71</v>
+        <v>139</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>390</v>
+        <v>401</v>
       </c>
       <c r="H111" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>392</v>
+        <v>403</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>226</v>
+        <v>43</v>
       </c>
       <c r="D112" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E112" t="s">
-        <v>285</v>
+        <v>383</v>
+      </c>
+      <c r="F112" t="s">
+        <v>139</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="H112" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>229</v>
+        <v>47</v>
       </c>
       <c r="D113" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E113" t="s">
-        <v>285</v>
+        <v>383</v>
+      </c>
+      <c r="F113" t="s">
+        <v>139</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>396</v>
+        <v>407</v>
       </c>
       <c r="H113" t="s">
-        <v>397</v>
+        <v>408</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>398</v>
+        <v>409</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>233</v>
+        <v>51</v>
       </c>
       <c r="D114" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E114" t="s">
-        <v>285</v>
+        <v>383</v>
+      </c>
+      <c r="F114" t="s">
+        <v>139</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>399</v>
+        <v>410</v>
       </c>
       <c r="H114" t="s">
-        <v>400</v>
+        <v>411</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>401</v>
+        <v>412</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>236</v>
+        <v>55</v>
       </c>
       <c r="D115" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E115" t="s">
-        <v>285</v>
+        <v>383</v>
+      </c>
+      <c r="F115" t="s">
+        <v>139</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>402</v>
+        <v>413</v>
       </c>
       <c r="H115" t="s">
-        <v>403</v>
+        <v>414</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>240</v>
+        <v>58</v>
       </c>
       <c r="D116" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E116" t="s">
-        <v>285</v>
+        <v>383</v>
+      </c>
+      <c r="F116" t="s">
+        <v>139</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>405</v>
+        <v>416</v>
       </c>
       <c r="H116" t="s">
-        <v>406</v>
+        <v>417</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>407</v>
+        <v>418</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>244</v>
+        <v>62</v>
       </c>
       <c r="D117" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E117" t="s">
-        <v>285</v>
+        <v>383</v>
       </c>
       <c r="F117" t="s">
-        <v>71</v>
+        <v>139</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>408</v>
+        <v>419</v>
       </c>
       <c r="H117" t="s">
-        <v>409</v>
+        <v>420</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>410</v>
+        <v>421</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>248</v>
+        <v>67</v>
       </c>
       <c r="D118" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E118" t="s">
-        <v>285</v>
+        <v>383</v>
+      </c>
+      <c r="F118" t="s">
+        <v>139</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>411</v>
+        <v>422</v>
       </c>
       <c r="H118" t="s">
-        <v>412</v>
+        <v>423</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>252</v>
+        <v>71</v>
       </c>
       <c r="D119" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E119" t="s">
-        <v>285</v>
+        <v>383</v>
       </c>
       <c r="F119" t="s">
-        <v>71</v>
+        <v>139</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="H119" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>416</v>
+        <v>427</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>256</v>
+        <v>75</v>
       </c>
       <c r="D120" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E120" t="s">
-        <v>285</v>
+        <v>383</v>
+      </c>
+      <c r="F120" t="s">
+        <v>392</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>417</v>
+        <v>428</v>
       </c>
       <c r="H120" t="s">
-        <v>418</v>
+        <v>429</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>419</v>
+        <v>430</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>260</v>
+        <v>79</v>
       </c>
       <c r="D121" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E121" t="s">
-        <v>285</v>
+        <v>383</v>
       </c>
       <c r="F121" t="s">
-        <v>71</v>
+        <v>139</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="H121" t="s">
-        <v>421</v>
+        <v>432</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>422</v>
+        <v>433</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>264</v>
+        <v>219</v>
       </c>
       <c r="D122" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E122" t="s">
-        <v>285</v>
+        <v>383</v>
+      </c>
+      <c r="F122" t="s">
+        <v>139</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="H122" t="s">
-        <v>424</v>
+        <v>435</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>425</v>
+        <v>436</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>268</v>
+        <v>223</v>
       </c>
       <c r="D123" t="s">
-        <v>284</v>
+        <v>382</v>
       </c>
       <c r="E123" t="s">
-        <v>285</v>
+        <v>383</v>
       </c>
       <c r="F123" t="s">
-        <v>71</v>
+        <v>139</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>426</v>
+        <v>437</v>
       </c>
       <c r="H123" t="s">
-        <v>427</v>
+        <v>438</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>428</v>
+        <v>439</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>41</v>
+        <v>227</v>
       </c>
       <c r="D124" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="E124" t="s">
-        <v>430</v>
+        <v>383</v>
       </c>
       <c r="F124" t="s">
-        <v>294</v>
+        <v>139</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="H124" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>45</v>
+        <v>231</v>
       </c>
       <c r="D125" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="E125" t="s">
-        <v>430</v>
+        <v>383</v>
       </c>
       <c r="F125" t="s">
-        <v>294</v>
+        <v>139</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="H125" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>49</v>
+        <v>235</v>
       </c>
       <c r="D126" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="E126" t="s">
-        <v>430</v>
+        <v>383</v>
       </c>
       <c r="F126" t="s">
-        <v>294</v>
+        <v>139</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>437</v>
+        <v>113</v>
       </c>
       <c r="H126" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>53</v>
+        <v>239</v>
       </c>
       <c r="D127" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="E127" t="s">
-        <v>430</v>
+        <v>383</v>
       </c>
       <c r="F127" t="s">
-        <v>294</v>
+        <v>139</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="H127" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>57</v>
+        <v>243</v>
       </c>
       <c r="D128" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="E128" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>383</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="H128" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>61</v>
+        <v>247</v>
       </c>
       <c r="D129" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="E129" t="s">
-        <v>430</v>
+        <v>383</v>
       </c>
       <c r="F129" t="s">
-        <v>294</v>
+        <v>139</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="H129" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>133</v>
+        <v>251</v>
       </c>
       <c r="D130" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="E130" t="s">
-        <v>430</v>
+        <v>383</v>
       </c>
       <c r="F130" t="s">
-        <v>294</v>
+        <v>139</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="H130" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>137</v>
+        <v>254</v>
       </c>
       <c r="D131" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="E131" t="s">
-        <v>430</v>
+        <v>383</v>
       </c>
       <c r="F131" t="s">
-        <v>294</v>
+        <v>139</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="H131" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>10</v>
+        <v>258</v>
       </c>
       <c r="D132" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E132" t="s">
-        <v>456</v>
+        <v>383</v>
+      </c>
+      <c r="F132" t="s">
+        <v>139</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="H132" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>16</v>
+        <v>262</v>
       </c>
       <c r="D133" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E133" t="s">
-        <v>456</v>
+        <v>383</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="H133" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>20</v>
+        <v>265</v>
       </c>
       <c r="D134" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E134" t="s">
-        <v>456</v>
+        <v>383</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="H134" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>25</v>
+        <v>269</v>
       </c>
       <c r="D135" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E135" t="s">
-        <v>456</v>
+        <v>383</v>
+      </c>
+      <c r="F135" t="s">
+        <v>139</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>50</v>
+        <v>471</v>
       </c>
       <c r="H135" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="D136" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E136" t="s">
-        <v>456</v>
+        <v>383</v>
+      </c>
+      <c r="F136" t="s">
+        <v>139</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="H136" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>33</v>
+        <v>277</v>
       </c>
       <c r="D137" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E137" t="s">
-        <v>456</v>
+        <v>383</v>
       </c>
       <c r="F137" t="s">
-        <v>71</v>
+        <v>139</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>471</v>
+        <v>113</v>
       </c>
       <c r="H137" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>37</v>
+        <v>281</v>
       </c>
       <c r="D138" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E138" t="s">
-        <v>456</v>
+        <v>383</v>
+      </c>
+      <c r="F138" t="s">
+        <v>139</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="H138" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>41</v>
+        <v>285</v>
       </c>
       <c r="D139" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E139" t="s">
-        <v>456</v>
+        <v>383</v>
+      </c>
+      <c r="F139" t="s">
+        <v>139</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="H139" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>45</v>
+        <v>289</v>
       </c>
       <c r="D140" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E140" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>383</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="H140" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>49</v>
+        <v>293</v>
       </c>
       <c r="D141" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E141" t="s">
-        <v>456</v>
+        <v>383</v>
+      </c>
+      <c r="F141" t="s">
+        <v>139</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="H141" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>53</v>
+        <v>297</v>
       </c>
       <c r="D142" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E142" t="s">
-        <v>456</v>
+        <v>383</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="H142" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>57</v>
+        <v>300</v>
       </c>
       <c r="D143" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E143" t="s">
-        <v>456</v>
+        <v>383</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="H143" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>137</v>
+        <v>304</v>
       </c>
       <c r="D144" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E144" t="s">
-        <v>456</v>
+        <v>383</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="H144" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>141</v>
+        <v>307</v>
       </c>
       <c r="D145" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E145" t="s">
-        <v>456</v>
+        <v>383</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="H145" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>145</v>
+        <v>311</v>
       </c>
       <c r="D146" t="s">
-        <v>455</v>
+        <v>382</v>
       </c>
       <c r="E146" t="s">
-        <v>456</v>
+        <v>383</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="H146" t="s">
-        <v>499</v>
+        <v>504</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>505</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>315</v>
+      </c>
+      <c r="D147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E147" t="s">
+        <v>383</v>
+      </c>
+      <c r="F147" t="s">
+        <v>139</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="H147" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>508</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>319</v>
+      </c>
+      <c r="D148" t="s">
+        <v>382</v>
+      </c>
+      <c r="E148" t="s">
+        <v>383</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H148" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>511</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>323</v>
+      </c>
+      <c r="D149" t="s">
+        <v>382</v>
+      </c>
+      <c r="E149" t="s">
+        <v>383</v>
+      </c>
+      <c r="F149" t="s">
+        <v>139</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="H149" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>514</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>327</v>
+      </c>
+      <c r="D150" t="s">
+        <v>382</v>
+      </c>
+      <c r="E150" t="s">
+        <v>383</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H150" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>517</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>331</v>
+      </c>
+      <c r="D151" t="s">
+        <v>382</v>
+      </c>
+      <c r="E151" t="s">
+        <v>383</v>
+      </c>
+      <c r="F151" t="s">
+        <v>139</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="H151" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>520</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>335</v>
+      </c>
+      <c r="D152" t="s">
+        <v>382</v>
+      </c>
+      <c r="E152" t="s">
+        <v>383</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H152" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>523</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>339</v>
+      </c>
+      <c r="D153" t="s">
+        <v>382</v>
+      </c>
+      <c r="E153" t="s">
+        <v>383</v>
+      </c>
+      <c r="F153" t="s">
+        <v>139</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H153" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>526</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>343</v>
+      </c>
+      <c r="D154" t="s">
+        <v>382</v>
+      </c>
+      <c r="E154" t="s">
+        <v>383</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H154" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>529</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>347</v>
+      </c>
+      <c r="D155" t="s">
+        <v>382</v>
+      </c>
+      <c r="E155" t="s">
+        <v>383</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H155" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>532</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>351</v>
+      </c>
+      <c r="D156" t="s">
+        <v>382</v>
+      </c>
+      <c r="E156" t="s">
+        <v>383</v>
+      </c>
+      <c r="F156" t="s">
+        <v>139</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H156" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>535</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>355</v>
+      </c>
+      <c r="D157" t="s">
+        <v>382</v>
+      </c>
+      <c r="E157" t="s">
+        <v>383</v>
+      </c>
+      <c r="F157" t="s">
+        <v>139</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="H157" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>537</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>359</v>
+      </c>
+      <c r="D158" t="s">
+        <v>382</v>
+      </c>
+      <c r="E158" t="s">
+        <v>383</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="H158" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>540</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>363</v>
+      </c>
+      <c r="D159" t="s">
+        <v>382</v>
+      </c>
+      <c r="E159" t="s">
+        <v>383</v>
+      </c>
+      <c r="F159" t="s">
+        <v>139</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H159" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>543</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>367</v>
+      </c>
+      <c r="D160" t="s">
+        <v>382</v>
+      </c>
+      <c r="E160" t="s">
+        <v>383</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="H160" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>546</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>371</v>
+      </c>
+      <c r="D161" t="s">
+        <v>382</v>
+      </c>
+      <c r="E161" t="s">
+        <v>383</v>
+      </c>
+      <c r="F161" t="s">
+        <v>139</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H161" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>549</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>374</v>
+      </c>
+      <c r="D162" t="s">
+        <v>382</v>
+      </c>
+      <c r="E162" t="s">
+        <v>383</v>
+      </c>
+      <c r="F162" t="s">
+        <v>139</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="H162" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>552</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>378</v>
+      </c>
+      <c r="D163" t="s">
+        <v>382</v>
+      </c>
+      <c r="E163" t="s">
+        <v>383</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H163" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>555</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>43</v>
+      </c>
+      <c r="D164" t="s">
+        <v>556</v>
+      </c>
+      <c r="E164" t="s">
+        <v>557</v>
+      </c>
+      <c r="F164" t="s">
+        <v>392</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="H164" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>560</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>47</v>
+      </c>
+      <c r="D165" t="s">
+        <v>556</v>
+      </c>
+      <c r="E165" t="s">
+        <v>557</v>
+      </c>
+      <c r="F165" t="s">
+        <v>392</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H165" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>563</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>51</v>
+      </c>
+      <c r="D166" t="s">
+        <v>556</v>
+      </c>
+      <c r="E166" t="s">
+        <v>557</v>
+      </c>
+      <c r="F166" t="s">
+        <v>392</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="H166" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>566</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>55</v>
+      </c>
+      <c r="D167" t="s">
+        <v>556</v>
+      </c>
+      <c r="E167" t="s">
+        <v>557</v>
+      </c>
+      <c r="F167" t="s">
+        <v>392</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="H167" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>569</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>58</v>
+      </c>
+      <c r="D168" t="s">
+        <v>556</v>
+      </c>
+      <c r="E168" t="s">
+        <v>557</v>
+      </c>
+      <c r="F168" t="s">
+        <v>392</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="H168" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>572</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>62</v>
+      </c>
+      <c r="D169" t="s">
+        <v>556</v>
+      </c>
+      <c r="E169" t="s">
+        <v>557</v>
+      </c>
+      <c r="F169" t="s">
+        <v>392</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H169" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>575</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>67</v>
+      </c>
+      <c r="D170" t="s">
+        <v>556</v>
+      </c>
+      <c r="E170" t="s">
+        <v>557</v>
+      </c>
+      <c r="F170" t="s">
+        <v>392</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H170" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>578</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>71</v>
+      </c>
+      <c r="D171" t="s">
+        <v>556</v>
+      </c>
+      <c r="E171" t="s">
+        <v>557</v>
+      </c>
+      <c r="F171" t="s">
+        <v>392</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="H171" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>581</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>10</v>
+      </c>
+      <c r="D172" t="s">
+        <v>582</v>
+      </c>
+      <c r="E172" t="s">
+        <v>583</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H172" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>586</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>17</v>
+      </c>
+      <c r="D173" t="s">
+        <v>582</v>
+      </c>
+      <c r="E173" t="s">
+        <v>583</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="H173" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>589</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>22</v>
+      </c>
+      <c r="D174" t="s">
+        <v>582</v>
+      </c>
+      <c r="E174" t="s">
+        <v>583</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="H174" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>592</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>26</v>
+      </c>
+      <c r="D175" t="s">
+        <v>582</v>
+      </c>
+      <c r="E175" t="s">
+        <v>583</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H175" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>594</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>30</v>
+      </c>
+      <c r="D176" t="s">
+        <v>582</v>
+      </c>
+      <c r="E176" t="s">
+        <v>583</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H176" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>597</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>35</v>
+      </c>
+      <c r="D177" t="s">
+        <v>582</v>
+      </c>
+      <c r="E177" t="s">
+        <v>583</v>
+      </c>
+      <c r="F177" t="s">
+        <v>139</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H177" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>600</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>39</v>
+      </c>
+      <c r="D178" t="s">
+        <v>582</v>
+      </c>
+      <c r="E178" t="s">
+        <v>583</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H178" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>603</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>43</v>
+      </c>
+      <c r="D179" t="s">
+        <v>582</v>
+      </c>
+      <c r="E179" t="s">
+        <v>583</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H179" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>606</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>47</v>
+      </c>
+      <c r="D180" t="s">
+        <v>582</v>
+      </c>
+      <c r="E180" t="s">
+        <v>583</v>
+      </c>
+      <c r="F180" t="s">
+        <v>392</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H180" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>609</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>51</v>
+      </c>
+      <c r="D181" t="s">
+        <v>582</v>
+      </c>
+      <c r="E181" t="s">
+        <v>583</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="H181" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>612</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>55</v>
+      </c>
+      <c r="D182" t="s">
+        <v>582</v>
+      </c>
+      <c r="E182" t="s">
+        <v>583</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="H182" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>615</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>58</v>
+      </c>
+      <c r="D183" t="s">
+        <v>582</v>
+      </c>
+      <c r="E183" t="s">
+        <v>583</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H183" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>618</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>71</v>
+      </c>
+      <c r="D184" t="s">
+        <v>582</v>
+      </c>
+      <c r="E184" t="s">
+        <v>583</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="H184" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>621</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>75</v>
+      </c>
+      <c r="D185" t="s">
+        <v>582</v>
+      </c>
+      <c r="E185" t="s">
+        <v>583</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="H185" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>624</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>79</v>
+      </c>
+      <c r="D186" t="s">
+        <v>582</v>
+      </c>
+      <c r="E186" t="s">
+        <v>583</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H186" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>627</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>219</v>
+      </c>
+      <c r="D187" t="s">
+        <v>582</v>
+      </c>
+      <c r="E187" t="s">
+        <v>583</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="H187" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>630</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>223</v>
+      </c>
+      <c r="D188" t="s">
+        <v>582</v>
+      </c>
+      <c r="E188" t="s">
+        <v>583</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="H188" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>632</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>227</v>
+      </c>
+      <c r="D189" t="s">
+        <v>582</v>
+      </c>
+      <c r="E189" t="s">
+        <v>583</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H189" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>635</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>231</v>
+      </c>
+      <c r="D190" t="s">
+        <v>582</v>
+      </c>
+      <c r="E190" t="s">
+        <v>583</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H190" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>638</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>235</v>
+      </c>
+      <c r="D191" t="s">
+        <v>582</v>
+      </c>
+      <c r="E191" t="s">
+        <v>583</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="H191" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>641</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>239</v>
+      </c>
+      <c r="D192" t="s">
+        <v>582</v>
+      </c>
+      <c r="E192" t="s">
+        <v>583</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H192" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>644</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>243</v>
+      </c>
+      <c r="D193" t="s">
+        <v>582</v>
+      </c>
+      <c r="E193" t="s">
+        <v>583</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H193" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>647</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>247</v>
+      </c>
+      <c r="D194" t="s">
+        <v>582</v>
+      </c>
+      <c r="E194" t="s">
+        <v>583</v>
+      </c>
+      <c r="F194" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H194" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>650</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>251</v>
+      </c>
+      <c r="D195" t="s">
+        <v>582</v>
+      </c>
+      <c r="E195" t="s">
+        <v>583</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="H195" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>653</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>254</v>
+      </c>
+      <c r="D196" t="s">
+        <v>582</v>
+      </c>
+      <c r="E196" t="s">
+        <v>583</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="H196" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>656</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>258</v>
+      </c>
+      <c r="D197" t="s">
+        <v>582</v>
+      </c>
+      <c r="E197" t="s">
+        <v>583</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H197" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>659</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>262</v>
+      </c>
+      <c r="D198" t="s">
+        <v>582</v>
+      </c>
+      <c r="E198" t="s">
+        <v>583</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H198" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>662</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>265</v>
+      </c>
+      <c r="D199" t="s">
+        <v>582</v>
+      </c>
+      <c r="E199" t="s">
+        <v>583</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="H199" t="s">
+        <v>664</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5574,50 +7337,103 @@
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>