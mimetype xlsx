--- v1 (2026-01-20)
+++ v2 (2026-03-15)
@@ -54,2014 +54,2014 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>emenda</t>
   </si>
   <si>
     <t>KÁTIA HELENA SCHLESNER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2423/emenda_impositiva_no_01-2025-_katia_saude.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2423/emenda_impositiva_no_01-2025-_katia_saude.doc</t>
   </si>
   <si>
     <t>Que indica recurso no valor de R$ 27.000,00 para aquisição de materiais e equipamentos para a sala de Fisioterapia da Unidade Básica de Saúde da sede do município.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>LUCIANO EDEGAR RICHARDT</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2424/emenda_impositiva_no_02-2025_-_luciano-_bolao_clube_familiar_paraiso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2424/emenda_impositiva_no_02-2025_-_luciano-_bolao_clube_familiar_paraiso.doc</t>
   </si>
   <si>
     <t>Que indica recursos no valor de R$ 26.693,98 para melhorias na infraestrutura do Clube Familiar Paraíso, para manutenção dos trabalhos da entidade Esportiva, afim de incentivar o Esporte no Município.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2425/emenda_impositiva_no_03-2025-_katia_centro_pegagogico_e_escola_celia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2425/emenda_impositiva_no_03-2025-_katia_centro_pegagogico_e_escola_celia.doc</t>
   </si>
   <si>
     <t>Que indica recurso no valor de R$ 15.000,00, para Compra de materiais para o Centro Pedagógico e recurso no valor de R$ 11.387,96 para o CPM da Escola Municipal de Ensino Fundamental Incompleto Professora Célia Milda Schlesner Schiefelbein para destinação de recursos para a Pracinha de brinquedos do educandário.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2426/emenda_impositiva_no_04-2025_-_luciano-_saude.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2426/emenda_impositiva_no_04-2025_-_luciano-_saude.doc</t>
   </si>
   <si>
     <t>Que indica recursos no valor de R$ 26.693,98 para transferência à Associação Assistencial Beneficente Hospital Paraíso, reforma do prédio da entidade.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2427/emenda_impositiva_no_05-2025_-_breno_-_saude.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2427/emenda_impositiva_no_05-2025_-_breno_-_saude.doc</t>
   </si>
   <si>
     <t>Que indica recursos no valor de R$ 53.387,96 para a Unidade básica de saúde para aquisição de medicamentos.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2428/emenda_impositiva_no_06-2025-_luiz.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2428/emenda_impositiva_no_06-2025-_luiz.doc</t>
   </si>
   <si>
     <t>Que indica recursos no valor de R$ 26.693,98 para a Unidade básica de saúde para aquisição de medicamentos e R$ 26.693,98 para reforma do prédio da Associação Assistencial Beneficente Hospital Paraíso.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2429/emenda_impositiva_no_07-2025-_marcio-_floreser_e_manguerinha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2429/emenda_impositiva_no_07-2025-_marcio-_floreser_e_manguerinha.doc</t>
   </si>
   <si>
     <t>Que indica recurso no valor de R$ 13.346,99 para Associação de produtores FlorESer Agroecológico, CNPJ 37.267.442/0001-09 para Compra de adubo orgânico certificado para ser divido entre as famílias integrantes do Grupo com certificação, e assim incentivar a produção de alimentos orgânicos no município e R$ 13.346,99  para a Associação Mangueirinha F.C, CNPJ 53.843.273/0001-64, para manutenção das atividades da Associação e para incentivar a prática esportiva no interior do município.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2430/emenda_impositiva_no_08-2025-_marcio-_hospital.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2430/emenda_impositiva_no_08-2025-_marcio-_hospital.doc</t>
   </si>
   <si>
     <t>Que indica recurso no valor R$ 26.693,98 para transferência à Associação Assistencial Beneficente Hospital Paraíso, para reformas no prédio do Hospital Paraíso.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2431/emenda_impositiva_no_09-2025_-_jacir-_saude.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2431/emenda_impositiva_no_09-2025_-_jacir-_saude.doc</t>
   </si>
   <si>
     <t>Que indica recurso no valor R$ 26.693,98 para transferência à Associação Assistencial Beneficente Hospital Paraíso, para reformas no prédio da entidade.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2432/emenda_impositiva_no_10-2025_-_jacir-_bolao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2432/emenda_impositiva_no_10-2025_-_jacir-_bolao.doc</t>
   </si>
   <si>
     <t>Que indica recursos no valor de R$ 26.693,98 para melhorias na infraestrutura do Clube Familiar Paraíso, para manutenção dos trabalhos da entidade Esportiva afim de incentivar o Esporte no Município.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2433/emenda_impositiva_no_11-2025_-_mauro-_hospital.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2433/emenda_impositiva_no_11-2025_-_mauro-_hospital.doc</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2434/emenda_impositiva_no_12-2025_-_mauro-_alfredo_link.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2434/emenda_impositiva_no_12-2025_-_mauro-_alfredo_link.doc</t>
   </si>
   <si>
     <t>Que indica recurso no valor de R$ 20.000,00 para repasse ao Círculo de Pais e Mestres – CPM da EMEI Alfredo Link, para custeio e manutenção das atividades desenvolvidas, para aquisição de um trator cortador de grama.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2435/emenda_impositiva_no_13-2025_-eliseu_-_saude.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2435/emenda_impositiva_no_13-2025_-eliseu_-_saude.doc</t>
   </si>
   <si>
     <t>Que indica recursos no valor de R$ 53.387,96 para a para construção de uma academia de Saúde na Vila Paraíso.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2436/emenda_impositiva_no_14-2025_-_mauro-_pro_paraiso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2436/emenda_impositiva_no_14-2025_-_mauro-_pro_paraiso.doc</t>
   </si>
   <si>
     <t>Que indica recurso no valor de R$ 6.693,98 para repasse para Associação para o Desenvolvimento Cultural de Paraíso do Sul – PROPARAÍSO, para a compra de meses e cadeiras para serem utilizadas nos projetos da entidade.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2437/emenda_impositiva_no_15-2025_-_alberto-_hospital_da_vila.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2437/emenda_impositiva_no_15-2025_-_alberto-_hospital_da_vila.doc</t>
   </si>
   <si>
     <t>Que indica recurso no valor de R$ 26.693,98 para transferência à Associação Assistencial Beneficente Hospital Paraíso, para reformas no prédio da entidade.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2438/emenda_impositiva_no_16-2025_-_alberto-_alfredo_schlesner.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2438/emenda_impositiva_no_16-2025_-_alberto-_alfredo_schlesner.doc</t>
   </si>
   <si>
     <t>Que indica recurso no valor R$ 26.693,98 para repasse para C.P.M. Escola Municipal De Ensino Fundamental Alfredo Schlesner - Centro Pedagógico Educacional Especializado, para reforma do pavilhão da escola.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2443/emenda_modificativa_no_01-2025.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2443/emenda_modificativa_no_01-2025.docx</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº59-2025.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_no_01-2025_-_eliseu_-_lombadas_vila_paraiso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_no_01-2025_-_eliseu_-_lombadas_vila_paraiso.doc</t>
   </si>
   <si>
     <t>O Poder Executivo Municipal determine à Secretaria competente que execute a construção de lombadas na Avenida Barão Von Kahlden, localidade de Vila Paraíso, que funcione como redutor de velocidade, mais precisamente nas proximidades da Escola Estadual de Educação Básica Duque de Caxias, Campo de Futebol e próximo ao correio da localidade.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_no_02-2025_-_mauro-_ponte_a._imigrantes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_no_02-2025_-_mauro-_ponte_a._imigrantes.doc</t>
   </si>
   <si>
     <t>Determine a Secretaria competente, que realize a reconstrução da ponte ou construção de uma galeria sobre o valo no final da Avenida Tiradentes próximo à entrada da propriedade os Senhores Eder Kulmann e Bruno Kelling na sede do município.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_no_03-2025_-_eliseu_-_contas_de_luz_no_correio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_no_03-2025_-_eliseu_-_contas_de_luz_no_correio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal possibilite a realização do pagamento de conta de água no Correio da Vila Paraíso, serviço este, que já era disponibilizado á muitos anos atrás.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2284/indicacao_no_04-2025_-_marcio_-_posto_de_saude_na_mangueirnha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2284/indicacao_no_04-2025_-_marcio_-_posto_de_saude_na_mangueirnha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a possibilidade de criar um Posto de Saúde na localidade de Mangueirinha.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2285/indicacao_no_05-2025-jacir_-_abertura_de_estrada.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2285/indicacao_no_05-2025-jacir_-_abertura_de_estrada.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que realize a reabertura de Estrada que liga a Linha Néri (próximo a família Pfaifer) a Linha Travessão (saída para propriedade de Mario Drescher), no interior do município.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_06-2025-jacir_-_vale_alimentacao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_06-2025-jacir_-_vale_alimentacao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal promova o reajuste do programa de auxílio alimentação dos Servidores do Poder Executivo para o mesmo valor pago para os servidores do Poder Legislativo.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_no_07-2025_-_mauro-_transporte_sao_vicente.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_no_07-2025_-_mauro-_transporte_sao_vicente.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade de fornecer transporte para levar os estudantes de Paraíso do Sul para São Vicente do Sul no domingo e buscar na sexta feira a cada 15 dias.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_no_08-2025-jacir_-_abertura_de_estrada.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_no_08-2025-jacir_-_abertura_de_estrada.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que realize a reabertura da estrada do alto da Linha Campestre próximo a propriedade do Sr. Felipe Wilhelm, no interior do município.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2299/indicacao_no_009-_2025-__jacir_-_dessassoreamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2299/indicacao_no_009-_2025-__jacir_-_dessassoreamento.doc</t>
   </si>
   <si>
     <t>Indica que o Poder Executivo Municipal viabilize o desassoreamento do Arroio Paraíso, no trecho entre Claus Drescher na Vila Paraíso e Lauro Richardt na Linha Travessão, nesse município.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Poder Executivo Municipal, determine à secretaria competente a demarcar pista de estacionamento de embarque e desembarque junto ao canteiro central da Av. Primeiro de Janeiro, em frente a EMEIF Pastora Liane Böeck Schmitt, sendo somente a pista do meio livre, desta forma possibilitando condições para estacionamento de carros, e desafogando o trânsito naquele local.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_11-_mauro_-_monitor_onibus_escolar.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_11-_mauro_-_monitor_onibus_escolar.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que disponibilize um monitor para cada transporte escolar municipal, visando maior segurança aos alunos deste município.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_12-2025-jacir_-_pmpiceps.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_12-2025-jacir_-_pmpiceps.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal encaminhe a esta Casa legislativa projeto de lei para instituir no município o Programa Municipal de Práticas Integrativas e Complementares e de Educação Popular em Saúde (PMPICEPS).</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2382/indicacao_no_13-2025-_breno_-_adicional_de_insalubridade_agentes_comunitarios.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2382/indicacao_no_13-2025-_breno_-_adicional_de_insalubridade_agentes_comunitarios.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal encaminhe a esta Casa legislativa projeto de lei para instituir o pagamento do adicional de insalubridade para os Agentes Comunitários de Saúde do Município de Paraíso do Sul/RS, conforme previsto na Lei nº 13.342/2016 e demais dispositivos legais e constitucionais.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_no_14-2025-_beto-_quebra_molas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_no_14-2025-_beto-_quebra_molas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente, que realize a instalação de redutores de velocidade (quebra-molas) e placas informando “Área Escolar” e “Reduza a Velocidade” nas proximidades da Escola Municipal de Ensino Fundamental Carlos Altermann.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_no_15-2025-_jacir-_agua.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_no_15-2025-_jacir-_agua.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo reative a rede de água existente na propriedade do Senhor André Friedrich, na Linha Patrícia, neste Município.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_16-2025-_jacir-_ponte_molhada.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_16-2025-_jacir-_ponte_molhada.doc</t>
   </si>
   <si>
     <t>Que indica que o Poder Executivo realize a construção de uma ponte molhada no acesso à propriedade do Sr. Délio Drescher, na Linha Travessão</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2307/mocao_de_apoio_-_projeto_n_399-2024.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2307/mocao_de_apoio_-_projeto_n_399-2024.pdf</t>
   </si>
   <si>
     <t>“Reconhece o Poder Legislativo da Quarta Colônia como entidade oficial representativa, de congregação e cooperação, das Câmaras Municipais e os Vereadores da Quarta Colônia do Estado do Rio Grande do Sul”</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
     <t>Susta os efeitos da Resolução nº 258, de 23 de dezembro de 2024, do Conselho Nacional dos Direitos da Criança e do Adolescente - CONANDA, e ao Projeto de Lei nº 1904/2024, que visa impedir que o aborto seja reconhecido como direito, sem previsão de limite de tempo gestacional, durante todos os nove meses da gravidez, até o momento do parto de autoria de todos vereadores.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2321/mocao_de_apoio_-_projeto_npld_03-2025.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2321/mocao_de_apoio_-_projeto_npld_03-2025.docx</t>
   </si>
   <si>
     <t>Que susta os efeitos da Resolução nº 258, de 23 de dezembro de 2024, do Conselho Nacional dos Direitos da Criança e do Adolescente - CONANDA, e ao Projeto de Lei nº 1904/2024, que visa impedir que o aborto seja reconhecido como direito, sem previsão de limite de tempo gestacional, durante todos os nove meses da gravidez, até o momento do parto de autoria de todos vereadores.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>A Câmara Municipal de Vereadores de Paraíso do Sul, por iniciativa do Vereadora Presidente Kátia Helena Schlesner, parabeniza o Mangueirinha Futebol Clube pelo título inédito de Campeão da Copa dos Campeões Futebol 11 2025._x000D_
           Ao ensejo esta Casa Legislativa reconhece e parabeniza o empenho da equipe, a qual faz história e eleva o nome de Paraíso do Sul sendo destaque no Esporte municipal e regional.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2373/mocao_de_congratulacao-_civil_2.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2373/mocao_de_congratulacao-_civil_2.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO E AGRADECIMENTO _x000D_
 Ao escrivão da Polícia Civil, GABRIEL LAUTENSCHLAGER.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2374/mocao_de_congratulacao-_civil.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2374/mocao_de_congratulacao-_civil.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE RECONHECIMENTO E AGRADECIMENTO _x000D_
 Ao escrivão da Polícia Civil, VINÍCIOS ARTHUR BEISE.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2401/mocao_de_apoio_vigilantes-_vigilantes.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2401/mocao_de_apoio_vigilantes-_vigilantes.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO ao Projeto de Lei o PLP 42/2023, que se encontra em tramitação na Câmara dos Deputados e recentemente obteve aprovação pela Comissão de Previdência da Câmara Federal, garantindo os direitos dos vigilantes à aposentadoria especial.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2404/mocao_de_congratulacao.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2404/mocao_de_congratulacao.docx</t>
   </si>
   <si>
     <t>Moção de Congratulação, a todos os Servidores Públicos pela passagem do seu dia, comemorado em 28 de outubro.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2407/mocao_de_congratulacao.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2407/mocao_de_congratulacao.docx</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>Pedido de Cedência</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2313/01-solicitacao_de_cedencia-_mdb_-.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2313/01-solicitacao_de_cedencia-_mdb_-.doc</t>
   </si>
   <si>
     <t>Solicitação de cedência requerida pelo Presidente do MDB Everton Niemeyer.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Pedido de Licença</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2345/requerimento_-_alberto_abich.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2345/requerimento_-_alberto_abich.pdf</t>
   </si>
   <si>
     <t>Solicito licenciamento do cargo de Vereador, a contar de 09 de junho de 2025 até 08 de julho de 2025, por motivos particulares.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
     <t>Solicita que o Poder executivo Municipal determine a Secretaria competente o reparo urgente nas luminárias que não estão funcionando na localidade de Mangueirinha no interior do Município</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>Solicita que a Prefeitura Municipal determine a Secretaria competente que realize a troca de uma lâmpada queimada em frente à residência da Senhora Marli Sena e em demais locais onde se fizer necessário na localidade de Vila Nova, neste município. Pedido de providências nº 03-2025, de autoria do</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>Solicita que a Prefeitura Municipal determine a Secretaria competente faça a limpeza do bueiro em frente à residência do Senhor Hélio Markerdorf, o patrolamento e roçadas as margens das estradas da Linha Contenda, próximo a antiga Escola Men de Sá, neste Município.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2265/pedido-de-providencias_no_04-2025_-_luis_abrigo_onibus_boa_vista_sul.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2265/pedido-de-providencias_no_04-2025_-_luis_abrigo_onibus_boa_vista_sul.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize a colocação de abrigo na parada de ônibus, mais precisamente nas proximidades da antiga residência do Senhor Norvaldo da Rosa e na estrada próximo a propriedade do Senhor Celso dos Passos na Boa Vista Sul, neste município.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2266/pedido-de-providencias_no_05-2025_-_luis_bueiro_boa_vista_norte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2266/pedido-de-providencias_no_05-2025_-_luis_bueiro_boa_vista_norte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para realizar a colocação de bueiros na valeta da esquina dos Flores próximo a entrada do CTG Amigos do Rio Grande, nesta cidade.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a instalação de um novo ponto de iluminação pública em frente ao Mercado da Senhora Letícia Kobs, na localidade de Boa Vista Norte, neste Município.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2268/pedido-de-providencias_no_07-2025_-_mauro_cascalhamento_linha_varzea.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2268/pedido-de-providencias_no_07-2025_-_mauro_cascalhamento_linha_varzea.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado o patrolamento e cascalhamento na estrada que dá acesso as propriedades da Família Bartmann até a residência do Sr. Marcos Bartmann na localidade de Linha Várzea, neste município.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2269/pedido-de-providencias_no_08-2025_-_jacir_iluminacao_travessa_katzer.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2269/pedido-de-providencias_no_08-2025_-_jacir_iluminacao_travessa_katzer.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a manutenção da luminária existente em nas proximidades da residência da Senhora Magali Schott na Travessa Katzer neste Município.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2270/pedido-de-providencias_no_09-2025_-_jacir_iluminacao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2270/pedido-de-providencias_no_09-2025_-_jacir_iluminacao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a troca da lâmpada e a armação da luminária que está danificada em frente à residência de Oscar Glasenapp na Linha Travessão.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2271/pedido-de-providencias_no_10-2025_-_beto_alargamento_de_estrada.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2271/pedido-de-providencias_no_10-2025_-_beto_alargamento_de_estrada.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize o alargamento da Estrada Hamann no trecho próximo à residência do Sr. Cleiton Stahl no interior deste município.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2272/pedido-de-providencias_no_11-2025_-_marcio-_melhoria_na_estrada_cascalhamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2272/pedido-de-providencias_no_11-2025_-_marcio-_melhoria_na_estrada_cascalhamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente, a colocação de bueiros nas proximidades  da E.M. Carlos Altermann, mais precisamente  50 metros acima da Escola e ainda realize a colocação de cascalho neste trecho.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2273/pedido-de-providencias_no_12-2025_-_luiz_novo_ponto_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2273/pedido-de-providencias_no_12-2025_-_luiz_novo_ponto_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a instalação de um novo ponto de iluminação pública nas proximidades da antiga residência do Sr. Norvaldo da Rosa, na RSC 287, saída para a localidade de Boa Vista Sul.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2274/pedido-de-providencias_no_13-2025_-_eliseu_crumenauer-_toldo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2274/pedido-de-providencias_no_13-2025_-_eliseu_crumenauer-_toldo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal providencie a instalação de uma cobertura (toldo) em frente à Escola Municipal de Educação Infantil e Fundamental Pastora Liane Böeck Schmitt.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2275/pedido-de-providencias_no_14-2025_-_jacir_bocas_de_lobo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2275/pedido-de-providencias_no_14-2025_-_jacir_bocas_de_lobo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a limpeza das bocas de lobo na cidade de Paraíso do Sul.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2277/pedido-de-providencias_no_15-2025_-_mauro_cascalhamento_linha_brasileira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2277/pedido-de-providencias_no_15-2025_-_mauro_cascalhamento_linha_brasileira.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado o patrolamento e cascalhamento na na entrada da propriedade da Senhora Dolores Abich na Linha Brasileira, neste município.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2278/pedido-de-providencias_no_16-2025_-_mauro_rocadas_e_patrolamento_cerro_da_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2278/pedido-de-providencias_no_16-2025_-_mauro_rocadas_e_patrolamento_cerro_da_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a roçada e o patrolamento no Cerro da Linha São João e seus arredores.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2279/pedido-de-providencias_no_17-2025_-_jacir_bocas_de_lobo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2279/pedido-de-providencias_no_17-2025_-_jacir_bocas_de_lobo.doc</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2287/pedido-de-providencias_no_18-2025_-_mauro_colocacao_de_tubos.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2287/pedido-de-providencias_no_18-2025_-_mauro_colocacao_de_tubos.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a colocação de tubos (bueiros) e o cascalhamento próximo a propriedade dos Senhores Eloi Hineraske, Nilvo do Rosário, Marcelo Wrasse e Cleomar Wrasse, na Estrada da Mangueirinha.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2288/pedido-de-providencias_no_19-2025_-_alberto_abich-_iluminacao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2288/pedido-de-providencias_no_19-2025_-_alberto_abich-_iluminacao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a troca das lâmpadas queimadas em frente à Escola Alfredo Schlesner e em frente à residência do Sr. Ari Milbradt na localidade de Contenda, e ainda em frente à residência do Sr. Marcelo Wrasse na Localidade de Mangueirinha, neste Município.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2289/pedido-de-providencias_no_20-2025_-_mauro_lixo_ponte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2289/pedido-de-providencias_no_20-2025_-_mauro_lixo_ponte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, fiscalize e realize uma campanha de conscientização para que não seja jogado lixo, como restos de animais no Arroio Contenda interior deste município.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2290/pedido-de-providencias_no_21-2025_-_mauro_lampada_queimada_c.esquina_gerhke.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2290/pedido-de-providencias_no_21-2025_-_mauro_lampada_queimada_c.esquina_gerhke.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a troca da lâmpada queimada em frente ao Cemitério da Esquina Gehrke, na Linha Contenda, interior do município.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2291/pedido-de-providencias_no_22-2025_-_sapo-_novo_ponto_de_iluminacaopublica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2291/pedido-de-providencias_no_22-2025_-_sapo-_novo_ponto_de_iluminacaopublica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a instalação de um ponto de iluminação pública na entrada da Travessa Altermann, e em frente ao Campo de futebol do Mangueirinha Futebol Clube.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2300/pedido-de-providencias_no_23-2025_-_mauro-_andarilho_igreja.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2300/pedido-de-providencias_no_23-2025_-_mauro-_andarilho_igreja.doc</t>
   </si>
   <si>
     <t>Solicita que o Poder Executivo tome as devidas providências necessárias para encaminhar o andarilho que está parando em frente à Igreja Católica para um lugar apropriado.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2301/pedido-de-providencias_no_24-2025_-_breno-_patrolamento_e_cascalhamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2301/pedido-de-providencias_no_24-2025_-_breno-_patrolamento_e_cascalhamento.doc</t>
   </si>
   <si>
     <t>Solicita que o Poder Executivo que determine a secretaria competente que providencie cascalhamento, patrolamento e roçadas onde se fizer necessário na Estrada da Linha União interior do município.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2308/pedido-de-providencias_no_25-2025_-_jacir-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2308/pedido-de-providencias_no_25-2025_-_jacir-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Solicita que o Poder Executivo Municipal tome as devidas providências necessárias e realize a instalação de um novo ponto de iluminação pública em frente à propriedade de Jardel Puppe na Linha Rincão da Porta e em frente a propriedade do Sr. Sigmar Ludtke na Linha Patrícia, neste Município.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Solicita que o Poder Executivo Municipal tome as devidas providências necessárias e realize a instalação de oito novos pontos de iluminação pública a partir da residência do Sr. Adivo Schema na Picada das Gamelas, interior do município.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2310/pedido-de-providencias_no_27-2025_-_katia-_quebra_mola_emei.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2310/pedido-de-providencias_no_27-2025_-_katia-_quebra_mola_emei.doc</t>
   </si>
   <si>
     <t>Solicitam que o Poder Executivo Municipal determine a Secretaria competente que realize a instalação de novos pontos de quebra-molas na Avenida Primeiro de Janeiro em frente a Praça Florinaldo Rohde e nas proximidades da Igreja Evangélica Congregacional da sede e ainda realize a manutenção do quebra-molas aumentando a altura do mesmo em frente à Escola Municipal de Educação Infantil e Fundamental Pastora Liane Bock Schmidt, neste município.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2311/pedido-de-providencias_no_28-2025-_luciano_-_placas_indicativas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2311/pedido-de-providencias_no_28-2025-_luciano_-_placas_indicativas.doc</t>
   </si>
   <si>
     <t>Solicita que o Poder Executivo Municipal determine a Secretaria competente a colocação de placas indicativas na Esquina do Armazém Sinimbu na Linha Sinimbu, placas indicativas para o Hospital da Vila Paraíso, Vila Paraíso, Linha Néri e ainda indicando a distância para a cidade de Agudo-RS.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Solicita que o Poder Executivo Municipal tome as devidas providências necessárias e realize a troca das lâmpadas queimadas em frente ao Comercial Imigrante, Correio, e em frente a propriedade da Senhora Elsa Borsmann na Vila Paraíso, interior do município.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2317/pedido-de-providencias_no_30-2025_-_alberto_novo_ponto_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2317/pedido-de-providencias_no_30-2025_-_alberto_novo_ponto_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Poder Executivo Municipal tome as devidas providências necessárias e realize a instalação de um novo ponto de iluminação pública na Esquina entre a Linha Astral e a Linha Brasileira nas proximidades do Senhor Everaldo Ludtke e Leoni Oestreich e em frente a residência do Sr. Jairo Abich, no interior do município.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2318/pedido-de-providencias_no_31-2025_-_mauro_esgoto.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2318/pedido-de-providencias_no_31-2025_-_mauro_esgoto.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que providencie a canalização fluvial do esgoto sanitário na Rua Max Retzlaff, nas proximidades da Hessen Haus, nesta cidade.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2325/pedido-de-providencias_no_32-2025_-_jacir-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2325/pedido-de-providencias_no_32-2025_-_jacir-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize revisão na iluminação pública na Localidade de Linha Contenda em toda sua extensão, neste Município.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2326/pedido-de-providencias_no_33-2025_-_todos-_cabos_iluminacao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2326/pedido-de-providencias_no_33-2025_-_todos-_cabos_iluminacao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e solicite as empresas telefonia e de internet realizem o recolhimento dos cabos velhos quando realizam a troca da fiação por fibra óptica em nosso município.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2327/pedido-de-providencias_no_34-2025_-_mauro-_patrolamento_rua_e.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2327/pedido-de-providencias_no_34-2025_-_mauro-_patrolamento_rua_e.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determina a secretaria competente que providencie o patrolamento e a troca da lâmpada queimada em frente a Confeitaria Overdoce, na  Rua E nesta cidade.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2328/pedido-de-providencias_no_35-2025_-_jacir-_placas_de_sinalizacao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2328/pedido-de-providencias_no_35-2025_-_jacir-_placas_de_sinalizacao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a colocação de placas de sinalização indicando a via preferencial na travessa entre a Linha Patrícia e Linha Travessão.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2330/pedido-de-providencias_n_36-2025-_breno_-__cascalhamento-_rolo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2330/pedido-de-providencias_n_36-2025-_breno_-__cascalhamento-_rolo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria Competente o cascalhamento e passagem do rolo compactador da estrada que dá acesso a Igreja Evangélica Luterana do Brasil na localidade de Contenda, interior do município.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2335/pedido-de-providencias_no_37-2025_-_jacir-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2335/pedido-de-providencias_no_37-2025_-_jacir-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize revisão na iluminação pública em frente a propriedade do Senhor Augusto Ziemann na Vila Paraíso e realize a instalação de um novo ponto em frente a propriedade do Senhor Marcos Seiboth na localidade de Linha Patrícia, interior do Município.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize troca das lâmpadas queimadas em frente à residências de Marli Galdino, Elaine Milbradt, Luiz Souza e Lucas Schott na localidade de Boa Vista Norte, neste Município.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2337/pedido-de-providencias_no_39-2025_-_mauro-_rocadas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2337/pedido-de-providencias_no_39-2025_-_mauro-_rocadas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a abertura de valetas, roçadas e a troca de dois bueiros próximo a residência do Senhor Reinaldo Muller na Estrada Arno Achterberg, na Localidade de Linha Patrimônio no interior deste município.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize a vistoria e manutenção na galeria localizada na entrada da Linha Campestre neste município.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2342/pedido-de-providencias_no_41-2025_-_mauro-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2342/pedido-de-providencias_no_41-2025_-_mauro-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize troca das lâmpadas queimadas em frente à a Agroindústria MMS de Samuel Brohl, na Localidade de Linha Campestre, neste Município.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2343/pedido-de-providencias_no_42-2025_-_mauro-_cascalhamento_corredor_mangueirinha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2343/pedido-de-providencias_no_42-2025_-_mauro-_cascalhamento_corredor_mangueirinha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a Secretaria competente que providencie o cascalhamento no corredor que dá acesso as propriedades dos Senhores Jaime Maus e Anderson Maus na Localidade de Mangueirinha, interior do município;</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2347/pedido-de-providencias_no_43-2025_-_mauro-_calcamento_vila.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2347/pedido-de-providencias_no_43-2025_-_mauro-_calcamento_vila.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a Secretaria competente que providencie a manutenção no calçamento nas proximidades das residências do Sr. Arnaldo Link e do Sr. Elemar Schott, na localidade de Vila Paraíso.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2348/pedido-de-providencias_no_44-2025_-_sapo-_cascalhamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2348/pedido-de-providencias_no_44-2025_-_sapo-_cascalhamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado o cascalhamento e passagem do rolo compactador   na Travessa Altermann, na Localidade de Mangueirinha interior deste município.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2350/pedido-de-providencias_no_45-2025_-_mauro-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2350/pedido-de-providencias_no_45-2025_-_mauro-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Solicita que tome as devidas providências necessárias e realize troca das lâmpadas queimadas em frente à a EMEF Alfredo Schlesner na Localidade de Contenda, e nas proximidades da Igreja Assembleia de Deus, residências dos Senhores Lautério e Silvério Parreira na localidade de Boa Vista Sul em toda extensão, neste Município.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2356/pedido-de-providencias_no_46-2025_-_mauro-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2356/pedido-de-providencias_no_46-2025_-_mauro-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize troca da lâmpada queimada em frente à residência do Sr. Marcos Kemmerich na Rua Roberto Krugel na sede do município e nos demais locais onde se fizer necessário.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2376/pedido-de-providencias_no_47-2025_-_mauro-_patrolamento_cerro_da_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2376/pedido-de-providencias_no_47-2025_-_mauro-_patrolamento_cerro_da_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize o patrolamento, cascalhamento e abertura de valetas na estrada do Cerro da Linha Campestre, interior deste município.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2377/pedido-de-providencias_no_48-2025_-_sapo-_iluminacao_mangueirinha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2377/pedido-de-providencias_no_48-2025_-_sapo-_iluminacao_mangueirinha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a revisão e troca das lâmpadas queimadas na localidade de Mangueirinha, interior do município.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2378/pedido-de-providencias_no_49-2025_-_mauro-_borrachudo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2378/pedido-de-providencias_no_49-2025_-_mauro-_borrachudo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que a antecipe o fornecimento e distribuição do produto biológico para o combate à larva do mosquito borrachudo, junto aos mananciais, neste município.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2381/pedido-de-providencias_no_50-2025_-_breno_-_cartao_vale.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2381/pedido-de-providencias_no_50-2025_-_breno_-_cartao_vale.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal examine a possibilidade de rescisão contratual com a empresa Face Card Administradora de Cartões Ltda., diante dos recorrentes problemas de atraso e falta de pagamento aos estabelecimentos credenciados no Município, bem como a análise da viabilidade de contratação de nova empresa para a gestão do cartão do vale-alimentação dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2383/pedido-de-providencias_no_51-2025_-_mauro_-_ginasio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2383/pedido-de-providencias_no_51-2025_-_mauro_-_ginasio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize a manutenção imediata dos banheiros do Ginásio Municipal Padeirão.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2384/pedido-de-providencias_no_52-2025_-_sapo_-_patrolamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2384/pedido-de-providencias_no_52-2025_-_sapo_-_patrolamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize o patrolamento da Travessa Altermann, interior do município.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2394/pedido-de-providencias_no_53-2025_-_beto_-_limpeza_caixas_de_agua.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2394/pedido-de-providencias_no_53-2025_-_beto_-_limpeza_caixas_de_agua.doc</t>
   </si>
   <si>
     <t>Que pede que o Poder Executivo Municipal tome as devidas providências a necessárias e providencie a limpeza e manutenção das caixas d’água da rede municipal, assegurando à população o consumo de água limpa e segura.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2410/pedido-de-providencias_no_54-2025_-_mauro_patrolamento_linha_progresso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2410/pedido-de-providencias_no_54-2025_-_mauro_patrolamento_linha_progresso.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine à secretaria competente que realize o patrolamento da Linha Progresso em toda sua extensão, no interior deste Município.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2411/pedido-de-providencias_no_55-2025_-_sapo_rocadas_na_vila_paraiso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2411/pedido-de-providencias_no_55-2025_-_sapo_rocadas_na_vila_paraiso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie a limpeza no terreno da Prefeitura nas proximidades da Praça na Vila Paraíso.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2417/pedido-de-providencias_no_57-2025_-_sapo_-_banheiro_posto.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2417/pedido-de-providencias_no_57-2025_-_sapo_-_banheiro_posto.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a possibilidade de instalar ou disponibilizar um banheiro de uso público no Posto de Saúde, aberto 24 horas no local onde os pacientes aguardam o transporte, garantindo condições dignas, higiene e respeito aos usuários do serviço de saúde ou ainda que seja divulgado e mantido em condições de uso o banheiro existe junto ao local onde é realizada a Feira do Grupo Agroecológico Flor&amp;Ser.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2418/pedido-de-providencias_no_57-2025_-_sapo_-_banheiro_posto.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2418/pedido-de-providencias_no_57-2025_-_sapo_-_banheiro_posto.doc</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2441/pedido-de-providencias_no_58-2025_-_jacir_-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2441/pedido-de-providencias_no_58-2025_-_jacir_-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que solicita que o Poder Executivo municipal realize a manutenção da iluminação pública em frente a propriedade do Sr. Juliano Achterberg e do Sr. Flábio Dumke na Linha Patrícia.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2444/pedido-_de-_providencias_no_59_-2025_-_breno-_receita_federal.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2444/pedido-_de-_providencias_no_59_-2025_-_breno-_receita_federal.doc</t>
   </si>
   <si>
     <t>Que este Poder Executivo encaminhe ofício formal à Receita Federal, por meio do setor responsável por doações de bens apreendidos, requerendo a disponibilização de um caminhão apropriado para transporte de água, o qual será utilizado pelos Bombeiros Voluntários exclusivamente para atendimento das necessidades coletivas e ações de utilidade pública.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2248/projeto_de_lei_n01-2025-_estabelece_o_indice_de_reposicao_geral_e_anual....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2248/projeto_de_lei_n01-2025-_estabelece_o_indice_de_reposicao_geral_e_anual....pdf</t>
   </si>
   <si>
     <t>Que estabelece o índice de reposição geral sobre a remuneração dos servidores Efetivos e de Cargos em Comissão do Poder Executivo, Aposentados e Pensionistas, e Conselheiros Tutelares</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>A  realizar parcelamento e conceder descontos para pagamento do Imposto Predial e Territorial Urbano (IPTU) no exercício 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_n03-2025-_autoriza_o_poder_executivo_a_realizar_contratacao_emergencial.....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_n03-2025-_autoriza_o_poder_executivo_a_realizar_contratacao_emergencial.....pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de farmacêutico, fonoaudiólogo, terapeuta ocupacional, servente e professores.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2251/projeto_de_lei_no_04-2025_-_revisao_servidores_poder_legislativo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2251/projeto_de_lei_no_04-2025_-_revisao_servidores_poder_legislativo.doc</t>
   </si>
   <si>
     <t>Que estabelece o índice de reposição geral anual, sobre a remuneração dos Servidores efetivos e de cargos em comissão do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2252/projeto_de_lei_n_05-2025-_diarias.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2252/projeto_de_lei_n_05-2025-_diarias.doc</t>
   </si>
   <si>
     <t>Altera os valores para o pagamento de despesas de locomoção e diárias aos vereadores e servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>“Ratifica, sem ressalvas, o aditivo ao protocolo de intenções de Consórcio intermunicipal da Região Centro do Estado-RS- CI/Centro e dá outras providências”.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2254/projeto_de_lei_n07-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo-ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente_-_legis_e_financas.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2254/projeto_de_lei_n07-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo-ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente_-_legis_e_financas.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade, junto à Secretaria Municipal de Agricultura e Pecuária e dá outras providências”.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2255/projeto_de_lei_n08-2025-_autoriza_o_poder_executivo_a_firmar_de_compromisso_de_incentivo_industrial_com_a_empresa_d.s._calcados_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2255/projeto_de_lei_n08-2025-_autoriza_o_poder_executivo_a_firmar_de_compromisso_de_incentivo_industrial_com_a_empresa_d.s._calcados_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal de Paraíso do Sul a firmar Termo de Compromisso de Incentivo Industrial coma “Empresa D.S. Calçados, e dá outras providências”.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto_de_lei_n09-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente__loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente_-_legis_e_financas.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto_de_lei_n09-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente__loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente_-_legis_e_financas.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade existente, junto á Secretaria Municipal de Educação e Cultura e dá outras providências”.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2257/projeto_de_lei_n10-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto_atividade_existente_-_legis_e_financa.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2257/projeto_de_lei_n10-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto_atividade_existente_-_legis_e_financa.pdf</t>
   </si>
   <si>
     <t>'Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de projeto atividade e elemento de despesa, junto à Secretaria Municipal de Agricultura e Pecuária e dá outras providências”.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei_n10-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto_atividade_existente_-_legis_e_financa.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei_n10-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto_atividade_existente_-_legis_e_financa.pdf</t>
   </si>
   <si>
     <t>“Estabelece os componentes municipais do Sistema nacional de Segurança Alimentar e Nutricional-SISAN, criado pela Lei Federal nº 11.346, de 15 de setembro de 2006”.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2259/projeto_de_lei_n12-2025-_autoriza__o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_operador_demaquinas_operario_e_servente_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2259/projeto_de_lei_n12-2025-_autoriza__o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_operador_demaquinas_operario_e_servente_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de operador de máquinas, operário e servente, e dá outras providências.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2280/projeto_de_lei_n13-2025-_credito_especial-_educacao_e_cultura....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2280/projeto_de_lei_n13-2025-_credito_especial-_educacao_e_cultura....pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de projeto/atividade e elemento de despesa, junto à Secretaria Municipal de Educação e Cultura e dá outras providências”</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2281/projeto_de_lei_n14-2025-altera_carga_horaria_dos_cargos_de_fonoaudiologo_e_terapeuta_ocupacional....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2281/projeto_de_lei_n14-2025-altera_carga_horaria_dos_cargos_de_fonoaudiologo_e_terapeuta_ocupacional....pdf</t>
   </si>
   <si>
     <t>Altera a carga horária dos cargos de Fonoaudiólogo e Terapeuta Ocupacional junto ao Quadro de Cargos de Provimento Efetivo do município de Paraíso do Sul, dado pelo art. 3º da Lei Municipal nº 1103/2011 e suas alterações, e dá outras providências”</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2282/projeto_de_lei_n15-2025-concede_isencao_do_imposto_iptu_atingidos_pelo_enchente_ou_alagamentos.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2282/projeto_de_lei_n15-2025-concede_isencao_do_imposto_iptu_atingidos_pelo_enchente_ou_alagamentos.pdf</t>
   </si>
   <si>
     <t>“Concede isenção do Imposto sobre a Propriedade Predial e Territorial Urbana (IPTU) incidente sobre imóveis edificados atingidos por enchentes ou alagamentos causados pelas chuvas ocorridas no Município de Paraíso do Sul.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_de_lei_no_16-2025_-__vale_alimentacao_legislativo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_de_lei_no_16-2025_-__vale_alimentacao_legislativo.doc</t>
   </si>
   <si>
     <t>“Fixa o valor unitário do Vale alimentação dos servidores ativos da Câmara Municipal, conforme previsão do art. 2º, §1º da Lei Municipal 1283/2015, de 23/06/2025”.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2295/projeto_de_lei_n17-2025-_vale_alimentocao_poder_executivo.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2295/projeto_de_lei_n17-2025-_vale_alimentocao_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Altera os valores dos incisos I e II do Art. 2°, conforme previsão do §1° do art. 2° da Lei Municipal n° 1483/2019, de 20/12/2019 que institui o Sistema de Vale-alimentação no âmbito da Administração Municipal.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2296/projeto_de_lei_n18-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_obras_e_transito..._2.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2296/projeto_de_lei_n18-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_obras_e_transito..._2.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade existente, junto à Secretaria Municipal de Obras e Trânsito e dá outras providências”.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2297/projeto_de_lei_n19-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_de_assistencia_social....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2297/projeto_de_lei_n19-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_de_assistencia_social....pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade existente, junto à Secretaria Municipal de Assistência Social e dá outras providências”.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2298/projeto_de_lei_n20-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente-_junto_a_secretaria_municipal_de_assistencia_social....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2298/projeto_de_lei_n20-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente-_junto_a_secretaria_municipal_de_assistencia_social....pdf</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2303/projeto_de_lei_n21-2025-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_fonoaudiologo_e_terapeuts_ocupacional.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2303/projeto_de_lei_n21-2025-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_fonoaudiologo_e_terapeuts_ocupacional.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de fonoaudiólogo e terapeuta ocupacional”.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>Altera os valores dos incisos I e II do Art. 2°, conforme previsão do § 1° do art. 2° da Lei Municipal n°1483/2019, de 20/12/2019 que institui o Sistema de Vale-alimentação no âmbito da Administração Municipal.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2305/projeto_de_lei_n23-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_associacao_-proparaiso-aniversario_do_municipio_xxxvii.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2305/projeto_de_lei_n23-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_associacao_-proparaiso-aniversario_do_municipio_xxxvii.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar termo de compromisso com a Associação para o desenvolvimento Cultural de Paraíso do Sul-PROPARAISO para custear despesas com comemorações do XXVII Aniversário de emancipação político-administrativa do município de Paraíso do Sul”</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2306/projeto_de_lei_n24-2025-_autoriza_o_poder_executivo_municipal_a_prestar_servico_a_titulo_de_incentivo_industrial-_empresa_hoppe_investimentos....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2306/projeto_de_lei_n24-2025-_autoriza_o_poder_executivo_municipal_a_prestar_servico_a_titulo_de_incentivo_industrial-_empresa_hoppe_investimentos....pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a prestar serviço a título de Incentivo industrial, para a Empresa Hoppe Investimentos Imobiliários Ltda e Gabriel Muller Felix Ltda.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2314/projeto_de_lei_n25-202_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2314/projeto_de_lei_n25-202_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial....pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Psicopedagogo e Professor Ed. Infantil/Anos inicias Especialização em Libras. Este com pedido de regime de urgência especial.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2315/projeto_de_lei_n26-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_gabinete__do_prefeito_municipal_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2315/projeto_de_lei_n26-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_gabinete__do_prefeito_municipal_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade existente, junto ao Gabinete do Prefeito Municipal e dá outras providências”</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_n27-2025-_ratificada_o_6_aditivo_ao_termo_de_colaboracao_firmado_entre_o_municipio_de_paraiso_do_sul_e_a_asssociacao_-proparaiso.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_n27-2025-_ratificada_o_6_aditivo_ao_termo_de_colaboracao_firmado_entre_o_municipio_de_paraiso_do_sul_e_a_asssociacao_-proparaiso.pdf</t>
   </si>
   <si>
     <t>“Ratificada o 6° Aditivo ao Termo de Colaboração firmado entre o município de Paraíso do Sul e a Associação para o Desenvolvimento Cultural de Paraíso do Sul- PROPARAÍSO.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2323/projeto_de_lei_n28-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loajunto_a_secretaria_de_obras_e_transito....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2323/projeto_de_lei_n28-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loajunto_a_secretaria_de_obras_e_transito....pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA), junto a Secretaria de Obras e Trânsito e dá outras providências".</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2331/projeto_de_lei_no_29-2025-_institui_o_plano_municipal_e_o_fundo_municipal_de_cultura_de_paraiso_do_sul....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2331/projeto_de_lei_no_29-2025-_institui_o_plano_municipal_e_o_fundo_municipal_de_cultura_de_paraiso_do_sul....pdf</t>
   </si>
   <si>
     <t>“Institui o Plano Municipal e o Fundo Municipal de Cultura no Município de Paraíso do Sul e dá outras providências”.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_n30-2025_-_contratacao_emergencial_de_tesoureiro_e_quimico.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_n30-2025_-_contratacao_emergencial_de_tesoureiro_e_quimico.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de tesoureiro e químico.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_n31-2025-autoriza_o_poder_executivo_municipal_a_firmar_convenio_de_cooperacao_com_municipios-_para_gestao_associada_de_servicos_publicos_2.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_n31-2025-autoriza_o_poder_executivo_municipal_a_firmar_convenio_de_cooperacao_com_municipios-_para_gestao_associada_de_servicos_publicos_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Convênio  de Cooperação com os Municípios de Restinga Sêca, Agudo, Novo Cabrais, Cerro Branco e Cachoeira do Sul, para a Gestão Associada de Serviços Públicos.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2334/projeto_de_lei_n32-2025_dispoe_sobre_o_plano_plurianual_para_o_quadrienio_2026-2029_e_da_outras__providencias..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2334/projeto_de_lei_n32-2025_dispoe_sobre_o_plano_plurianual_para_o_quadrienio_2026-2029_e_da_outras__providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá outras providências.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>Reestrutura o Serviço de Inspeção Municipal-SIM- no Município de Paraíso do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_lei_n34-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_junto_a_secretaria_municipal_de_assistencia_social.....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_lei_n34-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_junto_a_secretaria_municipal_de_assistencia_social.....pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade existente, junto á Secretaria Municipal de Assistência Social e dá outras providências.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_de_lei_n35-2025-_autoriza_o_poder_executivo_municipal_realizar_contratacao_emergencial_de_professor_de_artes.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_de_lei_n35-2025-_autoriza_o_poder_executivo_municipal_realizar_contratacao_emergencial_de_professor_de_artes.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Professor de Artes.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2349/projeto_de_lei_n36-2025-_abertura_de_credito_especial....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2349/projeto_de_lei_n36-2025-_abertura_de_credito_especial....pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de projeto atividade e elemento de despesa, junto á Secretaria municipal de Agricultura e Pecuária e dá outras providências”.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2351/projeto_de_lei_n37-2025-autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_assistencia_social..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2351/projeto_de_lei_n37-2025-autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_assistencia_social..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar a Contratação Emergencial de Assistente Social.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2353/projeto_de_lei_n38-2025-_altera_o_caput_do_artigo_49_da_lei_municipal_n1286-2015....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2353/projeto_de_lei_n38-2025-_altera_o_caput_do_artigo_49_da_lei_municipal_n1286-2015....pdf</t>
   </si>
   <si>
     <t>Altera o caput do artigo 49 da lei Municipal n°1286-2015, de 09-07-2015, "dispõe sobre a política municipal de proteção aos direitos da criança e do adolescente, cria o Conselho Municipal dos Direitos da Criança e do Adolescente, o Fundo Municipal dos Direitos da Criança e do Adolescente, o Sistema Municipal de Atendimento Socioeducativo e o Conselho Tutelar, e dá outras providências".</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2355/projeto_de_lei_n39-2025-_declara_a_fumicultura_como_atividade_de_relevante_interesse_economico_social_e_cultural_no_ambitodo_muncipio_de_paraiso_do_sul_....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2355/projeto_de_lei_n39-2025-_declara_a_fumicultura_como_atividade_de_relevante_interesse_economico_social_e_cultural_no_ambitodo_muncipio_de_paraiso_do_sul_....pdf</t>
   </si>
   <si>
     <t>Declara a fumicultura como atividade de relevante interesse econômico, social e cultural no âmbito do Município de Paraíso do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2357/projeto_de_lei_n40-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_o_ctg....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2357/projeto_de_lei_n40-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_o_ctg....pdf</t>
   </si>
   <si>
     <t>Autorizar o Poder Executivo Municipal a firmar termo de compromisso com o CTG Amigos do Rio Grande, para custear despesas da realização do Rodeio Crioulo Intermunicipal.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2358/projeto_de_lei_n41-2025_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_copromisso_com_a_sociedade_de_bolao_10_de_novembro....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2358/projeto_de_lei_n41-2025_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_copromisso_com_a_sociedade_de_bolao_10_de_novembro....pdf</t>
   </si>
   <si>
     <t>Autorizar o Poder Executivo Municipal a firmar termo de compromisso com a Sociedade de Bolão 10 de Novembro, para custear despesas de manutenção.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2359/projeto_de_lei_n42-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2359/projeto_de_lei_n42-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento....pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade existente, junto à Secretaria Municipal de Educação e Cultura e dá outras providências.”</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_lei_n43-2025-autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergncial_de_servente_e_professores.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_lei_n43-2025-autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergncial_de_servente_e_professores.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Servente e Professores".</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2370/projeto_de_lei_n44-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_ctg....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2370/projeto_de_lei_n44-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_ctg....pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar termo de compromisso com o CTG Amigos do Rio Grande, para custear despesas da realização do Rodeio Crioulo intermunicipal.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2371/projeto_de_lei_n45-2025-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2026.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2371/projeto_de_lei_n45-2025-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2385/projeto_de_lei_n46-2025-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_psicologo_e_agente_comunitario_de_saude.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2385/projeto_de_lei_n46-2025-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_psicologo_e_agente_comunitario_de_saude.pdf</t>
   </si>
   <si>
     <t>” Autoriza o Poder Executivo a realizar Contratação Emergencial de Psicólogo e Agente Comunitário de Saúde".</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2386/projeto_de_lei_n47-2025-_autoriza_o_poder_executivo_a_abrir_credito_suplementar_o_orcamento_vigente....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2386/projeto_de_lei_n47-2025-_autoriza_o_poder_executivo_a_abrir_credito_suplementar_o_orcamento_vigente....pdf</t>
   </si>
   <si>
     <t>” Autoriza o Poder Executivo a abrir crédito suplementar o Orçamento vigente, para reforço de dotações orçamentárias e dá outras providências".</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2389/projeto_de_lei_n48-2025-_dispoe_sobre_a_vacinacao_domiciliar_tea.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2389/projeto_de_lei_n48-2025-_dispoe_sobre_a_vacinacao_domiciliar_tea.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a vacinação domiciliar de pessoas com Transtorno do Espectro Autista (TEA) no âmbito do Município de Paraíso do Sul e dá outras providências.”</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2390/projeto_de_lei_n49-2025_-_vale_alimentacao_poder_executivo.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2390/projeto_de_lei_n49-2025_-_vale_alimentacao_poder_executivo.pdf</t>
   </si>
   <si>
     <t>” Altera o §4° do artigo 2° da Lei Municipal n°1.483/2019, de 20/12/2019 que “ Autoriza o Poder  Executivo Municipal a instituir Sistema de Vale-alimentação no âmbito da Administração Municipal...”.</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2393/projeto_de_lei_n50-2025-_autoriza_a_abertura_de_credito_especial__no_orcamento...gabinete_do_prefeito....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2393/projeto_de_lei_n50-2025-_autoriza_a_abertura_de_credito_especial__no_orcamento...gabinete_do_prefeito....pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA), junto ao Gabinete do Prefeito e dá outras providências”.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2396/projeto_de_lei_n51-2025-_institui_gratificacao__por_exercicio_de_atividade_complementar_aos_fiscais....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2396/projeto_de_lei_n51-2025-_institui_gratificacao__por_exercicio_de_atividade_complementar_aos_fiscais....pdf</t>
   </si>
   <si>
     <t>Institui gratificação por exercício de atividade complementar aos fiscais municipais que atuam no programa de integração tributária- PIT/RS e dá outras providências.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2397/projeto_de_lei_n52-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente...rua_max_retzlaff.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2397/projeto_de_lei_n52-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente...rua_max_retzlaff.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA), junto à Secretaria Municipal de Obras e Trânsito e dá outras providências.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2398/projeto_de_lei_n53-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_obras_e_transito....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2398/projeto_de_lei_n53-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_obras_e_transito....pdf</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2402/projeto_de_lei_no54-2025-_cria_o_conselho_municipal_de_protecao_e_bem-estar_animal_....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2402/projeto_de_lei_no54-2025-_cria_o_conselho_municipal_de_protecao_e_bem-estar_animal_....pdf</t>
   </si>
   <si>
     <t>“Cria o Conselho Municipal de proteção e bem-estar animal e o fundo municipal de bem estar animal (FMBEA) e dá outras providências".</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2403/projeto_de_lei_n55-2025-_aprova_o_plano_municipal_de_turismo....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2403/projeto_de_lei_n55-2025-_aprova_o_plano_municipal_de_turismo....pdf</t>
   </si>
   <si>
     <t>“Aprova o Plano Municipal de Turismo-PMT e dá outras providências”.</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2414/projeto_de_lei_no56-2025-_altera_o_art.3_da_lei_municipal_n460-1999_de_26_de_maio_de_1999_que_dispoe_sobre_gratificacao_...transporte_escolar.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2414/projeto_de_lei_no56-2025-_altera_o_art.3_da_lei_municipal_n460-1999_de_26_de_maio_de_1999_que_dispoe_sobre_gratificacao_...transporte_escolar.pdf</t>
   </si>
   <si>
     <t>“Altera o art. 3º da lei Municipal nº 460/1999 de 26 de maio 1999, que dispõe sobre gratificação por atividade de natureza especial para os Motoristas do município que exerçam suas funções no transporte escolar.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2415/projeto_de_lei_n57-2025-_institui_o_programa_municipal_de_incentivo__e_fomento_a_cultura....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2415/projeto_de_lei_n57-2025-_institui_o_programa_municipal_de_incentivo__e_fomento_a_cultura....pdf</t>
   </si>
   <si>
     <t>“Institui o Programa Municipal de Incentivo e fomento à Cultura, por meio do Fundo Municipal da Cultura, para apoio à realização dos projetos culturais executados por organizações da sociedade civil sem fins lucrativos do Município de Paraíso do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2416/projeto_de_lei_n58-2025-_ldo-2026.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2416/projeto_de_lei_n58-2025-_ldo-2026.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do município de Paraíso do Sul para o exercício financeiro de 2026”.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_n59-2025-altera_o_plano_de_carreira_do_magiterio_publica_municipal....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_n59-2025-altera_o_plano_de_carreira_do_magiterio_publica_municipal....pdf</t>
   </si>
   <si>
     <t>“Altera o Art. 32 e art. 33, e inclui o Art. 33-A, na lei Municipal nº 673/20004, de 05/01/2004, que dispõe sobre o plano de Carreira do magistério Público Municipal de Paraíso do Sul, revoga a lei Municipal nº 1.600/2022 de 18 de janeiro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2361/projeto_de_resolucao_n08-2025.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2361/projeto_de_resolucao_n08-2025.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI FEDERAL Nº 14.133/21, NO QUE TANGE AS FUNÇÕES DO AGENTE DE CONTRATAÇÃO, EQUIPE DE APOIO, COMISSÃO DE CONTRATAÇÃO, ASSESSORIA JURÍDICA E CONTROLE INTERNO.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2362/projeto_de_resolucao_n09-2025.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2362/projeto_de_resolucao_n09-2025.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A LEI FEDERAL Nº 14.133/21, NO QUE TANGE A ATUAÇÃO DOS GESTORES E FISCAIS DE CONTRATOS E ATAS DE REGISTRO DE PREÇOS".</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2363/projeto_de_resolucao_n10-2025.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2363/projeto_de_resolucao_n10-2025.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A LEI FEDERAL Nº 14.133/21, NO QUE TANGE A ASSINATURA NOS CONTRATOS, ATAS DE REGISTRO DE PREÇOS, ADITIVOS, SUPRESSÕES E APOSTILAMENTOS NA FORMA ELETRÔNICA".</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2364/projeto_de_resolucao_n11-2025-_regulamenta_a_lei_federal_n14.133-2021....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2364/projeto_de_resolucao_n11-2025-_regulamenta_a_lei_federal_n14.133-2021....pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A LEI FEDERAL Nº 14.133/2021, NO QUE TANGE AO ENQUADRAMENTO DOS BENS DE CONSUMO, NAS CATEGORIAS DE QUALIDADE COMUM E DE LUXO".</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2365/projeto_de_resolucao_n12-2025.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2365/projeto_de_resolucao_n12-2025.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A LEI FEDERAL Nº 14.133/2021, NO QUE TANGE A REALIZAÇÃO DE PESQUISA DE PREÇOS PARA AQUISIÇÃO DE BENS E CONTRATAÇÃO DE SERVIÇOS EM GERAL".</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2366/projeto_de_resolucao_n13-2025-_regulamentao_procedimento_interno_de_compras....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2366/projeto_de_resolucao_n13-2025-_regulamentao_procedimento_interno_de_compras....pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA O PROCEDIMENTO INTERNO DE COMPRAS E CONTRATAÇÕES NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL DE PARAÍSO DO SUL-RS, NOS LIMITES DA LEI FEDERAL Nº 14.133/2021".</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2367/projeto_de_resolucao_n14-2025-_regulamenta_a_lei_federal_n14.133-2025_no_tange_o_sistema_de_registro_de_precos....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2367/projeto_de_resolucao_n14-2025-_regulamenta_a_lei_federal_n14.133-2025_no_tange_o_sistema_de_registro_de_precos....pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A LEI FEDERAL Nº 14.133/21, NO QUE TANGE O SISTEMA DE REGISTRO DE PREÇOS NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE PARAÍSO DO SUL".</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2368/projeto_de_resolucao_n15-2025-_regulamenta_a_lei_federal_n14.133-21_no_que_tange_o_procedimento_administrativo....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2368/projeto_de_resolucao_n15-2025-_regulamenta_a_lei_federal_n14.133-21_no_que_tange_o_procedimento_administrativo....pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A LEI FEDERAL Nº 14.133/21, NO QUE TANGE O PROCEDIMENTO ADMINISTRATIVO PARA A REALIZAÇÃO DE CREDENCIAMENTO, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_001_2025_-_fpm.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_001_2025_-_fpm.doc</t>
   </si>
   <si>
     <t>REQUISITAR ao Poder Executivo Municipal as seguintes informações e documentos sobre o repasse do FPM- Fundo de Participação dos Municípios:_x000D_
 1)	O repasse de verbas para os municípios é feito por meio de transferências constitucionais e de convênios ou contratos de repasse. De acordo com o art. 4º da Lei Complementar 62/1989, os valores relativos ao FPM devem ser creditados decendialmente aos Municípios, até os dias 10, 20 e 30 de cada mês. Qual data ocorreu o repasse no mês de janeiro, fevereiro e março?_x000D_
 2)	Qual o valor a União repassou ao município nos meses de janeiro, fevereiro e março até a presente data?</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2302/04-requerimento_da_tribuna_popular_-_patricia_parreira_-secretaria_de_governo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2302/04-requerimento_da_tribuna_popular_-_patricia_parreira_-secretaria_de_governo.doc</t>
   </si>
   <si>
     <t>Campanha Leão Amigo e Transporte para São Vicente do Sul.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2322/05-requerimento_da_tribuna_popular_-_patricia_parreira_-secretaria_de_governo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2322/05-requerimento_da_tribuna_popular_-_patricia_parreira_-secretaria_de_governo.doc</t>
   </si>
   <si>
     <t>Projetos de Lei  de autoria do Poder Executivo em tramitação na Casa.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>1)	Porque o Transporte dos alunos que estudam em São Vicente ainda não está ocorrendo?_x000D_
 2)	Qual a data irá iniciar o transporte?</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2344/requerimento_-_alberto_abich.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2344/requerimento_-_alberto_abich.pdf</t>
   </si>
   <si>
     <t>Solicitação de  licença interesse.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2346/requerimento_-uso_da_tribuna.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2346/requerimento_-uso_da_tribuna.pdf</t>
   </si>
   <si>
     <t>Serviços desempenhados pela Secretaria de Agricultura, projetos e programas da pasta.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2352/requerimento_003_2025_-_incra.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2352/requerimento_003_2025_-_incra.doc</t>
   </si>
   <si>
     <t>Solicita as seguintes informações sobre o recadastramento do INCRA 2025; 1) Qual setor da Prefeitura está realizando o recadastramento anual obrigatório do Incra- Certificado de Cadastro Rural (CCIR)? 2). Qual o funcionário responsável?</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2354/requerimento_004_2025_-_caminhao_bombeiros.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2354/requerimento_004_2025_-_caminhao_bombeiros.doc</t>
   </si>
   <si>
     <t>REQUISITAR ao Poder Executivo Municipal as seguintes informações sobre o Caminhão dos Bombeiros Voluntários:_x000D_
 1-	Porque o caminhão não está mais estacionado junto ao Prédio dos Bombeiros?_x000D_
 2-	O mesmo está necessitando de manutenção? Se sim, quando a Prefeitura irá realizar a mesma?  Como irão proceder se ocorrer uma ocorrência de incêndio?</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2369/requerimento_n005-2025.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2369/requerimento_n005-2025.pdf</t>
   </si>
   <si>
     <t>REQUERER que seja apreciado, em regime de urgência especial, a seguinte proposição: _x000D_
 Projeto de Lei n° 43/2025, de 14.08.2025 que “Autoriza o Poder Executivo Municipal a realizar a Contratação Emergencial de serventes e professores”.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2372/13-requerimento_da_tribuna_popular_-_maiara.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2372/13-requerimento_da_tribuna_popular_-_maiara.doc</t>
   </si>
   <si>
     <t>Eu abaixo assinada, Maiara Meier, Enfermeira da Unidade de Saúde do município de acordo com o estabelecimento nos Artigos 209 e 213 do Regimento Interno desta Casa, venho à presença de Vossa Excelência, requerer, espaço da Tribuna Popular na Sessão Ordinária do dia 25 de agosto do corrente ano, com a finalidade de manifestar-me sobre o(s) seguinte(s) assunto(s):_x000D_
 _x000D_
 _x000D_
 Atendimentos de saúde no interior.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2380/14-requerimento_da_tribuna_popular_-_eliane-ctg.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2380/14-requerimento_da_tribuna_popular_-_eliane-ctg.doc</t>
   </si>
   <si>
     <t>Convite para os Festejos Farroupilha do CTG- Amigos do Rio Grande.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2387/15-requerimento_da_tribuna_popular_-_nivia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2387/15-requerimento_da_tribuna_popular_-_nivia.doc</t>
   </si>
   <si>
     <t>Solicitado pela gestora do Hospital Paraíso Associação Assistencial e Beneficente Nivia Oestreich.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2388/15-requerimento_da_tribuna_popular_-_nivia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2388/15-requerimento_da_tribuna_popular_-_nivia.doc</t>
   </si>
   <si>
     <t>Para uso da tribuna popular solicitado pela gestora do Hospital Paraíso Nivia Oestreich.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2391/requerimento-_pedido_de_informacoes.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2391/requerimento-_pedido_de_informacoes.pdf</t>
   </si>
   <si>
     <t>1-	Como está o andamento da Emenda Parlamentar do Deputado Federal Giovane Cherini-PL, destinado para calçamento da Rua Marcílio Ehle, que foi depositado na conta da Prefeitura Municipal em dezembro de 2024?_x000D_
 2-	Qual a previsão de início das obras?</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2392/requerimento-_uso_da_tribuna.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2392/requerimento-_uso_da_tribuna.pdf</t>
   </si>
   <si>
     <t>Consulta Popular.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2395/17-requerimento_da_tribuna_popular_-mae_de_aluna-__escola__alfredo_schlesner.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2395/17-requerimento_da_tribuna_popular_-mae_de_aluna-__escola__alfredo_schlesner.doc</t>
   </si>
   <si>
     <t>Assunto: Sobre a continuação das series inicias na Escola Alfredo Shlesner.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2399/mocao_de_apoio_vigilantes-_vigilantes.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2399/mocao_de_apoio_vigilantes-_vigilantes.docx</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2400/requerimento_006-2025_-_mauro_escola_gaspar.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2400/requerimento_006-2025_-_mauro_escola_gaspar.doc</t>
   </si>
   <si>
     <t>REQUISITAR ao Poder Executivo Municipal as seguintes informações sobre a Escola Municipal Gaspar Barreto:_x000D_
 Tendo em vista o cancelamento das matrículas para o ano letivo de 2026 no educandário. _x000D_
 1-	Qual o planejamento da Administração Municipal para uso daquele espaço em 2026? _x000D_
 2-	O prédio da escola ficará abandonado?</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2405/requerimento_uso_da_tribuna_-_roberto_schorn.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2405/requerimento_uso_da_tribuna_-_roberto_schorn.pdf</t>
   </si>
   <si>
     <t>Secretário de Saúde tratou de assuntos pertinentes a sua pasta e realizou esclarecimentos sobre atendimentos domiciliares e sobre a Estratégia da Saúde da Família-ESF</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2406/requerimento_uso_da_tribuna_-_enfermeira_maiara.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2406/requerimento_uso_da_tribuna_-_enfermeira_maiara.pdf</t>
   </si>
   <si>
     <t>A enfermeira Maiara apresentou um relatório de visitas domiciliares.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2408/requerimento_uso_da_tribuna_-_roberto_schorn.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2408/requerimento_uso_da_tribuna_-_roberto_schorn.pdf</t>
   </si>
   <si>
     <t>Primeiramente o Secretário de Saúde tratou de assuntos pertinentes a sua pasta e realizou esclarecimentos sobre atendimentos domiciliares e sobre a Estratégia da Saúde da Família-ESF.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2409/requerimento_uso_da_tribuna_-_enfermeira_maiara.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2409/requerimento_uso_da_tribuna_-_enfermeira_maiara.pdf</t>
   </si>
   <si>
     <t>A enfermeira Maiara apresentou um relatório de visitas domiciliares e falou dos trabalhos desenvolvidos pela Secretaria.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2419/requerimento_007-2025_-_katia_helena_schlesner.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2419/requerimento_007-2025_-_katia_helena_schlesner.doc</t>
   </si>
   <si>
     <t>Que esta Casa Legislativa envie ofícios à empresa Sacyr, ao DAER e ao Conselho de Usuários da RSC-287, responsáveis pela administração da RSC-287, solicitando a recolocação de controlador de velocidade (radar) no trevo de acesso ao Município de Paraíso do Sul/RS, considerando que, desde sua remoção, veículos têm transitado pelo local em alta velocidade, gerando risco concreto de acidentes e colocando em perigo a integridade física de pedestres, ciclistas e motoristas que utilizam a entrada principal da cidade.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2420/21-requerimento_da_tribuna_popular_-_nivia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2420/21-requerimento_da_tribuna_popular_-_nivia.doc</t>
   </si>
   <si>
     <t>Uso da tribuna popular solicitado pela Gestora do Hospital Paraíso, Senhora Nivia Oestreich. Após aprovação regimental a requerente fez um agradecimento a Ong Pró Vida Dízimo e relatou os equipamentos recebidos pela instituição, entre eles: Aparelho de ultrassom, Cardioversor com marcapasso, Respirador eletrônico e respirador portátil, Monitores multiparâmetros, Eletrocardiógrafo, Gerador 120 KVA, uma autoclave e uma Impressora. A gestora do Hospital Paraíso informou que alguns destes aparelhos já foram entregues, estão em uso e outros aguardando entrega e instalação. Destacou a importância de buscar investimentos no hospital, tanto através de projetos, emendas parlamentares e emendas impositivas de vereador. Lembrou que o Hospital Paraíso é o único hospital do município e, é necessário unir esforços para garantir que todos tenham acesso ao melhor atendimento possível nos momentos mais difíceis e necessários. Convidou a todos para participarem do Baile do Hospital que irá ocorrer no</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2421/21-requerimento_da_tribuna_popular_-_nivia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2421/21-requerimento_da_tribuna_popular_-_nivia.doc</t>
   </si>
   <si>
     <t>Requerimento de uso da tribuna popular solicitado pela Gestora do Hospital Paraíso, Senhora Nivia Oestreich.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2439/requerimento_008-2025_-_marcio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2439/requerimento_008-2025_-_marcio.doc</t>
   </si>
   <si>
     <t>Que requer as seguintes informações: Qual situação atual do caminhão da luz? 2.Qual a previsão para a realização da troca das lâmpadas queimadas no município?</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2442/of.gp.no378-2025-_convite_final_campeonato.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2442/of.gp.no378-2025-_convite_final_campeonato.pdf</t>
   </si>
   <si>
     <t>Convite para a Final do Campeonato Municipal de Futebol Sete.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2445/23-requerimento_da_tribuna_popular_-_jones.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2445/23-requerimento_da_tribuna_popular_-_jones.doc</t>
   </si>
   <si>
     <t>Solicitação do Uso da Tribuna Popular pelo Secretario Municipal da Agricultura e Pecuária Jones Diego Radiske._x000D_
 Tratou sobre a prestação de Contas  do Plano de Trabalho e horas máquinas para a manutenção dos acessos rurais no município de Paraíso do Sul-RS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2369,51 +2369,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2423/emenda_impositiva_no_01-2025-_katia_saude.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2424/emenda_impositiva_no_02-2025_-_luciano-_bolao_clube_familiar_paraiso.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2425/emenda_impositiva_no_03-2025-_katia_centro_pegagogico_e_escola_celia.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2426/emenda_impositiva_no_04-2025_-_luciano-_saude.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2427/emenda_impositiva_no_05-2025_-_breno_-_saude.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2428/emenda_impositiva_no_06-2025-_luiz.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2429/emenda_impositiva_no_07-2025-_marcio-_floreser_e_manguerinha.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2430/emenda_impositiva_no_08-2025-_marcio-_hospital.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2431/emenda_impositiva_no_09-2025_-_jacir-_saude.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2432/emenda_impositiva_no_10-2025_-_jacir-_bolao.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2433/emenda_impositiva_no_11-2025_-_mauro-_hospital.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2434/emenda_impositiva_no_12-2025_-_mauro-_alfredo_link.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2435/emenda_impositiva_no_13-2025_-eliseu_-_saude.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2436/emenda_impositiva_no_14-2025_-_mauro-_pro_paraiso.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2437/emenda_impositiva_no_15-2025_-_alberto-_hospital_da_vila.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2438/emenda_impositiva_no_16-2025_-_alberto-_alfredo_schlesner.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2443/emenda_modificativa_no_01-2025.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_no_01-2025_-_eliseu_-_lombadas_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_no_02-2025_-_mauro-_ponte_a._imigrantes.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_no_03-2025_-_eliseu_-_contas_de_luz_no_correio.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2284/indicacao_no_04-2025_-_marcio_-_posto_de_saude_na_mangueirnha.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2285/indicacao_no_05-2025-jacir_-_abertura_de_estrada.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_06-2025-jacir_-_vale_alimentacao.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_no_07-2025_-_mauro-_transporte_sao_vicente.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_no_08-2025-jacir_-_abertura_de_estrada.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2299/indicacao_no_009-_2025-__jacir_-_dessassoreamento.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_11-_mauro_-_monitor_onibus_escolar.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_12-2025-jacir_-_pmpiceps.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2382/indicacao_no_13-2025-_breno_-_adicional_de_insalubridade_agentes_comunitarios.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_no_14-2025-_beto-_quebra_molas.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_no_15-2025-_jacir-_agua.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_16-2025-_jacir-_ponte_molhada.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2307/mocao_de_apoio_-_projeto_n_399-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2321/mocao_de_apoio_-_projeto_npld_03-2025.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2373/mocao_de_congratulacao-_civil_2.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2374/mocao_de_congratulacao-_civil.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2401/mocao_de_apoio_vigilantes-_vigilantes.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2404/mocao_de_congratulacao.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2407/mocao_de_congratulacao.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2313/01-solicitacao_de_cedencia-_mdb_-.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2345/requerimento_-_alberto_abich.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2265/pedido-de-providencias_no_04-2025_-_luis_abrigo_onibus_boa_vista_sul.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2266/pedido-de-providencias_no_05-2025_-_luis_bueiro_boa_vista_norte.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2268/pedido-de-providencias_no_07-2025_-_mauro_cascalhamento_linha_varzea.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2269/pedido-de-providencias_no_08-2025_-_jacir_iluminacao_travessa_katzer.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2270/pedido-de-providencias_no_09-2025_-_jacir_iluminacao.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2271/pedido-de-providencias_no_10-2025_-_beto_alargamento_de_estrada.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2272/pedido-de-providencias_no_11-2025_-_marcio-_melhoria_na_estrada_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2273/pedido-de-providencias_no_12-2025_-_luiz_novo_ponto_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2274/pedido-de-providencias_no_13-2025_-_eliseu_crumenauer-_toldo.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2275/pedido-de-providencias_no_14-2025_-_jacir_bocas_de_lobo.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2277/pedido-de-providencias_no_15-2025_-_mauro_cascalhamento_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2278/pedido-de-providencias_no_16-2025_-_mauro_rocadas_e_patrolamento_cerro_da_boa_vista.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2279/pedido-de-providencias_no_17-2025_-_jacir_bocas_de_lobo.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2287/pedido-de-providencias_no_18-2025_-_mauro_colocacao_de_tubos.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2288/pedido-de-providencias_no_19-2025_-_alberto_abich-_iluminacao.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2289/pedido-de-providencias_no_20-2025_-_mauro_lixo_ponte.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2290/pedido-de-providencias_no_21-2025_-_mauro_lampada_queimada_c.esquina_gerhke.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2291/pedido-de-providencias_no_22-2025_-_sapo-_novo_ponto_de_iluminacaopublica.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2300/pedido-de-providencias_no_23-2025_-_mauro-_andarilho_igreja.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2301/pedido-de-providencias_no_24-2025_-_breno-_patrolamento_e_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2308/pedido-de-providencias_no_25-2025_-_jacir-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2310/pedido-de-providencias_no_27-2025_-_katia-_quebra_mola_emei.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2311/pedido-de-providencias_no_28-2025-_luciano_-_placas_indicativas.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2317/pedido-de-providencias_no_30-2025_-_alberto_novo_ponto_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2318/pedido-de-providencias_no_31-2025_-_mauro_esgoto.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2325/pedido-de-providencias_no_32-2025_-_jacir-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2326/pedido-de-providencias_no_33-2025_-_todos-_cabos_iluminacao.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2327/pedido-de-providencias_no_34-2025_-_mauro-_patrolamento_rua_e.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2328/pedido-de-providencias_no_35-2025_-_jacir-_placas_de_sinalizacao.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2330/pedido-de-providencias_n_36-2025-_breno_-__cascalhamento-_rolo.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2335/pedido-de-providencias_no_37-2025_-_jacir-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2337/pedido-de-providencias_no_39-2025_-_mauro-_rocadas.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2342/pedido-de-providencias_no_41-2025_-_mauro-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2343/pedido-de-providencias_no_42-2025_-_mauro-_cascalhamento_corredor_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2347/pedido-de-providencias_no_43-2025_-_mauro-_calcamento_vila.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2348/pedido-de-providencias_no_44-2025_-_sapo-_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2350/pedido-de-providencias_no_45-2025_-_mauro-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2356/pedido-de-providencias_no_46-2025_-_mauro-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2376/pedido-de-providencias_no_47-2025_-_mauro-_patrolamento_cerro_da_campestre.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2377/pedido-de-providencias_no_48-2025_-_sapo-_iluminacao_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2378/pedido-de-providencias_no_49-2025_-_mauro-_borrachudo.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2381/pedido-de-providencias_no_50-2025_-_breno_-_cartao_vale.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2383/pedido-de-providencias_no_51-2025_-_mauro_-_ginasio.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2384/pedido-de-providencias_no_52-2025_-_sapo_-_patrolamento.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2394/pedido-de-providencias_no_53-2025_-_beto_-_limpeza_caixas_de_agua.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2410/pedido-de-providencias_no_54-2025_-_mauro_patrolamento_linha_progresso.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2411/pedido-de-providencias_no_55-2025_-_sapo_rocadas_na_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2417/pedido-de-providencias_no_57-2025_-_sapo_-_banheiro_posto.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2418/pedido-de-providencias_no_57-2025_-_sapo_-_banheiro_posto.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2441/pedido-de-providencias_no_58-2025_-_jacir_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2444/pedido-_de-_providencias_no_59_-2025_-_breno-_receita_federal.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2248/projeto_de_lei_n01-2025-_estabelece_o_indice_de_reposicao_geral_e_anual....pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_n03-2025-_autoriza_o_poder_executivo_a_realizar_contratacao_emergencial.....pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2251/projeto_de_lei_no_04-2025_-_revisao_servidores_poder_legislativo.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2252/projeto_de_lei_n_05-2025-_diarias.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2254/projeto_de_lei_n07-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo-ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente_-_legis_e_financas.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2255/projeto_de_lei_n08-2025-_autoriza_o_poder_executivo_a_firmar_de_compromisso_de_incentivo_industrial_com_a_empresa_d.s._calcados_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto_de_lei_n09-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente__loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente_-_legis_e_financas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2257/projeto_de_lei_n10-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto_atividade_existente_-_legis_e_financa.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei_n10-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto_atividade_existente_-_legis_e_financa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2259/projeto_de_lei_n12-2025-_autoriza__o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_operador_demaquinas_operario_e_servente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2280/projeto_de_lei_n13-2025-_credito_especial-_educacao_e_cultura....pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2281/projeto_de_lei_n14-2025-altera_carga_horaria_dos_cargos_de_fonoaudiologo_e_terapeuta_ocupacional....pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2282/projeto_de_lei_n15-2025-concede_isencao_do_imposto_iptu_atingidos_pelo_enchente_ou_alagamentos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_de_lei_no_16-2025_-__vale_alimentacao_legislativo.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2295/projeto_de_lei_n17-2025-_vale_alimentocao_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2296/projeto_de_lei_n18-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_obras_e_transito..._2.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2297/projeto_de_lei_n19-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_de_assistencia_social....pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2298/projeto_de_lei_n20-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente-_junto_a_secretaria_municipal_de_assistencia_social....pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2303/projeto_de_lei_n21-2025-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_fonoaudiologo_e_terapeuts_ocupacional.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2305/projeto_de_lei_n23-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_associacao_-proparaiso-aniversario_do_municipio_xxxvii.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2306/projeto_de_lei_n24-2025-_autoriza_o_poder_executivo_municipal_a_prestar_servico_a_titulo_de_incentivo_industrial-_empresa_hoppe_investimentos....pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2314/projeto_de_lei_n25-202_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial....pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2315/projeto_de_lei_n26-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_gabinete__do_prefeito_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_n27-2025-_ratificada_o_6_aditivo_ao_termo_de_colaboracao_firmado_entre_o_municipio_de_paraiso_do_sul_e_a_asssociacao_-proparaiso.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2323/projeto_de_lei_n28-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loajunto_a_secretaria_de_obras_e_transito....pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2331/projeto_de_lei_no_29-2025-_institui_o_plano_municipal_e_o_fundo_municipal_de_cultura_de_paraiso_do_sul....pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_n30-2025_-_contratacao_emergencial_de_tesoureiro_e_quimico.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_n31-2025-autoriza_o_poder_executivo_municipal_a_firmar_convenio_de_cooperacao_com_municipios-_para_gestao_associada_de_servicos_publicos_2.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2334/projeto_de_lei_n32-2025_dispoe_sobre_o_plano_plurianual_para_o_quadrienio_2026-2029_e_da_outras__providencias..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_lei_n34-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_junto_a_secretaria_municipal_de_assistencia_social.....pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_de_lei_n35-2025-_autoriza_o_poder_executivo_municipal_realizar_contratacao_emergencial_de_professor_de_artes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2349/projeto_de_lei_n36-2025-_abertura_de_credito_especial....pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2351/projeto_de_lei_n37-2025-autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2353/projeto_de_lei_n38-2025-_altera_o_caput_do_artigo_49_da_lei_municipal_n1286-2015....pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2355/projeto_de_lei_n39-2025-_declara_a_fumicultura_como_atividade_de_relevante_interesse_economico_social_e_cultural_no_ambitodo_muncipio_de_paraiso_do_sul_....pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2357/projeto_de_lei_n40-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_o_ctg....pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2358/projeto_de_lei_n41-2025_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_copromisso_com_a_sociedade_de_bolao_10_de_novembro....pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2359/projeto_de_lei_n42-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento....pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_lei_n43-2025-autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergncial_de_servente_e_professores.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2370/projeto_de_lei_n44-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_ctg....pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2371/projeto_de_lei_n45-2025-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2385/projeto_de_lei_n46-2025-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_psicologo_e_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2386/projeto_de_lei_n47-2025-_autoriza_o_poder_executivo_a_abrir_credito_suplementar_o_orcamento_vigente....pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2389/projeto_de_lei_n48-2025-_dispoe_sobre_a_vacinacao_domiciliar_tea.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2390/projeto_de_lei_n49-2025_-_vale_alimentacao_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2393/projeto_de_lei_n50-2025-_autoriza_a_abertura_de_credito_especial__no_orcamento...gabinete_do_prefeito....pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2396/projeto_de_lei_n51-2025-_institui_gratificacao__por_exercicio_de_atividade_complementar_aos_fiscais....pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2397/projeto_de_lei_n52-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente...rua_max_retzlaff.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2398/projeto_de_lei_n53-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_obras_e_transito....pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2402/projeto_de_lei_no54-2025-_cria_o_conselho_municipal_de_protecao_e_bem-estar_animal_....pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2403/projeto_de_lei_n55-2025-_aprova_o_plano_municipal_de_turismo....pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2414/projeto_de_lei_no56-2025-_altera_o_art.3_da_lei_municipal_n460-1999_de_26_de_maio_de_1999_que_dispoe_sobre_gratificacao_...transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2415/projeto_de_lei_n57-2025-_institui_o_programa_municipal_de_incentivo__e_fomento_a_cultura....pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2416/projeto_de_lei_n58-2025-_ldo-2026.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_n59-2025-altera_o_plano_de_carreira_do_magiterio_publica_municipal....pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2361/projeto_de_resolucao_n08-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2362/projeto_de_resolucao_n09-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2363/projeto_de_resolucao_n10-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2364/projeto_de_resolucao_n11-2025-_regulamenta_a_lei_federal_n14.133-2021....pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2365/projeto_de_resolucao_n12-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2366/projeto_de_resolucao_n13-2025-_regulamentao_procedimento_interno_de_compras....pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2367/projeto_de_resolucao_n14-2025-_regulamenta_a_lei_federal_n14.133-2025_no_tange_o_sistema_de_registro_de_precos....pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2368/projeto_de_resolucao_n15-2025-_regulamenta_a_lei_federal_n14.133-21_no_que_tange_o_procedimento_administrativo....pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_001_2025_-_fpm.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2302/04-requerimento_da_tribuna_popular_-_patricia_parreira_-secretaria_de_governo.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2322/05-requerimento_da_tribuna_popular_-_patricia_parreira_-secretaria_de_governo.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2344/requerimento_-_alberto_abich.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2346/requerimento_-uso_da_tribuna.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2352/requerimento_003_2025_-_incra.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2354/requerimento_004_2025_-_caminhao_bombeiros.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2369/requerimento_n005-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2372/13-requerimento_da_tribuna_popular_-_maiara.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2380/14-requerimento_da_tribuna_popular_-_eliane-ctg.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2387/15-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2388/15-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2391/requerimento-_pedido_de_informacoes.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2392/requerimento-_uso_da_tribuna.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2395/17-requerimento_da_tribuna_popular_-mae_de_aluna-__escola__alfredo_schlesner.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2399/mocao_de_apoio_vigilantes-_vigilantes.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2400/requerimento_006-2025_-_mauro_escola_gaspar.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2405/requerimento_uso_da_tribuna_-_roberto_schorn.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2406/requerimento_uso_da_tribuna_-_enfermeira_maiara.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2408/requerimento_uso_da_tribuna_-_roberto_schorn.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2409/requerimento_uso_da_tribuna_-_enfermeira_maiara.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2419/requerimento_007-2025_-_katia_helena_schlesner.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2420/21-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2421/21-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2439/requerimento_008-2025_-_marcio.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2442/of.gp.no378-2025-_convite_final_campeonato.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2445/23-requerimento_da_tribuna_popular_-_jones.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2423/emenda_impositiva_no_01-2025-_katia_saude.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2424/emenda_impositiva_no_02-2025_-_luciano-_bolao_clube_familiar_paraiso.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2425/emenda_impositiva_no_03-2025-_katia_centro_pegagogico_e_escola_celia.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2426/emenda_impositiva_no_04-2025_-_luciano-_saude.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2427/emenda_impositiva_no_05-2025_-_breno_-_saude.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2428/emenda_impositiva_no_06-2025-_luiz.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2429/emenda_impositiva_no_07-2025-_marcio-_floreser_e_manguerinha.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2430/emenda_impositiva_no_08-2025-_marcio-_hospital.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2431/emenda_impositiva_no_09-2025_-_jacir-_saude.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2432/emenda_impositiva_no_10-2025_-_jacir-_bolao.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2433/emenda_impositiva_no_11-2025_-_mauro-_hospital.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2434/emenda_impositiva_no_12-2025_-_mauro-_alfredo_link.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2435/emenda_impositiva_no_13-2025_-eliseu_-_saude.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2436/emenda_impositiva_no_14-2025_-_mauro-_pro_paraiso.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2437/emenda_impositiva_no_15-2025_-_alberto-_hospital_da_vila.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2438/emenda_impositiva_no_16-2025_-_alberto-_alfredo_schlesner.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2443/emenda_modificativa_no_01-2025.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_no_01-2025_-_eliseu_-_lombadas_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_no_02-2025_-_mauro-_ponte_a._imigrantes.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_no_03-2025_-_eliseu_-_contas_de_luz_no_correio.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2284/indicacao_no_04-2025_-_marcio_-_posto_de_saude_na_mangueirnha.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2285/indicacao_no_05-2025-jacir_-_abertura_de_estrada.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_06-2025-jacir_-_vale_alimentacao.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_no_07-2025_-_mauro-_transporte_sao_vicente.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_no_08-2025-jacir_-_abertura_de_estrada.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2299/indicacao_no_009-_2025-__jacir_-_dessassoreamento.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_11-_mauro_-_monitor_onibus_escolar.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_12-2025-jacir_-_pmpiceps.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2382/indicacao_no_13-2025-_breno_-_adicional_de_insalubridade_agentes_comunitarios.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_no_14-2025-_beto-_quebra_molas.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_no_15-2025-_jacir-_agua.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_16-2025-_jacir-_ponte_molhada.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2307/mocao_de_apoio_-_projeto_n_399-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2321/mocao_de_apoio_-_projeto_npld_03-2025.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2373/mocao_de_congratulacao-_civil_2.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2374/mocao_de_congratulacao-_civil.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2401/mocao_de_apoio_vigilantes-_vigilantes.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2404/mocao_de_congratulacao.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2407/mocao_de_congratulacao.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2313/01-solicitacao_de_cedencia-_mdb_-.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2345/requerimento_-_alberto_abich.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2265/pedido-de-providencias_no_04-2025_-_luis_abrigo_onibus_boa_vista_sul.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2266/pedido-de-providencias_no_05-2025_-_luis_bueiro_boa_vista_norte.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2268/pedido-de-providencias_no_07-2025_-_mauro_cascalhamento_linha_varzea.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2269/pedido-de-providencias_no_08-2025_-_jacir_iluminacao_travessa_katzer.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2270/pedido-de-providencias_no_09-2025_-_jacir_iluminacao.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2271/pedido-de-providencias_no_10-2025_-_beto_alargamento_de_estrada.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2272/pedido-de-providencias_no_11-2025_-_marcio-_melhoria_na_estrada_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2273/pedido-de-providencias_no_12-2025_-_luiz_novo_ponto_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2274/pedido-de-providencias_no_13-2025_-_eliseu_crumenauer-_toldo.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2275/pedido-de-providencias_no_14-2025_-_jacir_bocas_de_lobo.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2277/pedido-de-providencias_no_15-2025_-_mauro_cascalhamento_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2278/pedido-de-providencias_no_16-2025_-_mauro_rocadas_e_patrolamento_cerro_da_boa_vista.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2279/pedido-de-providencias_no_17-2025_-_jacir_bocas_de_lobo.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2287/pedido-de-providencias_no_18-2025_-_mauro_colocacao_de_tubos.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2288/pedido-de-providencias_no_19-2025_-_alberto_abich-_iluminacao.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2289/pedido-de-providencias_no_20-2025_-_mauro_lixo_ponte.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2290/pedido-de-providencias_no_21-2025_-_mauro_lampada_queimada_c.esquina_gerhke.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2291/pedido-de-providencias_no_22-2025_-_sapo-_novo_ponto_de_iluminacaopublica.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2300/pedido-de-providencias_no_23-2025_-_mauro-_andarilho_igreja.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2301/pedido-de-providencias_no_24-2025_-_breno-_patrolamento_e_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2308/pedido-de-providencias_no_25-2025_-_jacir-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2310/pedido-de-providencias_no_27-2025_-_katia-_quebra_mola_emei.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2311/pedido-de-providencias_no_28-2025-_luciano_-_placas_indicativas.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2317/pedido-de-providencias_no_30-2025_-_alberto_novo_ponto_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2318/pedido-de-providencias_no_31-2025_-_mauro_esgoto.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2325/pedido-de-providencias_no_32-2025_-_jacir-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2326/pedido-de-providencias_no_33-2025_-_todos-_cabos_iluminacao.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2327/pedido-de-providencias_no_34-2025_-_mauro-_patrolamento_rua_e.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2328/pedido-de-providencias_no_35-2025_-_jacir-_placas_de_sinalizacao.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2330/pedido-de-providencias_n_36-2025-_breno_-__cascalhamento-_rolo.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2335/pedido-de-providencias_no_37-2025_-_jacir-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2337/pedido-de-providencias_no_39-2025_-_mauro-_rocadas.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2342/pedido-de-providencias_no_41-2025_-_mauro-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2343/pedido-de-providencias_no_42-2025_-_mauro-_cascalhamento_corredor_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2347/pedido-de-providencias_no_43-2025_-_mauro-_calcamento_vila.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2348/pedido-de-providencias_no_44-2025_-_sapo-_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2350/pedido-de-providencias_no_45-2025_-_mauro-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2356/pedido-de-providencias_no_46-2025_-_mauro-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2376/pedido-de-providencias_no_47-2025_-_mauro-_patrolamento_cerro_da_campestre.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2377/pedido-de-providencias_no_48-2025_-_sapo-_iluminacao_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2378/pedido-de-providencias_no_49-2025_-_mauro-_borrachudo.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2381/pedido-de-providencias_no_50-2025_-_breno_-_cartao_vale.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2383/pedido-de-providencias_no_51-2025_-_mauro_-_ginasio.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2384/pedido-de-providencias_no_52-2025_-_sapo_-_patrolamento.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2394/pedido-de-providencias_no_53-2025_-_beto_-_limpeza_caixas_de_agua.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2410/pedido-de-providencias_no_54-2025_-_mauro_patrolamento_linha_progresso.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2411/pedido-de-providencias_no_55-2025_-_sapo_rocadas_na_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2417/pedido-de-providencias_no_57-2025_-_sapo_-_banheiro_posto.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2418/pedido-de-providencias_no_57-2025_-_sapo_-_banheiro_posto.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2441/pedido-de-providencias_no_58-2025_-_jacir_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2444/pedido-_de-_providencias_no_59_-2025_-_breno-_receita_federal.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2248/projeto_de_lei_n01-2025-_estabelece_o_indice_de_reposicao_geral_e_anual....pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2250/projeto_de_lei_n03-2025-_autoriza_o_poder_executivo_a_realizar_contratacao_emergencial.....pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2251/projeto_de_lei_no_04-2025_-_revisao_servidores_poder_legislativo.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2252/projeto_de_lei_n_05-2025-_diarias.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2254/projeto_de_lei_n07-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo-ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente_-_legis_e_financas.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2255/projeto_de_lei_n08-2025-_autoriza_o_poder_executivo_a_firmar_de_compromisso_de_incentivo_industrial_com_a_empresa_d.s._calcados_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2256/projeto_de_lei_n09-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente__loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente_-_legis_e_financas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2257/projeto_de_lei_n10-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto_atividade_existente_-_legis_e_financa.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2258/projeto_de_lei_n10-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto_atividade_existente_-_legis_e_financa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2259/projeto_de_lei_n12-2025-_autoriza__o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_operador_demaquinas_operario_e_servente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2280/projeto_de_lei_n13-2025-_credito_especial-_educacao_e_cultura....pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2281/projeto_de_lei_n14-2025-altera_carga_horaria_dos_cargos_de_fonoaudiologo_e_terapeuta_ocupacional....pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2282/projeto_de_lei_n15-2025-concede_isencao_do_imposto_iptu_atingidos_pelo_enchente_ou_alagamentos.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2283/projeto_de_lei_no_16-2025_-__vale_alimentacao_legislativo.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2295/projeto_de_lei_n17-2025-_vale_alimentocao_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2296/projeto_de_lei_n18-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_obras_e_transito..._2.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2297/projeto_de_lei_n19-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_de_assistencia_social....pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2298/projeto_de_lei_n20-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente-_junto_a_secretaria_municipal_de_assistencia_social....pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2303/projeto_de_lei_n21-2025-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_fonoaudiologo_e_terapeuts_ocupacional.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2305/projeto_de_lei_n23-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_associacao_-proparaiso-aniversario_do_municipio_xxxvii.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2306/projeto_de_lei_n24-2025-_autoriza_o_poder_executivo_municipal_a_prestar_servico_a_titulo_de_incentivo_industrial-_empresa_hoppe_investimentos....pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2314/projeto_de_lei_n25-202_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial....pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2315/projeto_de_lei_n26-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_gabinete__do_prefeito_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2316/projeto_de_lei_n27-2025-_ratificada_o_6_aditivo_ao_termo_de_colaboracao_firmado_entre_o_municipio_de_paraiso_do_sul_e_a_asssociacao_-proparaiso.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2323/projeto_de_lei_n28-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loajunto_a_secretaria_de_obras_e_transito....pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2331/projeto_de_lei_no_29-2025-_institui_o_plano_municipal_e_o_fundo_municipal_de_cultura_de_paraiso_do_sul....pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_n30-2025_-_contratacao_emergencial_de_tesoureiro_e_quimico.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_n31-2025-autoriza_o_poder_executivo_municipal_a_firmar_convenio_de_cooperacao_com_municipios-_para_gestao_associada_de_servicos_publicos_2.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2334/projeto_de_lei_n32-2025_dispoe_sobre_o_plano_plurianual_para_o_quadrienio_2026-2029_e_da_outras__providencias..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2340/projeto_de_lei_n34-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_junto_a_secretaria_municipal_de_assistencia_social.....pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2341/projeto_de_lei_n35-2025-_autoriza_o_poder_executivo_municipal_realizar_contratacao_emergencial_de_professor_de_artes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2349/projeto_de_lei_n36-2025-_abertura_de_credito_especial....pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2351/projeto_de_lei_n37-2025-autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2353/projeto_de_lei_n38-2025-_altera_o_caput_do_artigo_49_da_lei_municipal_n1286-2015....pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2355/projeto_de_lei_n39-2025-_declara_a_fumicultura_como_atividade_de_relevante_interesse_economico_social_e_cultural_no_ambitodo_muncipio_de_paraiso_do_sul_....pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2357/projeto_de_lei_n40-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_o_ctg....pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2358/projeto_de_lei_n41-2025_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_copromisso_com_a_sociedade_de_bolao_10_de_novembro....pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2359/projeto_de_lei_n42-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento....pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2360/projeto_de_lei_n43-2025-autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergncial_de_servente_e_professores.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2370/projeto_de_lei_n44-2025-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_ctg....pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2371/projeto_de_lei_n45-2025-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2385/projeto_de_lei_n46-2025-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_psicologo_e_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2386/projeto_de_lei_n47-2025-_autoriza_o_poder_executivo_a_abrir_credito_suplementar_o_orcamento_vigente....pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2389/projeto_de_lei_n48-2025-_dispoe_sobre_a_vacinacao_domiciliar_tea.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2390/projeto_de_lei_n49-2025_-_vale_alimentacao_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2393/projeto_de_lei_n50-2025-_autoriza_a_abertura_de_credito_especial__no_orcamento...gabinete_do_prefeito....pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2396/projeto_de_lei_n51-2025-_institui_gratificacao__por_exercicio_de_atividade_complementar_aos_fiscais....pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2397/projeto_de_lei_n52-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente...rua_max_retzlaff.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2398/projeto_de_lei_n53-2025-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_obras_e_transito....pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2402/projeto_de_lei_no54-2025-_cria_o_conselho_municipal_de_protecao_e_bem-estar_animal_....pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2403/projeto_de_lei_n55-2025-_aprova_o_plano_municipal_de_turismo....pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2414/projeto_de_lei_no56-2025-_altera_o_art.3_da_lei_municipal_n460-1999_de_26_de_maio_de_1999_que_dispoe_sobre_gratificacao_...transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2415/projeto_de_lei_n57-2025-_institui_o_programa_municipal_de_incentivo__e_fomento_a_cultura....pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2416/projeto_de_lei_n58-2025-_ldo-2026.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_n59-2025-altera_o_plano_de_carreira_do_magiterio_publica_municipal....pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2361/projeto_de_resolucao_n08-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2362/projeto_de_resolucao_n09-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2363/projeto_de_resolucao_n10-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2364/projeto_de_resolucao_n11-2025-_regulamenta_a_lei_federal_n14.133-2021....pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2365/projeto_de_resolucao_n12-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2366/projeto_de_resolucao_n13-2025-_regulamentao_procedimento_interno_de_compras....pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2367/projeto_de_resolucao_n14-2025-_regulamenta_a_lei_federal_n14.133-2025_no_tange_o_sistema_de_registro_de_precos....pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2368/projeto_de_resolucao_n15-2025-_regulamenta_a_lei_federal_n14.133-21_no_que_tange_o_procedimento_administrativo....pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_001_2025_-_fpm.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2302/04-requerimento_da_tribuna_popular_-_patricia_parreira_-secretaria_de_governo.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2322/05-requerimento_da_tribuna_popular_-_patricia_parreira_-secretaria_de_governo.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2344/requerimento_-_alberto_abich.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2346/requerimento_-uso_da_tribuna.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2352/requerimento_003_2025_-_incra.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2354/requerimento_004_2025_-_caminhao_bombeiros.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2369/requerimento_n005-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2372/13-requerimento_da_tribuna_popular_-_maiara.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2380/14-requerimento_da_tribuna_popular_-_eliane-ctg.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2387/15-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2388/15-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2391/requerimento-_pedido_de_informacoes.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2392/requerimento-_uso_da_tribuna.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2395/17-requerimento_da_tribuna_popular_-mae_de_aluna-__escola__alfredo_schlesner.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2399/mocao_de_apoio_vigilantes-_vigilantes.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2400/requerimento_006-2025_-_mauro_escola_gaspar.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2405/requerimento_uso_da_tribuna_-_roberto_schorn.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2406/requerimento_uso_da_tribuna_-_enfermeira_maiara.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2408/requerimento_uso_da_tribuna_-_roberto_schorn.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2409/requerimento_uso_da_tribuna_-_enfermeira_maiara.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2419/requerimento_007-2025_-_katia_helena_schlesner.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2420/21-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2421/21-requerimento_da_tribuna_popular_-_nivia.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2439/requerimento_008-2025_-_marcio.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2442/of.gp.no378-2025-_convite_final_campeonato.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2025/2445/23-requerimento_da_tribuna_popular_-_jones.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>