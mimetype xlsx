--- v0 (2025-10-13)
+++ v1 (2026-03-11)
@@ -54,1731 +54,1731 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>KÁTIA HELENA SCHLESNER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2123/indicacao_n_01-2024_-__katia_-_corrego_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2123/indicacao_n_01-2024_-__katia_-_corrego_campestre.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura, juntamente com os órgãos competentes, se mobilize para agilizar a realização da limpeza do leito da sanga que faz  divisa das localidades de Linha Campestre e Mangueirinha, para que a água escoa em seu trajeto normal sem causar danos a estrada, coloque uma tubulação adequada para o volume de água, ou realize a construção de uma ponte, ou ainda promova a elevação da estrada com a colocação de material como cascalho.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2186/indicacao_02-2024_-_katia_-_estacionamento_av._primeiro_de_janeiro.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2186/indicacao_02-2024_-_katia_-_estacionamento_av._primeiro_de_janeiro.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine à secretaria competente que viabilize, juntamente com o Conselho Municipal de Trânsito, a demarcação do estacionamento na Av. Primeiro de Janeiro, junto ao Canteiro Central, no trecho entre á Loja Menezes e o Tabelionato/Detran, nessa cidade.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2193/indicacao_03-2024_-__juliano_-_ponto_de_taxi_saude.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2193/indicacao_03-2024_-__juliano_-_ponto_de_taxi_saude.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura, juntamente com os órgãos competentes, viabilize a sinalização e demarcação  de um ponto de táxi em frente ao Posto de Saúde da sede.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2194/indicacao_04-2024_-__juliano_-_estacionamento_idoso_posto_de_saude.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2194/indicacao_04-2024_-__juliano_-_estacionamento_idoso_posto_de_saude.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura, juntamente com os órgãos competentes, providencie a demarcação de local para vaga de estacionamento para idoso e deficiente  em frente ao Posto de Saúde da sede.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2154/mocao_reivindicatoria_-_katia_lombada_eletronica.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2154/mocao_reivindicatoria_-_katia_lombada_eletronica.docx</t>
   </si>
   <si>
     <t>Reinstalação dos equipamentos redutores de velocidade, retirados do Km 180 da RSC 287, junto a rótula do principal acesso à cidade de Paraíso do Sul.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2174/mocao_de_apoio_-_farsul.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2174/mocao_de_apoio_-_farsul.docx</t>
   </si>
   <si>
     <t>A Câmara de Vereadores de Paraíso do Sul, faz saber que, após a tramitação regimental, foi aprovada a MOÇÃO DE APOIO a ser enviada ao Ministro da Agricultura, Pecuária e Abastecimento – Brasília-DF, para endossar a manifestação da Federação da Agricultura do Estado do Rio Grande do Sul – FARSUL, encaminha ao MAPA em apoio aos agricultores do Estado do Rio Grande do Sul, drasticamente afetados pelas enchentes recentemente ocorridas.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2175/mocao_de_apoio_-_anistia_divida_rs.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2175/mocao_de_apoio_-_anistia_divida_rs.docx</t>
   </si>
   <si>
     <t>1. o estado de calamidade declarado pelo estado do Rio Grande do Sul devido às fortes chuvas que assolaram a região em maio de 2024, resultando em danos materiais, perdas humanas e impactos significativos na infraestrutura e na economia local;_x000D_
 2. a situação financeira já fragilizada do estado do Rio Grande do Sul, que enfrenta uma dívida pública elevada com a União, comprometendo sua capacidade de resposta e de recuperação diante de desastres naturais e crises emergenciais;_x000D_
 3. a importância de medidas urgentes e efetivas para a mitigação dos danos causados pelas chuvas e para a reconstrução das áreas afetadas, garantindo a segurança e o bem-estar da população atingida;_x000D_
 4. a necessidade de solidariedade e cooperação entre os entes federativos para enfrentar os desafios decorrentes de desastres naturais e para promover a recuperação socioeconômica das regiões afetadas;_x000D_
 5. a importância de uma atuação conjunta entre os poderes legislativo municipal e estadual, em colaboração com o governo</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO em relação ao Congresso Nacional, em face da tentativa de legalização do aborto por meio da ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo e de se evitar um possível ativismo judicial por parte do Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2205/mocao_congratulacao_-_patricia_rotary.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2205/mocao_congratulacao_-_patricia_rotary.docx</t>
   </si>
   <si>
     <t>À Governadora do Rotary Club Distrito 4780 – Patrícia Parreira.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
     <t>TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2104/pedido-de-providencias_001-2024_-_tiago-_iluminacao_publica_ismario.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2104/pedido-de-providencias_001-2024_-_tiago-_iluminacao_publica_ismario.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a realização da manutenção da luminária existe nas proximidades da residência do senhor Ismário Schott, na localidade de Linha Contenda, neste município.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2105/pedido-de-providencias_002-2024_-_katia_-__patrulha_agricula_-_flores.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2105/pedido-de-providencias_002-2024_-_katia_-__patrulha_agricula_-_flores.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através dos serviços de retroescavadeira da Patrulha Agrícola, realize a limpeza do bebedouro de uso dos animais, na propriedade do casal Carine da Fontoura e Renato Flores, na Picada Schunemann, na Linha Patrícia, neste município.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>PATRÍCIA PARREIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2106/pedido-de-providencias_003-2024_-_patricia_-_mae_gaucha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2106/pedido-de-providencias_003-2024_-_patricia_-_mae_gaucha.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal, através da secretaria competente, faça a adesão ao edital do Programa Mãe Gaúcha do Governo do Estado, dentro do prazo estipulado e contemple o público local com kits de enxoval para bebês.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2107/pedido-de-providencias_004-2024_-_patricia_-_estrada_marcondes_linha_pomeranos.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2107/pedido-de-providencias_004-2024_-_patricia_-_estrada_marcondes_linha_pomeranos.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a secretaria competente que faça o patrolamento geral da estrada da Linha Marcondes, realizando os reparos e a recuperação necessária para boa trafegabilidade ao longo de toda a localidade, neste município</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2108/pedido-de-providencias_005-2024_-_tiago__-_acesso_rural_delio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2108/pedido-de-providencias_005-2024_-_tiago__-_acesso_rural_delio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que realize as melhorias necessárias com colocação de bueiros, cascalhamento e patrolamento, no acesso da propriedade do Senhor Délio Drescher, na localidade de Linha Travessão, neste município.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>LUCIANO EDEGAR RICHARDT</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2110/pedido-de-providencias_006-2024_-_luciano_-_iluminacao_publica_linha_patricia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2110/pedido-de-providencias_006-2024_-_luciano_-_iluminacao_publica_linha_patricia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a manutenção das luminárias existentes, uma nas proximidades da residência do Senhor Marcos Seiboth, e outra em frente à residência do Sr. Carlos Radiske, na Linha Patrícia, neste município.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que realize reparo urgente das luminárias que não estão funcionando na Boa Vista Norte e Sul, no centro da cidade e nos demais pontos em todo o Município, assim como providencie a colocação de novos pontos, onde necessário, conforme a lista de pedidos que se encontra na Prefeitura.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2112/pedido-de-providencias_008-2024_-_patricia_-_patrolamento_-_rodolfo_kilian.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2112/pedido-de-providencias_008-2024_-_patricia_-_patrolamento_-_rodolfo_kilian.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determina a secretaria competente que faça o patrolamento, limpeza nas valas e roçadas nas laterais, nas ruas Rodolfo Kilian e Waldemar Boijink, que interligam as localidades de Linha da Fonte à Boa Vista Norte, nesta cidade.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2113/pedido-de-providencias_009-2024_-_patricia_-_estrada_quilombro.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2113/pedido-de-providencias_009-2024_-_patricia_-_estrada_quilombro.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determina a secretaria competente que faça o patrolamento e roçadas nas laterais, da estrada geral do Quilombo, bem como do trecho que liga a antiga Escola Valdomiro Tonelotto até a propriedade de Alfredo Radtke, neste município.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>DARCI DELCIO MUNDT</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2114/pedido-de-providencias_010-2024_-_darci_-__estrada_hamann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2114/pedido-de-providencias_010-2024_-_darci_-__estrada_hamann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue o patrolamento em toda extensão e roçada nas laterais da Estrada Hamann, no interior desse município.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2115/pedido-de-providencias_011-2024_-_katia_-_patrolamento_patrimonio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2115/pedido-de-providencias_011-2024_-_katia_-_patrolamento_patrimonio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a secretaria competente que realize o patrolamento da estrada da Linha Patrimônio, especialmente na parte do cerro, neste município.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2124/pedido-de-providencias_012-2024_-_patricia_-_valas_-_avenida_imigrantes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2124/pedido-de-providencias_012-2024_-_patricia_-_valas_-_avenida_imigrantes.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a secretaria competente que realize a limpeza completa das valas da Avenida Imigrantes, bem como a colocação de tubos, para solucionar o problema de mau cheiro e especialmente o surgimento de animais peçonhentos, recorrentes no local, nesta cidade.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2125/pedido-de-providencias_013-2024_-_darci_-_patrolamento_e_rocada_ers_502.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2125/pedido-de-providencias_013-2024_-_darci_-_patrolamento_e_rocada_ers_502.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providência a roçada nas laterais da estrada ERS 502, patrolamento e melhorias na drenagem das águas das chuvas, em toda sua extensão dentro do perímetro do município, ou gestione junto ao DAER/RS para que realize esse serviço, neste município.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2126/pedido-de-providencias_014-2024_-_katia_-_iluminacao_linha_progresso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2126/pedido-de-providencias_014-2024_-_katia_-_iluminacao_linha_progresso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que realize a manutenção das luminárias que não estão funcionando na localidade de Linha da Progresso e ainda realize a substituição das lâmpadas com baixa luminosidade, afim de melhorar a iluminação pública na localidade.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2127/pedido-de-providencias_015-2024_-_katia_-_patrolamento_progresso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2127/pedido-de-providencias_015-2024_-_katia_-_patrolamento_progresso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que realize o patrolamento em toda a extensão, colocação de cascalho em alguns pontos e ainda execute a drenagem e limpeza das valetas da estrada geral da Linha Progresso, neste município.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2128/pedido-de-providencias_016-2024-_eliseu_-_melhorias_rincao_dos_bulsing.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2128/pedido-de-providencias_016-2024-_eliseu_-_melhorias_rincao_dos_bulsing.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize a manutenção necessária na estrada do Rincão dos Bulsing, com patrolamento e cascalhamento onde houver necessidade, afim de dar condições adequadas de acesso àquela localidade, neste município.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2129/pedido-de-providencias_017-2024_-_breno_-_cascalhamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2129/pedido-de-providencias_017-2024_-_breno_-_cascalhamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado o cascalhamento estrada da localidade de Boa Vista Norte, corredor ao lado da escola Aldo Rohde, neste município.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2134/pedido-de-providencias_018-2024_-_katia_-_recolocacao_tampa_reservatorio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2134/pedido-de-providencias_018-2024_-_katia_-_recolocacao_tampa_reservatorio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que realize a recolocação da tampa no reservatório de água da Escola Célia Schiefelbein, na localidade de Boa Vista Sul, nesta cidade.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2135/pedido-de-providencias_019-2024_-_patricia_-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2135/pedido-de-providencias_019-2024_-_patricia_-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a Secretaria competente que realize a manutenção da iluminação pública na Boa Vista Sul, especialmente próximo a residência de Nelda Parreira, nesta cidade.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2136/pedido-de-providencias_020-2024_-_patricia_-_manutencao_pracinha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2136/pedido-de-providencias_020-2024_-_patricia_-_manutencao_pracinha.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a Secretaria competente que realize o reparo dos brinquedos danificados da pracinha playground na Praça Iracema Kelling, coloque placas de identificação da idade permitida no parquinho, assim como realize melhorias e instalação de novos brinquedos às crianças acima de dez anos, evitando que novos danos sejam realizados na pracinha playground.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2137/pedido-de-providencias_021-2024_-_patricia_-_ponte_linha_da_fonte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2137/pedido-de-providencias_021-2024_-_patricia_-_ponte_linha_da_fonte.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determina a secretaria competente que auxilie na reconstrução da ponte de madeira que dá acesso à propriedade de Roseli Lopes na localidade de Linha da Fonte, neste Município.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2138/pedido-de-providencias_022-2024_-_patricia_-_insalubridade_-_eta.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2138/pedido-de-providencias_022-2024_-_patricia_-_insalubridade_-_eta.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a inclusão na Lei Municipal que concede o adicional de insalubridade aos servidores que atuam na Estação de Tratamento (ETA), nesta cidade.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2139/pedido-de-providencias_023-2024_-_eliseu__-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2139/pedido-de-providencias_023-2024_-_eliseu__-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a Secretaria competente que realize a manutenção da iluminação pública na Vila Paraíso, mais especificamente em frente à residência do Sr. Guido Halberstadt na Avenida Barão Von Kahlden e nas proximidades do Correio na Rua Carlos Augusto Lüdtke, nesta cidade.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2149/pedido-de-providencias_024-2024_-_beto_-_estrada_quilombro.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2149/pedido-de-providencias_024-2024_-_beto_-_estrada_quilombro.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determina a secretaria competente que providencie cascalhamento da estrada que liga a antiga Escola Valdomiro Tonelotto até a propriedade de Alfredo Radtke, no Quilombo, neste município.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2150/pedido-de-providencias_025-2024_-_mauro_-_patrolamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2150/pedido-de-providencias_025-2024_-_mauro_-_patrolamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que providencie o patrolamento de toda extensão da estrada Adi Dutra no Capão Grande, estendendo-se ainda ao trecho que dá acesso ao aglomerado de residências próximo à propriedade de Dego Fleck, neste município.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2151/pedido-de-providencias_026-2024_-_mauro_-_cascalhamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2151/pedido-de-providencias_026-2024_-_mauro_-_cascalhamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determina a Secretaria competente que providencie o cascalhamento do acesso à propriedade do Sr. Mopi Richardt, na localidade de Mangueirinha, neste município.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2152/pedido-de-providencias_027-2024_-_katia_-_bueiro_estrada_linha_da_fonte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2152/pedido-de-providencias_027-2024_-_katia_-_bueiro_estrada_linha_da_fonte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue a substituição dos tubos quebrados, na fileira de bueiros que atravessam a Estrada da Linha da Fonte, próximo a residência do Sr. Lauro Schott, neste município.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2153/pedido-de-providencias_028-2024-gilberto_-_patrolamento_travessa_sinimbu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2153/pedido-de-providencias_028-2024-gilberto_-_patrolamento_travessa_sinimbu.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado patrolamento, cascalhamento e limpeza das valeta da estrada travessa do cemitério da Linha Sinimbú, que inicia na Escola Cristian Gadtke até às proximidades da  antiga ACUPA, neste município.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2155/pedido-de-providencias_029-2024_-_patricia_-_patrolamento_quilombo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2155/pedido-de-providencias_029-2024_-_patricia_-_patrolamento_quilombo.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que realize o patrolamento e devida recuperação da estrada da localidade de Quilombo, nesta cidade.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2156/pedido-de-providencias_030-2024_-_patricia_-_patrolamento_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2156/pedido-de-providencias_030-2024_-_patricia_-_patrolamento_boa_vista.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça o patrolamento, roçada e devida recuperação das estradas da Boa Vista Sul e Norte, nesta cidade</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2157/pedido-de-providencias_031-2024_-_tiago_-_cascalhamento_ismael_schley.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2157/pedido-de-providencias_031-2024_-_tiago_-_cascalhamento_ismael_schley.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a Secretaria competente que providencie o cascalhamento e abertura das valas laterais do acesso à propriedade do Sr. Ismael Schley e outros, na localidade de Linha Patrimônio, neste município.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2158/pedido-de-providencias_032-2024_-_gilberto_-_limpeza_valas_sinimbu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2158/pedido-de-providencias_032-2024_-_gilberto_-_limpeza_valas_sinimbu.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a limpeza das valetas nas laterais da estrada geral da Linha Sinimbú, neste município.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2161/pedido-de-providencias_033-2024_-_patricia_-_patrolamento_linha_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2161/pedido-de-providencias_033-2024_-_patricia_-_patrolamento_linha_campestre.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que realize o patrolamento e devida recuperação da estrada da localidade de Linha Campestre, nesta cidade.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2162/pedido-de-providencias_034-2024_-_patricia_-_patrolamento_linha_brasileira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2162/pedido-de-providencias_034-2024_-_patricia_-_patrolamento_linha_brasileira.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça o patrolamento e devida recuperação da estrada da localidade de Linha Brasileira, nesta cidade.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2163/pedido-de-providencias_035-2024_-_patricia_-_recuperacao_poco.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2163/pedido-de-providencias_035-2024_-_patricia_-_recuperacao_poco.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça o patrolamento, roçadas e devida recuperação da estrada da Linha Contenda, especialmente em direção ao Poço Verde, neste Município</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2164/pedido-de-providencias_036-2024_-_patricia_-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2164/pedido-de-providencias_036-2024_-_patricia_-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente, que realize o reparo urgente das luminárias que não estão funcionando próximo ao Pavilhão Comunitário de Linha Campestre e nas demais localidades, onde necessário, conforme a lista de pedidos que se encontra na Prefeitura.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2165/pedido-de-providencias_037-2024_-_patricia_-_patrolamento_linha_travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2165/pedido-de-providencias_037-2024_-_patricia_-_patrolamento_linha_travessao.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça o patrolamento, roçadas e devida recuperação da estrada da Linha Travessão, neste Município.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2166/pedido-de-providencias_038-2024_-_patricia_-_patrolamento_linha_patrimonio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2166/pedido-de-providencias_038-2024_-_patricia_-_patrolamento_linha_patrimonio.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça as roçadas e devida limpeza nas margens da estrada da Linha Patrimônio, neste Município.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2167/pedido-de-providencias_039-2024_-_patricia_-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2167/pedido-de-providencias_039-2024_-_patricia_-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente o reparo urgente das luminárias que não estão funcionando na localidade de Linha Contenda, neste Município.	        I</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2168/pedido-de-providencias_040-2024_-_patricia_-_patrolamento_linha_neri.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2168/pedido-de-providencias_040-2024_-_patricia_-_patrolamento_linha_neri.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça o patrolamento e roçadas as margens da estrada da Linha Néri, neste Município.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2169/pedido-de-providencias_041-2024_-_eliseu__-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2169/pedido-de-providencias_041-2024_-_eliseu__-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a Secretaria competente que realize uma inspeção e a manutenção urgente de toda a iluminação pública que não está funcionando na Vila Paraíso, nesta cidade.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2170/pedido-de-providencias_042-2024_-_patricia_-_isencao_de_agua.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2170/pedido-de-providencias_042-2024_-_patricia_-_isencao_de_agua.doc</t>
   </si>
   <si>
     <t>Que o Poder Público Municipal de Paraíso do Sul estabeleça Programa de Apoio aos consumidores de água impactados com as enchentes, concedendo isenção da taxa de água por, pelo menos, dois meses, ou mais, dependendo do comportamento das cheias no Município.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2171/pedido-de-providencias_030-2024_-_patricia_-_patrolamento_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2171/pedido-de-providencias_030-2024_-_patricia_-_patrolamento_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Município de Paraíso do Sul faça os trâmites necessários, dentro do prazo de 30 dias concedidos aos municípios, para que participe do Programa Volta por Cima e oportunize aos paraisenses atingidos pelas cheias que possam ter acesso a parcela única de R$ 2.500,00, por família.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, dentro do cronograma de recuperação das estradas, realize as melhorias necessárias com colocação de mais uma fileira de bueiros e cascalhamento com aterro mais alto, na passagem do Arroio Preguiça, no Prolongamento da Rua Francisco Fick, acesso ao Conjunto Habitacional Ingazeiro, nesta cidade.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2178/pedido-de-providencias_045-2024_-_katia__-_bueiros_linha_progresso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2178/pedido-de-providencias_045-2024_-_katia__-_bueiros_linha_progresso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, dentro do cronograma de recuperação das estradas, realize as melhorias necessárias com colocação os novos bueiros na estrada geral da Linha Progresso, no acesso à Serraria Paiva, nesta cidade.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2187/pedido-de-providencias_047-2024_-_mauro_-_entulhos.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2187/pedido-de-providencias_047-2024_-_mauro_-_entulhos.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize o recolhimento de entulhos e galhos nas vias públicas e que seja noticiada com antecedência a data deste recolhimento no informativo da Prefeitura.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Que o Poder Executivo determina a secretaria competente que providencie cascalhamento da estrada geral de Quilombo, e cascalhamento onde for necessário.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2189/pedido-de-providencias_049-2024_-_patricia_-_trafegabilidade.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2189/pedido-de-providencias_049-2024_-_patricia_-_trafegabilidade.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça o patrolamento e os reparos necessários nas localidades da Contenda, Mangueirinha e Linha Campestre, que foram utilizadas como desvio da RSC 287 em razão das chuvas, neste Município.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2190/pedido-de-providencias_050-2024_-_patricia_-_patrolamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2190/pedido-de-providencias_050-2024_-_patricia_-_patrolamento.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça o patrolamento, abertura de valas e reparos necessários na estrada da Linha Contenda em direção a Mem de Sá e Poço Verde, neste Município.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2191/pedido-de-providencias_051-2024_-_patricia_-patrolamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2191/pedido-de-providencias_051-2024_-_patricia_-patrolamento.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça o patrolamento e roçadas as margens das estradas da Boa Vista Sul e Norte, neste Município.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2195/pedido-de-providencias_052-2024_-_luciano_-_estrada_travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2195/pedido-de-providencias_052-2024_-_luciano_-_estrada_travessao.doc</t>
   </si>
   <si>
     <t>Que PEDE ao Poder Executivo Municipal, determine a Secretaria competente que seja realizado o cascalhamento onde for necessário e patrolamento em toda extensão da estrada da Linha Travessão, neste município.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2196/pedido-de-providencias_053-2024_-_mauro_-_patrolameto_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2196/pedido-de-providencias_053-2024_-_mauro_-_patrolameto_contenda.doc</t>
   </si>
   <si>
     <t>Que determine a secretaria competente que providencie o patrolamento e cascalhamento onde se fizer necessário na estrada geral de Linha Contenda, Picada Kenh e Picada Bundt.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Que o Poder Executivo determina a secretaria competente que providencie o patrolamento e cascalhamento onde se fizer necessário na estrada da Linha União.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2199/pedido-de-providencias_055-2024_-_darci_-_quilombo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2199/pedido-de-providencias_055-2024_-_darci_-_quilombo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determina a secretaria competente que providencie o acesso a propriedade do Senhor Alfredo Radtke e do Senhor Eugênio Tonelotto na localidade de Quilombo.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2200/pedido-de-providencias_056-2024_-_katia__-_faixa_de_pedrestres.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2200/pedido-de-providencias_056-2024_-_katia__-_faixa_de_pedrestres.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que sejam repintadas novamente as faixas de pedestres na esquina da Rua Max Retzlaff e  Augusto Rohde, nesta cidade.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça o patrolamento e devida recuperação na estrada geral da Boa Vista Norte e Sul e seus acessos, neste Município.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2213/pedido-de-providencias_058-2024_-_patricia_agua.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2213/pedido-de-providencias_058-2024_-_patricia_agua.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que analise a situação dos moradores da Boa Vista Sul e Norte e realize o reparo próximo a residência de Virginia Lidiane Machado e as melhorias necessárias no abastecimento de água naquelas localidades, neste município.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2214/pedido-de-providencias_59-2024_-_darci_-_patrolamento_linha_brasileira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2214/pedido-de-providencias_59-2024_-_darci_-_patrolamento_linha_brasileira.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado o patrolamento nas estradas da Linha Brasileira e Quilombo, em toda a sua extensão, neste município.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2215/pedido-de-providencias_060-2024_-_darci_-__estrada_hamann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2215/pedido-de-providencias_060-2024_-_darci_-__estrada_hamann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue o patrolamento e abertura de valetas na Estrada Hamann, no interior desse município.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a secretaria competente que providencie cascalhamento, patrolamento e passagem do rolo compactador da estrada geral de Pau-a-Pique, interior do município.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a secretaria competente que providencie a passagem do rolo compactador pelas ruas da cidade sem ligar o modo compactador apenas arrastando o maquinário para evitar que aconteça rachaduras nas casas e outros problemas estruturais.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Que o Poder Executivo determina a secretaria competente que providencie cascalhamento, patrolamento e passagem do rolo nas ruas  Roberto Schutz, Mathias Paul Gotthardt e Rua E nesta cidade.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2223/pedido-de-providencias_064-2024_-_katia_-__bueiro_picada_schunemann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2223/pedido-de-providencias_064-2024_-_katia_-__bueiro_picada_schunemann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize o conserto da ponte da Linha Patrícia e também da ponte e bueiros na Picada Schunemann, mais conhecida como Picada Knirsch para permitir a passagem do transporte escolar no local e assim garantir a trafegabilidade com maior segurança nesta localidade.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente o reparo urgente das luminárias que não estão funcionando em todas as localidades, como na Boa Vista Norte e Sul, e centro da cidade, neste Município.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2237/pedido-de-providencias_066-2024_-_mauro_patrolamento_linha_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2237/pedido-de-providencias_066-2024_-_mauro_patrolamento_linha_contenda.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça o patrolamento na estrada da Linha Contenda e Poço Verde, neste Município.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2238/pedido-de-providencias_067-2024_-_mauro_picadas_koenh_e_bundt.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2238/pedido-de-providencias_067-2024_-_mauro_picadas_koenh_e_bundt.doc</t>
   </si>
   <si>
     <t>que o Poder Executivo Municipal determine a Secretaria competente que seja realizado o patrolamento em toda extensão da estrada da Picada Kohn e da Picada Bundt, neste município.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2240/pedido-de-providencias_068-2024_-_patricia-quilombo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2240/pedido-de-providencias_068-2024_-_patricia-quilombo.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça o patrolamento e também as roçadas e devida limpeza as margens da estrada do Quilombo, neste Município.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2241/pedido-de-providencias_069-2024_-_patricia-linha_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2241/pedido-de-providencias_069-2024_-_patricia-linha_contenda.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que faça o reparo necessário ou construção de ponte nova na localidade de Linha Contenda, próximo a residência de Eldo Drewanz, neste Município.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2242/pedido-de-providencias_070-2024_-_luciano-picada_kemmerich.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2242/pedido-de-providencias_070-2024_-_luciano-picada_kemmerich.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a colocação de tubos e cascalho na Picada Kemmerich, neste município.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>Rejeita o Veto Total ao Projeto de Lei  n°42/2024.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>Rejeita o Veto Total ao Projeto de Lei n°43/2024.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2221/projeto_de_decreto_legislativo_no_03-2024.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2221/projeto_de_decreto_legislativo_no_03-2024.doc</t>
   </si>
   <si>
     <t>Rejeita o Veto Total ao Projeto  de Lei n°44/2024.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2233/projeto_de_decreto_no_004-2024-contas_2024.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2233/projeto_de_decreto_no_004-2024-contas_2024.doc</t>
   </si>
   <si>
     <t>“Aprova as Contas do Município de Paraíso do Sul, relativas ao exercício financeiro do ano de 2021.”</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2088/projeto_de_lei_n01-2024_estabelece_o_indice_de_reposicao_-_servidores_efetivos_e_cargos_em_comissao__do_poder_executivo....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2088/projeto_de_lei_n01-2024_estabelece_o_indice_de_reposicao_-_servidores_efetivos_e_cargos_em_comissao__do_poder_executivo....pdf</t>
   </si>
   <si>
     <t>Estabelece o índice de reposição geral sobre a remuneração dos servidores Efetivos e de Cargos em Comissão do Poder Executivo, Aposentados e Pensionistas.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2089/projeto_de_lei_n02-2024-_altera_valores_vale_alimentacao_do_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2089/projeto_de_lei_n02-2024-_altera_valores_vale_alimentacao_do_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera os valores dos valores dos incisos I e II do Art.2°, conforme previsão do § 1° do art. 2° da Lei Municipal n°1483/2019, de 20/12/2019 que institui o sistema de Vale-alimentação no âmbito da Administração Municipal.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2090/projeto_de_lei_n03-2024-_altera_a_redacao_do__1_do_art.92a_da_lei_municipal_n1687-2023....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2090/projeto_de_lei_n03-2024-_altera_a_redacao_do__1_do_art.92a_da_lei_municipal_n1687-2023....pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 1° do art. 92ª da Lei Municipal n° 1687/2023, que institui e define o reajuste da Gratificação de Produtividade e dá outras providências.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2091/projeto_de_lei_n04-2024-_altera_o_art.234_do_regime_juridico_dos_servidores_n674-2004_quanto_ao_prazo_para_contratacao_por_tempo_determinado....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2091/projeto_de_lei_n04-2024-_altera_o_art.234_do_regime_juridico_dos_servidores_n674-2004_quanto_ao_prazo_para_contratacao_por_tempo_determinado....pdf</t>
   </si>
   <si>
     <t>Altera o art. 234 do Regime Jurídico dos Servidores Públicos - Lei Municipal nº 674/2004, quanto ao prazo pra contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2092/projeto_de_lei_n05-2024-_dispoe_sobre_turno_unico_na_secretaria_municipal_de_obras_e_transito....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2092/projeto_de_lei_n05-2024-_dispoe_sobre_turno_unico_na_secretaria_municipal_de_obras_e_transito....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Turno Único na Secretaria Municipal de Obras e Trânsito, e dá Outras providências.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2093/projeto_de_lei_no_06-2024_-_revisao_agentes_politicos_-vereadores.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2093/projeto_de_lei_no_06-2024_-_revisao_agentes_politicos_-vereadores.doc</t>
   </si>
   <si>
     <t>Estabelece revisão geral e anual sobre subsídios e remunerações dos agentes políticos, Vereadores, fixando o índice de reposição.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2094/projeto_de_lei_no_07-2024_-_revisao_agentes_politicos_-_prefeito....doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2094/projeto_de_lei_no_07-2024_-_revisao_agentes_politicos_-_prefeito....doc</t>
   </si>
   <si>
     <t>Estabelece revisão geral e anual sobre as remunerações e subsídios dos agentes políticos, Prefeito, Vice-Prefeito e Secretários Municipais, fixando o índice de reposição.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2095/projeto_de_lei_no_08-2024_-_revisao_servidores_poder_legislativo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2095/projeto_de_lei_no_08-2024_-_revisao_servidores_poder_legislativo.doc</t>
   </si>
   <si>
     <t>Estabelece o índice de reposição geral anual,  sobre a remuneração dos Servidores efetivos e de cargos em comissão do Poder Legislativo municipal.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2096/projeto_de_lei_no_09-2024_-__vale_alimentacao_legislativo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2096/projeto_de_lei_no_09-2024_-__vale_alimentacao_legislativo.doc</t>
   </si>
   <si>
     <t>“Fixa o valor unitário do Vale-alimentação dos servidores ativos da Câmara Municipal, conforme previsão do art. 2º, § 1º da Lei Municipal 1283/2015, de 23/06/2015”.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2097/projeto_de_lei_no_10-2024_-_gratificacao_especial_p_motorista.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2097/projeto_de_lei_no_10-2024_-_gratificacao_especial_p_motorista.pdf</t>
   </si>
   <si>
     <t>“Cria gratificação por atividade de natureza especial para Motorista do Município, que exerçam suas funções no transporte de pacientes junto à Secretaria Municipal de Saúde, alterando a Lei Municipal nº 674/2004 e dá outras providências”.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2098/projeto_de_lei_no_11-2024_-_credito_especial_junto_a_secr._de_obras_e_transito.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2098/projeto_de_lei_no_11-2024_-_credito_especial_junto_a_secr._de_obras_e_transito.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade, junto à Secretaria Municipal de Obras e Transito e dá outras providências”</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2099/projeto_de_lei_no_12-2024_-_contratacao_emergencia_de_quimico.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2099/projeto_de_lei_no_12-2024_-_contratacao_emergencia_de_quimico.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal de Paraíso do Sul a realizar Contratação Emergencial de Químico”.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2100/projeto_de_lei_no_13-2024_-_altera_o_art._-conselho_municipal_de_saude.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2100/projeto_de_lei_no_13-2024_-_altera_o_art._-conselho_municipal_de_saude.pdf</t>
   </si>
   <si>
     <t>“Altera o artigo 2° da Lei Municipal nº 231/94, de 16/08/94 – Conselho Municipal de Saúde – CMS”.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2101/projeto_de_lei_no_14-2024_-_contratacao_emergencial_de_psicopedagogo.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2101/projeto_de_lei_no_14-2024_-_contratacao_emergencial_de_psicopedagogo.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal de Paraíso do Sul a realizar Contratação Emergencial de Psicopedagogo Institucional”.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2102/projeto_de_lei_no_15-2024_-_contratacao_emergencial_professor_geografiaalemao_e_ter._ocupacional.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2102/projeto_de_lei_no_15-2024_-_contratacao_emergencial_professor_geografiaalemao_e_ter._ocupacional.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Professor (a) de Geografia, Professor (a) de Alemão e Terapeuta Ocupacional.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2103/projeto_de_lei_no_16-2024_-_autoriza_o_munic._a_receber_areas_de_terra.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2103/projeto_de_lei_no_16-2024_-_autoriza_o_munic._a_receber_areas_de_terra.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município de Paraíso do Sul a receber área de terras por meio de doação, de Rua Waldemar Boijink já regularizada e reconhecida como situação consolidada pela Lei Municipal nº 1535/2021 e denominada pela Lei Municipal nº 1672/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2117/projeto_de_lei_n17-2023-_termo_de_colaboracao_amor_perfeito.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2117/projeto_de_lei_n17-2023-_termo_de_colaboracao_amor_perfeito.pdf</t>
   </si>
   <si>
     <t>Projeto de lei nº 17/2024, de autoria do Poder Executivo que “Autoriza o Poder Executivo Municipal a celebrar Termo de Colaboração com a Associação beneficente Amor Perfeito- Abrigo Transitório, e dá outras providências”.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2118/projeto_de_lei_n18-2024._concessao_de_uso_de_bem_movel_um_veiculo_ao_hospital_paraiso_associacao....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2118/projeto_de_lei_n18-2024._concessao_de_uso_de_bem_movel_um_veiculo_ao_hospital_paraiso_associacao....pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Concessão de uso de bem móvel, um veículo ao Hospital Paraíso Associação Assistencial Beneficente, e dá outras providências”.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2119/projeto_de_lei_n19-2024-iptu-2024.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2119/projeto_de_lei_n19-2024-iptu-2024.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar parcelamento e conceder descontos para pagamento de Imposto Predial e Territorial Urbano (IPTU) no exercício 2024, e dá outras providências”.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2120/projeto_de_lei_n20-2024_autoriza_a_abertura_de_credito_secretaria_municipal_de_saude....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2120/projeto_de_lei_n20-2024_autoriza_a_abertura_de_credito_secretaria_municipal_de_saude....pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito Especial no orçamento vigente para inclusão de elemento de despesa em projeto/atividade existente,junto  à Secretaria Municipal de saúde e dá outras providências”.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2121/projeto_de_lei_no_21-2024_-_autoriza_convenio_para_despesas_do_aniversario.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2121/projeto_de_lei_no_21-2024_-_autoriza_convenio_para_despesas_do_aniversario.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar termo de compromisso com a Associação para Desenvolvimento Cultural de Paraíso do Sul- PROPARAISO, para custear despesas com comemorações do XXXVI Aniversário de emancipação Político-Administrativo do município de Paraíso do Sul.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2122/projeto_de_lei_no_22-2024_-_cria_temp._grat._por_ativ.de_transp._de_pacientes_junto_a_secr.saude.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2122/projeto_de_lei_no_22-2024_-_cria_temp._grat._por_ativ.de_transp._de_pacientes_junto_a_secr.saude.pdf</t>
   </si>
   <si>
     <t>Cria temporariamente gratificação por atividade de natureza especial para Motorista do Município, que  exerçam suas funções no transporte de pacientes junto à Secretaria Municipal de Saúde, alterando a Lei Municipal nº 674/2004 e dá outras providências.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2132/projeto_de_lei_no_23-2024-_cria_o_programa_de_cessao_de_uso_de_implementos_agricolas_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2132/projeto_de_lei_no_23-2024-_cria_o_programa_de_cessao_de_uso_de_implementos_agricolas_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“Cria o programa de cessão de uso de Implementos Agrícolas e dá outras providências”.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2133/projeto_de_lei_no_24-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loaldo_e_ppa_-saude.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2133/projeto_de_lei_no_24-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loaldo_e_ppa_-saude.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de crédito Especial no orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto atividade, junto a Secretaria Municipal de Saúde e dá outras providências.”</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2140/projeto_de_lei_n25-2024-_autoriza_a_abertura_de_credito_especial_junto_ao_gabinete_do_prefeito....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2140/projeto_de_lei_n25-2024-_autoriza_a_abertura_de_credito_especial_junto_ao_gabinete_do_prefeito....pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA,LDO e PPA) para inclusão de Projeto Atividade junto ao Gabinete do Prefeito Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2141/projeto_de_lei_n26-2024-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professor_de_matematica..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2141/projeto_de_lei_n26-2024-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professor_de_matematica..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Professor(a) de Matemática.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2142/projeto_de_lei_n27-2024_abertura_de_credito_especial_junto_a_secretaria_municipal_de_saude_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2142/projeto_de_lei_n27-2024_abertura_de_credito_especial_junto_a_secretaria_municipal_de_saude_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente para inclusão de projeto/atividade e elemento de despesa, junto à Secretaria Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2146/projeto_de_lei_n28-2024-_autoriza_o_poder_executivo_municipal_convenio_com_o_hospital_paraiso-_associacao_assisstencial_e_beneficente....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2146/projeto_de_lei_n28-2024-_autoriza_o_poder_executivo_municipal_convenio_com_o_hospital_paraiso-_associacao_assisstencial_e_beneficente....pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar convênio com o Hospital Paraíso - Associação Assistencial e Beneficente, para repasse de valores conforme Plano de Trabalho, e dá outras providências”.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2147/projeto_de_lei_n29-2024-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professor_de_musica.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2147/projeto_de_lei_n29-2024-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professor_de_musica.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Professor (a) de Música”.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2159/projeto_de_lei_n30-2024_-autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_educacao_e_cultura_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2159/projeto_de_lei_n30-2024_-autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_educacao_e_cultura_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente para inclusão de projeto/atividade e elemento de despesa, junto á Secretária Municipal de Educação e Cultura e dá outras providências.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2172/projeto_de_lei_n_31-2024-__autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_saude_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2172/projeto_de_lei_n_31-2024-__autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_saude_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente para inclusão de elemento de despesa em projeto/atividade existente, junto a Secretaria Municipal de saúde e dá outras providências.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2173/projeto_de_lei_n_32-2024_altera_o_atendimento_socioeducativo_e_o_conselho_tutelar_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2173/projeto_de_lei_n_32-2024_altera_o_atendimento_socioeducativo_e_o_conselho_tutelar_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera o caput do artigo 39 da Lei Municipal n º1286/2015 de 09/07/2015, que "dispõe sobre a política municipal de proteção aos direitos da criança e do adolescente, cria o Conselho Municipal dos Direitos da Criança e do Adolescente, o Fundo  Municipal dos Direitos da Criança e do Adolescente, o sistema Municipal de atendimento Socioeducativo e o  Conselho Tutelar e dá outras providências.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2176/projeto_de_lei_no_33-2024_-_concede_isencao_sobre_o_pagamento_da_taxa_de_agua_incidente....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2176/projeto_de_lei_no_33-2024_-_concede_isencao_sobre_o_pagamento_da_taxa_de_agua_incidente....pdf</t>
   </si>
   <si>
     <t>“Concede isenção sobre pagamento da taxa de água incidente sobre imóveis pertencentes a proprietários ou possuidores inscritos no CadÚnico atingidos por enchentes ou alagamentos causados pelas chuvas ocorras no Município de Paraíso do Sul”.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2183/projeto_de_lei_n34-2024-_concede_isencao_sobre_o_excesso_da_taxa_de_agua_nos_meses_de_maio_e_junho_do_corrente_ano_aos_contribuintes_do_municipio_de_paraiso_do_sul..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2183/projeto_de_lei_n34-2024-_concede_isencao_sobre_o_excesso_da_taxa_de_agua_nos_meses_de_maio_e_junho_do_corrente_ano_aos_contribuintes_do_municipio_de_paraiso_do_sul..pdf</t>
   </si>
   <si>
     <t>Concede isenção sobre o excesso da taxa de água nos meses de maio e junho do corrente ano, aos contribuintes do Município de Paraíso do Sul.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2184/projeto_de_lei_n35-2024_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_motoristas.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2184/projeto_de_lei_n35-2024_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_motoristas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Paraíso do Sul a realizar Contratação Emergencial de Motoristas.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2192/projeto_de_lei_n36-2024-convenio_com_o_hospital.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2192/projeto_de_lei_n36-2024-convenio_com_o_hospital.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar Convênio com o Hospital Paraíso- Associação Assistencial e Beneficente, para repasse de valores conforme Plano de Trabalho, e dá outras providências.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de uma folga anual para todos Servidores Públicos do Poder Executivo, na semana do dia de seu aniversário, e dá outras providências.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2201/projeto_de_lei_n38-2024-_autoriza_a_abertura_de_credito_especial-_saude-fms.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2201/projeto_de_lei_n38-2024-_autoriza_a_abertura_de_credito_especial-_saude-fms.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de Projeto/Atividade e elemento de despesa, junto a Secretaria Municipal de Saúde- FMS, e dá outras providências.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2202/projeto_de_lei_n39-2024-_autoriza_a_bertura_de_credito_especial-_saude.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2202/projeto_de_lei_n39-2024-_autoriza_a_bertura_de_credito_especial-_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente para inclusão de projeto/atividade e elemento de despesa, junto á Secretaria Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2203/projeto_de_lei_n40-2024-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_tesoureiro.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2203/projeto_de_lei_n40-2024-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_tesoureiro.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Paraíso do Sul a realizar Contratação Emergencial de Tesoureiro.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2204/projeto_de_lei_n41-2024-_autoriza_o_poder_executivo_municipal_a_firmar_convenio__bombeiros_voluntarios....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2204/projeto_de_lei_n41-2024-_autoriza_o_poder_executivo_municipal_a_firmar_convenio__bombeiros_voluntarios....pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Convênio com a Associação Bombeiros Voluntários de Paraíso do Sul, para repasse de valores conforme Plano de Trabalho, e dá outras providências.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito e do Vice-Prefeito do município de Paraíso do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2208/projeto_de_lei_n43-2024-_fixa_o_subsidio_dos_vereadores_do_municipio_de_paraiso_do_sul_para_a_legislatura_2025-2028_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2208/projeto_de_lei_n43-2024-_fixa_o_subsidio_dos_vereadores_do_municipio_de_paraiso_do_sul_para_a_legislatura_2025-2028_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos Vereadores do município de Paraíso do Sul para a Legislatura 2025/2028 e dá outras providências.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>Fixa o subsídio dos Secretários Municipais do município de Paraíso do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2210/projeto_de_lei_n45-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente-_loa_ldo_e_ppa_-gabinete_do_prefeito.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2210/projeto_de_lei_n45-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente-_loa_ldo_e_ppa_-gabinete_do_prefeito.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em Projeto/Atividade existente, junto ao Gabinete do Prefeito Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2211/projeto_de_lei_n46-2024-aprova_a_relacao_municipal_de_medicamentos_essenciais-_remune....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2211/projeto_de_lei_n46-2024-aprova_a_relacao_municipal_de_medicamentos_essenciais-_remune....pdf</t>
   </si>
   <si>
     <t>Aprova a Relação Municipal de Medicamentos Essenciais-REMUME  de Paraíso do Sul, como instrumento técnico-normativo que reúne o elenco de medicamentos padronizados utilizados pela Secretaria Municipal de Saúde, revogando a Lei n°1539/2021.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2224/projeto_de_lei_n47-2024-_autoriza_a_abertura_de_credito_especial_no_orcamentoloa-ldo_e_ppa-_secretaria_municipal_de_educacao_e_cultura....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2224/projeto_de_lei_n47-2024-_autoriza_a_abertura_de_credito_especial_no_orcamentoloa-ldo_e_ppa-_secretaria_municipal_de_educacao_e_cultura....pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa e projeto/atividade, junto á Secretaria Municipal de Educação e Cultura e dá outras providências.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2225/projeto_de_lei_n48-2024altera_a_redacao_do_2_do_artigo_13_da_lei_municipal_n1108-2011-_rpps....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2225/projeto_de_lei_n48-2024altera_a_redacao_do_2_do_artigo_13_da_lei_municipal_n1108-2011-_rpps....pdf</t>
   </si>
   <si>
     <t>Altera  a redação do § 2° do artigo 13, da Lei Municipal n°1108/2011, que reestrutura o Regime Próprio de Previdência Social dos Servidores do  Município de Paraíso do Sul, revogando parcialmente a Lei Municipal n°1582/2021.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2226/projeto_de_lei_n49-2024_-_autoriza_o_poder_executivo_municipal__abrir_credito_adicional_suplementar_para_reforco_de_dotacao_orcamentaria_junto_a_secretaria_de_agricultura_e_pecuaria..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2226/projeto_de_lei_n49-2024_-_autoriza_o_poder_executivo_municipal__abrir_credito_adicional_suplementar_para_reforco_de_dotacao_orcamentaria_junto_a_secretaria_de_agricultura_e_pecuaria..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal abrir Crédito Adicional Suplementar para reforço de dotação Orçamentária, junto a Secretaria de Agricultura e Pecuária.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2227/projeto_de_lei_n50-2024-_dispoe_sobre_as_diretrizes_orcsmentaria_para_o_exercicio_financeiro_de_2025..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2227/projeto_de_lei_n50-2024-_dispoe_sobre_as_diretrizes_orcsmentaria_para_o_exercicio_financeiro_de_2025..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2228/projeto_de_lei_n51-2024-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_de_incentivo_industrial_com_a_empresa_paraiso_calcados_e_da_outras_providrncias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2228/projeto_de_lei_n51-2024-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_de_incentivo_industrial_com_a_empresa_paraiso_calcados_e_da_outras_providrncias.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Compromisso de Incentivo Industrial com a 'Empresa Paraíso Calçados', e dá outras providências.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade existente, junto á Secretaria de Educação e Cultura, e dá outras providências.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA-LDO e PPA) para  inclusão de elemento de despesa em projeto/atividade existente, junto á Secretaria de Educação e Cultura, e dá outras providências.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2231/projeto_de_lei_n54-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente__loa-ldo_e_ppa-_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2231/projeto_de_lei_n54-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente__loa-ldo_e_ppa-_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente....pdf</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2234/projeto_de_lei_n55-2024-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_o_ctg_amigos_do_rio_grande....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2234/projeto_de_lei_n55-2024-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_o_ctg_amigos_do_rio_grande....pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar termo de compromisso com o CTG Amigos do Rio Grande, para custear despesas da realização do Rodeio Intermunicipal que integra as comemorações do XXXVI Aniversário de emancipação político-administrativa do município de Paraíso do Sul.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2235/projeto_de_lei_n56-2024-_autoriza_a_abertura_de_credito_especial-_secretaria_de_saude.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2235/projeto_de_lei_n56-2024-_autoriza_a_abertura_de_credito_especial-_secretaria_de_saude.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade existente, junto à Secretaria Municipal de Saúde e dá outras providências.”</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2236/projeto_de_lei_no_57-2024_-_katia-_semana_do_aprendiz_socorrista.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2236/projeto_de_lei_no_57-2024_-_katia-_semana_do_aprendiz_socorrista.pdf</t>
   </si>
   <si>
     <t>“Institui, no âmbito do Município de Paraíso do Sul, a Semana do Aprendiz Socorrista, para capacitação de alunos em primeiros socorros nas Escolas de Ensino Fundamental da rede pública municipal”.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2244/projeto_de_lei_n58-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente...junto_a_secretaria_de_administracao..._2.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2244/projeto_de_lei_n58-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente...junto_a_secretaria_de_administracao..._2.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade existente, junto à Secretaria Municipal de Administração, e dá outras providências.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2245/projeto_de_lei_no_59-2024_credito_especial.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2245/projeto_de_lei_no_59-2024_credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa e, projeto/atividade existente, junto a Secretaria Municipal de Educação e Cultura e dá outras providências”. Colocado em discussão e em votação foi aprovado por unanimidade.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2246/projeto_de_lei_n60-2024_-estima_a_receita_e_fixa_a_despesa_do_municipio_de_paraiso_do_sul_para_o_exercicio_financeiro_de_2025..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2246/projeto_de_lei_n60-2024_-estima_a_receita_e_fixa_a_despesa_do_municipio_de_paraiso_do_sul_para_o_exercicio_financeiro_de_2025..pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARAÍSO DO SUL PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2247/projeto_de_lei_no_61-2024_destina_recursos_publicos_para_a_proparaiso.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2247/projeto_de_lei_no_61-2024_destina_recursos_publicos_para_a_proparaiso.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a destinar recursos públicos a Associação para o Desenvolvimento Cultural de Paraíso do Sul-PROPARAISO- para cobertura de déficit financeiro decorrente da não realização da 8ª Kolonie Fest, e dá outras providências”.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2109/requerimento_001_2024_-construcao_creche.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2109/requerimento_001_2024_-construcao_creche.doc</t>
   </si>
   <si>
     <t>1)	A empresa responsável pela construção da nova sede da creche municipal cumpriu o cronograma da obra estabelecido em contrato? Anexar a resposta os Boletins técnicos de medição de obra e relatórios de pagamentos efetuados em favor da respectiva empresa._x000D_
 2)	Houve alterações no cronograma da obra após início da construção? Caso positivo, os respectivos aditivos contratuais. _x000D_
 3)	Qual será a área total de recreação que será delimitada e qual será a respectiva localização? _x000D_
 4)	Quais as medidas de segurança serão implantadas junto a área de embarque e desembarque de crianças no acesso à avenida e nas adjacências da nova sede da creche?</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>1)	Quais equipamentos/implementos estiveram disponíveis na patrulha agrícola no ano de 2023? _x000D_
 2)	Até a presente data, houve alteração no rol de equipamentos de que trata o questionamento do item “1”? Caso positivo, quais equipamentos/implementos foram acrescentados e/ou retirados da patrulha agrícola no ano de 2024?_x000D_
 3)	Quantos paraisenses se inscreveram na patrulha agrícola no ano de 2023? Apresentar com a resposta o respectivo rol de inscritos. _x000D_
 4)	Do total de inscritos na patrulha agrícola no ano de 2023, quantos paraisenses formam contemplados? Apresentar com a resposta a lista de beneficiários com o respectivo equipamento/implemente utilizado. _x000D_
 5)	Qual foi o total de horas máquinas trabalhadas no ano de 2023, através da patrulha agrícola, para cada trator e retroescavadeira que integram a patrulha agrícola?_x000D_
 6)	Quantos paraisenses se inscreveram na patrulha agrícola nos meses de janeiro e fevereiro de 2024? Apresentar com a resposta o respectivo rol de inscritos</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2130/requerimento_003_2024_-_secretaria_de_obras.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2130/requerimento_003_2024_-_secretaria_de_obras.doc</t>
   </si>
   <si>
     <t>1)	Quais os veículos, máquinas, equipamentos, e implementos que estão e/ou estiveram disponíveis/vinculados à Secretaria de Obras e Trânsito nos anos de 2023 e 2024? Apresentar relação individualizada dos respectivos bens, com suas especificações e operadores._x000D_
 2)	Até a presente data, houve alteração no Rol de bens de que trata o questionamento do item “1”? Caso positivo: a) Quais destes foram acrescentados e/ou desvinculados da Secretaria de Obras e Trânsito no ano de 2024?, b) Em quais datas a respectiva alteração ocorreu?_x000D_
 3)	Todos os veículos, máquinas, equipamentos, e implementos que atualmente estão vinculados a Secretaria de Obras e Trânsito estão em pleno funcionamento? Caso negativo, informar: a) Quais os equipamentos não estão em funcionamento; b) O respectivo problema/defeito que apresentam; c) desde qual data os equipamentos estão indisponíveis? d) qual o prazo estimado para seu reparo e disponibilização para uso.  _x000D_
 4)	Quantos/quais os funcionários estão lotados na Secretaria</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2143/requerimento_004_2024_-_nomeacoes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2143/requerimento_004_2024_-_nomeacoes.doc</t>
   </si>
   <si>
     <t>1)	Quais servidores municipais foram nomeados, empossados e/ou contratados no período de 01/01/2023 a 08/04/2024? Apresentar juntamente com a resposta:  a) Relatório em ordem cronológica e com a relação das datas em que ocorreram os respectivos atos; e b) Apresentar a cópia das Portarias, Contratos e/ou  atos de posse dos respectivos servidores;_x000D_
 2)	Quais servidores municipais exonerados no período de 01/01/2023 a 08/04/2024? Apresentar juntamente com a resposta:  a) Relatório em ordem cronológica e com a relação das datas em que ocorreram os respectivos atos; e b) Apresentar a cópia das Portarias de exoneração dos respectivos servidores.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2144/requerimento_005_2024_-_banheiros_sala_fisioterapia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2144/requerimento_005_2024_-_banheiros_sala_fisioterapia.doc</t>
   </si>
   <si>
     <t>1)	A nova sala destinada à realização de fisioterapias conta com banheiros para uso dos pacientes e/ou funcionários? Caso positivo, qual o número de sanitários existentes no local?_x000D_
 2)	Caso positiva a resposta anterior, quantos dos banheiros localizados na sala de fisioterapia estão disponíveis e plenamente aptos para o uso? Caso positivo, qual a data em que os mesmos foram disponibilizados? _x000D_
 3)	Caso existam banheiros na nova sala destinada a realização de fisioterapias que ainda não estejam aptos para uso, qual o motivo de não estarem em pleno funcionamento? Qual a data prevista para a sua conclusão e disponibilização?</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2145/requerimento_006_2024_-_farmacia_solidaria.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2145/requerimento_006_2024_-_farmacia_solidaria.doc</t>
   </si>
   <si>
     <t>1)	O programa “Farmácia Solidaria” está em pleno funcionamento? _x000D_
 Caso positivo:_x000D_
 a)	Em que data o programa foi implementado? _x000D_
 b)	Qual o número de munícipes que foi beneficiado com o programa desde a sua implementação? _x000D_
 c)	O programa está sendo divulgado? Caso positivo, por quais meios de comunicação estão ocorrendo as divulgações? Com qual frequência?_x000D_
 	Caso negativo:_x000D_
 d)	Por qual motivo o programa ainda não foi implementado?_x000D_
 e)	Qual a data prevista para sua implantação?</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2148/requerimento_007_2024_-_construcao_camara.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2148/requerimento_007_2024_-_construcao_camara.doc</t>
   </si>
   <si>
     <t>Informações e documentos sobre a construção do estacionamento coberto junto ao prédio da Câmara Municipal de Vereadores:_x000D_
 _x000D_
 1)	Quantos metros quadrados foram construídos?_x000D_
 2)	Qual valor total da obra?_x000D_
 3)	Qual valor gasto nas colunas?_x000D_
 4)	Qual valor gasto no telhado?_x000D_
 5)	Qual a capacidade de veículos no estacionamento?_x000D_
 6)	Cópia do Projeto técnico e planilha orçamentária.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2160/requerimento_008_2024_-_banco_de_ortopedicos.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2160/requerimento_008_2024_-_banco_de_ortopedicos.doc</t>
   </si>
   <si>
     <t>1)	O Banco Municipal de Ortopédicos, instituído pela Lei 1556/2021, está em funcionamento? Caso negativo, Por que?_x000D_
 2)	Existe prazo para conclusão ou disponibilidade de um ambiente, por parte do município, que possa abrigar o Banco Ortopédico? _x000D_
 3)	Atualmente, onde ficam os materiais da Prefeitura que são disponibilizados para empréstimo?_x000D_
 4)	Como é feito o empréstimo e o controle do material que está com a população?_x000D_
 5)	Quem é o responsável pelo Banco Municipal de Materiais Ortopédicos?</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2180/requerimento_009_2024_-_construcao_camara.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2180/requerimento_009_2024_-_construcao_camara.doc</t>
   </si>
   <si>
     <t>REQUISITA ao Poder Legislativo Municipal as seguintes informações e documentos sobre a construção do calçamento junto ao prédio da Câmara Municipal de Vereadores:_x000D_
 _x000D_
 1)	A referida obra foi licitada?_x000D_
 2)	Qual valor do metro quadrado do calçamento?_x000D_
 3)	Qual valor total da obra?</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>JULIANO MULLER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2181/requerimento_010_2024_-_diarias_2023.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2181/requerimento_010_2024_-_diarias_2023.doc</t>
   </si>
   <si>
     <t>REQUISITA ao Poder Legislativo Municipal as seguintes informações e documentos sobre as diárias  da Câmara Municipal de Vereadores:_x000D_
 _x000D_
 1)	Relação das diárias pagas em 2023 na Câmara Municipal._x000D_
 2)	Algum vereador realizou devolução de diárias? _x000D_
 3)	Qual valor devolvido e data da devolução?</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2185/requerimento_011_2024_-_recurso_defesa_civil.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2185/requerimento_011_2024_-_recurso_defesa_civil.doc</t>
   </si>
   <si>
     <t>1)	Quais valores o Município de Paraíso do Sul recebeu através da Defesa Civil, do mês de janeiro do corrente ano até a presente data, por conta do Estado de Emergência decretado em decorrência dos temporais ocorridos entre 18 de dezembro de 2023 e 16 de janeiro de 2024? Em quais datas os respectivos valores foram disponibilizados ao município?_x000D_
 2)	Quais valores, de que trata o item anterior, já foram aplicados pelo município? Quais foram as destinações? Quais as respectivas datas de aplicação e quais os destinos e/ou beneficiados?_x000D_
 3)	Em caso de haver valores de que trata o item “1” que ainda não foram aplicados pelo município, qual o cronograma de aplicação? Quais os destinos previstos, datas, e respectivos valores que serão aplicados?_x000D_
 4)	O Município de Paraiso do Sul recebeu, ou receberá, valores destinados pelo Poder Judiciário em combate às enchentes ocorridas em maio de 2024? Em quais datas recebeu e/ou estão previstas para receber os valores?  Quais as quantias já recebidas e/ou p</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2206/requerimento_012_2024_-_recurso_calcario.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2206/requerimento_012_2024_-_recurso_calcario.doc</t>
   </si>
   <si>
     <t>1)	Qual valor estava reservado do orçamento municipal, exercício/2024 para a compra de calcário para distribuição gratuita aos agricultores?_x000D_
 2)	Quantos agricultores seriam beneficiados com o Programa Municipal de Conservação do solo neste ano?_x000D_
 3)  Este recurso foi aplicado em outra finalidade? Qual? Beneficiou quantos agricultores?</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>1)	Os ônibus, micro-ônibus /ou vans escolares, de propriedade do município e que realizam transporte de alunos, passaram por inspeção nos anos de 2023 e 2024? Encaminhar: a) A lista de veículos que estão e/ou estiveram realizando o transporte de alunos nos anos de 2023 e 2024; b) A lista de veículos inspecionados nos anos de 2023 e 2024; c) A(s) data(s) das respectivas inspeções._x000D_
 2)	Todos os veículos mencionados no item anterior, que estão ou estiveram em atividade nos anos de 2023 e 2024 na secretaria de educação (transporte de alunos) foram aprovados nas inspeções realizada? Encaminhar cópia do Laudo de Inspeção de todos os veículos referente a todas as inspeções realizadas nos anos de 2023 e 2024._x000D_
 3)	Existem veículos municipais atualmente realizando o transporte de alunos que apresentam problemas mecânicos ou que tenham sido reprovados nas inspeções realizadas? Caso positivo, responder: a) Porque os respectivos veículos estão em atividade mesmo com defeitos mecânicos e/ou  tendo...</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2239/requerimento_014_2024_-_recurso_pontes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2239/requerimento_014_2024_-_recurso_pontes.doc</t>
   </si>
   <si>
     <t>Bancadas do PP e MDB que requerem informações referentes aos valores recebidos e aplicados na recuperação das pontes danificadas pelas enchentes no município._x000D_
 1)	Quais valores o Município de Paraíso do Sul recebeu no corrente ano até a presente data para recuperação das pontes que foram danificadas pela enchente?_x000D_
 2)	Quais valores, de que trata o item anterior, já foram aplicados pelo município? _x000D_
 3)	Em caso de haver valores de que trata o item “1” que ainda não foram aplicados pelo município, qual o cronograma de aplicação?</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2243/requerimento_015_2024_-_calcamento_vila.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2243/requerimento_015_2024_-_calcamento_vila.doc</t>
   </si>
   <si>
     <t>1)	Qual o andamento da Emenda parlamentar destinado pelo Deputado Federal do Progressitas Covati Filho pata calçamento da Avenida Barão Von Kahlden na Vila Paraíso._x000D_
 2)	O recurso já foi liberado pela Caixa Econômica Federal? Já está nos cofres do município? Qual a previsão para realização da obra?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2086,67 +2086,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2123/indicacao_n_01-2024_-__katia_-_corrego_campestre.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2186/indicacao_02-2024_-_katia_-_estacionamento_av._primeiro_de_janeiro.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2193/indicacao_03-2024_-__juliano_-_ponto_de_taxi_saude.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2194/indicacao_04-2024_-__juliano_-_estacionamento_idoso_posto_de_saude.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2154/mocao_reivindicatoria_-_katia_lombada_eletronica.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2174/mocao_de_apoio_-_farsul.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2175/mocao_de_apoio_-_anistia_divida_rs.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2205/mocao_congratulacao_-_patricia_rotary.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2104/pedido-de-providencias_001-2024_-_tiago-_iluminacao_publica_ismario.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2105/pedido-de-providencias_002-2024_-_katia_-__patrulha_agricula_-_flores.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2106/pedido-de-providencias_003-2024_-_patricia_-_mae_gaucha.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2107/pedido-de-providencias_004-2024_-_patricia_-_estrada_marcondes_linha_pomeranos.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2108/pedido-de-providencias_005-2024_-_tiago__-_acesso_rural_delio.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2110/pedido-de-providencias_006-2024_-_luciano_-_iluminacao_publica_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2112/pedido-de-providencias_008-2024_-_patricia_-_patrolamento_-_rodolfo_kilian.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2113/pedido-de-providencias_009-2024_-_patricia_-_estrada_quilombro.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2114/pedido-de-providencias_010-2024_-_darci_-__estrada_hamann.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2115/pedido-de-providencias_011-2024_-_katia_-_patrolamento_patrimonio.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2124/pedido-de-providencias_012-2024_-_patricia_-_valas_-_avenida_imigrantes.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2125/pedido-de-providencias_013-2024_-_darci_-_patrolamento_e_rocada_ers_502.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2126/pedido-de-providencias_014-2024_-_katia_-_iluminacao_linha_progresso.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2127/pedido-de-providencias_015-2024_-_katia_-_patrolamento_progresso.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2128/pedido-de-providencias_016-2024-_eliseu_-_melhorias_rincao_dos_bulsing.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2129/pedido-de-providencias_017-2024_-_breno_-_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2134/pedido-de-providencias_018-2024_-_katia_-_recolocacao_tampa_reservatorio.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2135/pedido-de-providencias_019-2024_-_patricia_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2136/pedido-de-providencias_020-2024_-_patricia_-_manutencao_pracinha.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2137/pedido-de-providencias_021-2024_-_patricia_-_ponte_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2138/pedido-de-providencias_022-2024_-_patricia_-_insalubridade_-_eta.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2139/pedido-de-providencias_023-2024_-_eliseu__-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2149/pedido-de-providencias_024-2024_-_beto_-_estrada_quilombro.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2150/pedido-de-providencias_025-2024_-_mauro_-_patrolamento.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2151/pedido-de-providencias_026-2024_-_mauro_-_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2152/pedido-de-providencias_027-2024_-_katia_-_bueiro_estrada_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2153/pedido-de-providencias_028-2024-gilberto_-_patrolamento_travessa_sinimbu.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2155/pedido-de-providencias_029-2024_-_patricia_-_patrolamento_quilombo.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2156/pedido-de-providencias_030-2024_-_patricia_-_patrolamento_boa_vista.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2157/pedido-de-providencias_031-2024_-_tiago_-_cascalhamento_ismael_schley.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2158/pedido-de-providencias_032-2024_-_gilberto_-_limpeza_valas_sinimbu.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2161/pedido-de-providencias_033-2024_-_patricia_-_patrolamento_linha_campestre.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2162/pedido-de-providencias_034-2024_-_patricia_-_patrolamento_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2163/pedido-de-providencias_035-2024_-_patricia_-_recuperacao_poco.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2164/pedido-de-providencias_036-2024_-_patricia_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2165/pedido-de-providencias_037-2024_-_patricia_-_patrolamento_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2166/pedido-de-providencias_038-2024_-_patricia_-_patrolamento_linha_patrimonio.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2167/pedido-de-providencias_039-2024_-_patricia_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2168/pedido-de-providencias_040-2024_-_patricia_-_patrolamento_linha_neri.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2169/pedido-de-providencias_041-2024_-_eliseu__-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2170/pedido-de-providencias_042-2024_-_patricia_-_isencao_de_agua.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2171/pedido-de-providencias_030-2024_-_patricia_-_patrolamento_boa_vista.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2178/pedido-de-providencias_045-2024_-_katia__-_bueiros_linha_progresso.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2187/pedido-de-providencias_047-2024_-_mauro_-_entulhos.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2189/pedido-de-providencias_049-2024_-_patricia_-_trafegabilidade.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2190/pedido-de-providencias_050-2024_-_patricia_-_patrolamento.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2191/pedido-de-providencias_051-2024_-_patricia_-patrolamento.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2195/pedido-de-providencias_052-2024_-_luciano_-_estrada_travessao.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2196/pedido-de-providencias_053-2024_-_mauro_-_patrolameto_contenda.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2199/pedido-de-providencias_055-2024_-_darci_-_quilombo.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2200/pedido-de-providencias_056-2024_-_katia__-_faixa_de_pedrestres.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2213/pedido-de-providencias_058-2024_-_patricia_agua.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2214/pedido-de-providencias_59-2024_-_darci_-_patrolamento_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2215/pedido-de-providencias_060-2024_-_darci_-__estrada_hamann.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2223/pedido-de-providencias_064-2024_-_katia_-__bueiro_picada_schunemann.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2237/pedido-de-providencias_066-2024_-_mauro_patrolamento_linha_contenda.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2238/pedido-de-providencias_067-2024_-_mauro_picadas_koenh_e_bundt.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2240/pedido-de-providencias_068-2024_-_patricia-quilombo.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2241/pedido-de-providencias_069-2024_-_patricia-linha_contenda.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2242/pedido-de-providencias_070-2024_-_luciano-picada_kemmerich.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2221/projeto_de_decreto_legislativo_no_03-2024.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2233/projeto_de_decreto_no_004-2024-contas_2024.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2088/projeto_de_lei_n01-2024_estabelece_o_indice_de_reposicao_-_servidores_efetivos_e_cargos_em_comissao__do_poder_executivo....pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2089/projeto_de_lei_n02-2024-_altera_valores_vale_alimentacao_do_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2090/projeto_de_lei_n03-2024-_altera_a_redacao_do__1_do_art.92a_da_lei_municipal_n1687-2023....pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2091/projeto_de_lei_n04-2024-_altera_o_art.234_do_regime_juridico_dos_servidores_n674-2004_quanto_ao_prazo_para_contratacao_por_tempo_determinado....pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2092/projeto_de_lei_n05-2024-_dispoe_sobre_turno_unico_na_secretaria_municipal_de_obras_e_transito....pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2093/projeto_de_lei_no_06-2024_-_revisao_agentes_politicos_-vereadores.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2094/projeto_de_lei_no_07-2024_-_revisao_agentes_politicos_-_prefeito....doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2095/projeto_de_lei_no_08-2024_-_revisao_servidores_poder_legislativo.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2096/projeto_de_lei_no_09-2024_-__vale_alimentacao_legislativo.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2097/projeto_de_lei_no_10-2024_-_gratificacao_especial_p_motorista.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2098/projeto_de_lei_no_11-2024_-_credito_especial_junto_a_secr._de_obras_e_transito.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2099/projeto_de_lei_no_12-2024_-_contratacao_emergencia_de_quimico.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2100/projeto_de_lei_no_13-2024_-_altera_o_art._-conselho_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2101/projeto_de_lei_no_14-2024_-_contratacao_emergencial_de_psicopedagogo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2102/projeto_de_lei_no_15-2024_-_contratacao_emergencial_professor_geografiaalemao_e_ter._ocupacional.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2103/projeto_de_lei_no_16-2024_-_autoriza_o_munic._a_receber_areas_de_terra.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2117/projeto_de_lei_n17-2023-_termo_de_colaboracao_amor_perfeito.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2118/projeto_de_lei_n18-2024._concessao_de_uso_de_bem_movel_um_veiculo_ao_hospital_paraiso_associacao....pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2119/projeto_de_lei_n19-2024-iptu-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2120/projeto_de_lei_n20-2024_autoriza_a_abertura_de_credito_secretaria_municipal_de_saude....pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2121/projeto_de_lei_no_21-2024_-_autoriza_convenio_para_despesas_do_aniversario.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2122/projeto_de_lei_no_22-2024_-_cria_temp._grat._por_ativ.de_transp._de_pacientes_junto_a_secr.saude.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2132/projeto_de_lei_no_23-2024-_cria_o_programa_de_cessao_de_uso_de_implementos_agricolas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2133/projeto_de_lei_no_24-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loaldo_e_ppa_-saude.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2140/projeto_de_lei_n25-2024-_autoriza_a_abertura_de_credito_especial_junto_ao_gabinete_do_prefeito....pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2141/projeto_de_lei_n26-2024-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professor_de_matematica..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2142/projeto_de_lei_n27-2024_abertura_de_credito_especial_junto_a_secretaria_municipal_de_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2146/projeto_de_lei_n28-2024-_autoriza_o_poder_executivo_municipal_convenio_com_o_hospital_paraiso-_associacao_assisstencial_e_beneficente....pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2147/projeto_de_lei_n29-2024-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professor_de_musica.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2159/projeto_de_lei_n30-2024_-autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_educacao_e_cultura_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2172/projeto_de_lei_n_31-2024-__autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_saude_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2173/projeto_de_lei_n_32-2024_altera_o_atendimento_socioeducativo_e_o_conselho_tutelar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2176/projeto_de_lei_no_33-2024_-_concede_isencao_sobre_o_pagamento_da_taxa_de_agua_incidente....pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2183/projeto_de_lei_n34-2024-_concede_isencao_sobre_o_excesso_da_taxa_de_agua_nos_meses_de_maio_e_junho_do_corrente_ano_aos_contribuintes_do_municipio_de_paraiso_do_sul..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2184/projeto_de_lei_n35-2024_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_motoristas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2192/projeto_de_lei_n36-2024-convenio_com_o_hospital.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2201/projeto_de_lei_n38-2024-_autoriza_a_abertura_de_credito_especial-_saude-fms.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2202/projeto_de_lei_n39-2024-_autoriza_a_bertura_de_credito_especial-_saude.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2203/projeto_de_lei_n40-2024-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_tesoureiro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2204/projeto_de_lei_n41-2024-_autoriza_o_poder_executivo_municipal_a_firmar_convenio__bombeiros_voluntarios....pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2208/projeto_de_lei_n43-2024-_fixa_o_subsidio_dos_vereadores_do_municipio_de_paraiso_do_sul_para_a_legislatura_2025-2028_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2210/projeto_de_lei_n45-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente-_loa_ldo_e_ppa_-gabinete_do_prefeito.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2211/projeto_de_lei_n46-2024-aprova_a_relacao_municipal_de_medicamentos_essenciais-_remune....pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2224/projeto_de_lei_n47-2024-_autoriza_a_abertura_de_credito_especial_no_orcamentoloa-ldo_e_ppa-_secretaria_municipal_de_educacao_e_cultura....pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2225/projeto_de_lei_n48-2024altera_a_redacao_do_2_do_artigo_13_da_lei_municipal_n1108-2011-_rpps....pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2226/projeto_de_lei_n49-2024_-_autoriza_o_poder_executivo_municipal__abrir_credito_adicional_suplementar_para_reforco_de_dotacao_orcamentaria_junto_a_secretaria_de_agricultura_e_pecuaria..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2227/projeto_de_lei_n50-2024-_dispoe_sobre_as_diretrizes_orcsmentaria_para_o_exercicio_financeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2228/projeto_de_lei_n51-2024-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_de_incentivo_industrial_com_a_empresa_paraiso_calcados_e_da_outras_providrncias.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2231/projeto_de_lei_n54-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente__loa-ldo_e_ppa-_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente....pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2234/projeto_de_lei_n55-2024-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_o_ctg_amigos_do_rio_grande....pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2235/projeto_de_lei_n56-2024-_autoriza_a_abertura_de_credito_especial-_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2236/projeto_de_lei_no_57-2024_-_katia-_semana_do_aprendiz_socorrista.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2244/projeto_de_lei_n58-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente...junto_a_secretaria_de_administracao..._2.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2245/projeto_de_lei_no_59-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2246/projeto_de_lei_n60-2024_-estima_a_receita_e_fixa_a_despesa_do_municipio_de_paraiso_do_sul_para_o_exercicio_financeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2247/projeto_de_lei_no_61-2024_destina_recursos_publicos_para_a_proparaiso.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2109/requerimento_001_2024_-construcao_creche.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2130/requerimento_003_2024_-_secretaria_de_obras.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2143/requerimento_004_2024_-_nomeacoes.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2144/requerimento_005_2024_-_banheiros_sala_fisioterapia.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2145/requerimento_006_2024_-_farmacia_solidaria.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2148/requerimento_007_2024_-_construcao_camara.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2160/requerimento_008_2024_-_banco_de_ortopedicos.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2180/requerimento_009_2024_-_construcao_camara.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2181/requerimento_010_2024_-_diarias_2023.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2185/requerimento_011_2024_-_recurso_defesa_civil.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2206/requerimento_012_2024_-_recurso_calcario.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2239/requerimento_014_2024_-_recurso_pontes.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2243/requerimento_015_2024_-_calcamento_vila.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2123/indicacao_n_01-2024_-__katia_-_corrego_campestre.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2186/indicacao_02-2024_-_katia_-_estacionamento_av._primeiro_de_janeiro.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2193/indicacao_03-2024_-__juliano_-_ponto_de_taxi_saude.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2194/indicacao_04-2024_-__juliano_-_estacionamento_idoso_posto_de_saude.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2154/mocao_reivindicatoria_-_katia_lombada_eletronica.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2174/mocao_de_apoio_-_farsul.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2175/mocao_de_apoio_-_anistia_divida_rs.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2205/mocao_congratulacao_-_patricia_rotary.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2104/pedido-de-providencias_001-2024_-_tiago-_iluminacao_publica_ismario.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2105/pedido-de-providencias_002-2024_-_katia_-__patrulha_agricula_-_flores.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2106/pedido-de-providencias_003-2024_-_patricia_-_mae_gaucha.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2107/pedido-de-providencias_004-2024_-_patricia_-_estrada_marcondes_linha_pomeranos.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2108/pedido-de-providencias_005-2024_-_tiago__-_acesso_rural_delio.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2110/pedido-de-providencias_006-2024_-_luciano_-_iluminacao_publica_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2112/pedido-de-providencias_008-2024_-_patricia_-_patrolamento_-_rodolfo_kilian.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2113/pedido-de-providencias_009-2024_-_patricia_-_estrada_quilombro.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2114/pedido-de-providencias_010-2024_-_darci_-__estrada_hamann.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2115/pedido-de-providencias_011-2024_-_katia_-_patrolamento_patrimonio.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2124/pedido-de-providencias_012-2024_-_patricia_-_valas_-_avenida_imigrantes.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2125/pedido-de-providencias_013-2024_-_darci_-_patrolamento_e_rocada_ers_502.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2126/pedido-de-providencias_014-2024_-_katia_-_iluminacao_linha_progresso.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2127/pedido-de-providencias_015-2024_-_katia_-_patrolamento_progresso.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2128/pedido-de-providencias_016-2024-_eliseu_-_melhorias_rincao_dos_bulsing.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2129/pedido-de-providencias_017-2024_-_breno_-_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2134/pedido-de-providencias_018-2024_-_katia_-_recolocacao_tampa_reservatorio.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2135/pedido-de-providencias_019-2024_-_patricia_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2136/pedido-de-providencias_020-2024_-_patricia_-_manutencao_pracinha.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2137/pedido-de-providencias_021-2024_-_patricia_-_ponte_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2138/pedido-de-providencias_022-2024_-_patricia_-_insalubridade_-_eta.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2139/pedido-de-providencias_023-2024_-_eliseu__-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2149/pedido-de-providencias_024-2024_-_beto_-_estrada_quilombro.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2150/pedido-de-providencias_025-2024_-_mauro_-_patrolamento.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2151/pedido-de-providencias_026-2024_-_mauro_-_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2152/pedido-de-providencias_027-2024_-_katia_-_bueiro_estrada_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2153/pedido-de-providencias_028-2024-gilberto_-_patrolamento_travessa_sinimbu.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2155/pedido-de-providencias_029-2024_-_patricia_-_patrolamento_quilombo.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2156/pedido-de-providencias_030-2024_-_patricia_-_patrolamento_boa_vista.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2157/pedido-de-providencias_031-2024_-_tiago_-_cascalhamento_ismael_schley.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2158/pedido-de-providencias_032-2024_-_gilberto_-_limpeza_valas_sinimbu.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2161/pedido-de-providencias_033-2024_-_patricia_-_patrolamento_linha_campestre.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2162/pedido-de-providencias_034-2024_-_patricia_-_patrolamento_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2163/pedido-de-providencias_035-2024_-_patricia_-_recuperacao_poco.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2164/pedido-de-providencias_036-2024_-_patricia_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2165/pedido-de-providencias_037-2024_-_patricia_-_patrolamento_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2166/pedido-de-providencias_038-2024_-_patricia_-_patrolamento_linha_patrimonio.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2167/pedido-de-providencias_039-2024_-_patricia_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2168/pedido-de-providencias_040-2024_-_patricia_-_patrolamento_linha_neri.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2169/pedido-de-providencias_041-2024_-_eliseu__-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2170/pedido-de-providencias_042-2024_-_patricia_-_isencao_de_agua.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2171/pedido-de-providencias_030-2024_-_patricia_-_patrolamento_boa_vista.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2178/pedido-de-providencias_045-2024_-_katia__-_bueiros_linha_progresso.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2187/pedido-de-providencias_047-2024_-_mauro_-_entulhos.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2189/pedido-de-providencias_049-2024_-_patricia_-_trafegabilidade.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2190/pedido-de-providencias_050-2024_-_patricia_-_patrolamento.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2191/pedido-de-providencias_051-2024_-_patricia_-patrolamento.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2195/pedido-de-providencias_052-2024_-_luciano_-_estrada_travessao.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2196/pedido-de-providencias_053-2024_-_mauro_-_patrolameto_contenda.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2199/pedido-de-providencias_055-2024_-_darci_-_quilombo.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2200/pedido-de-providencias_056-2024_-_katia__-_faixa_de_pedrestres.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2213/pedido-de-providencias_058-2024_-_patricia_agua.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2214/pedido-de-providencias_59-2024_-_darci_-_patrolamento_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2215/pedido-de-providencias_060-2024_-_darci_-__estrada_hamann.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2223/pedido-de-providencias_064-2024_-_katia_-__bueiro_picada_schunemann.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2237/pedido-de-providencias_066-2024_-_mauro_patrolamento_linha_contenda.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2238/pedido-de-providencias_067-2024_-_mauro_picadas_koenh_e_bundt.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2240/pedido-de-providencias_068-2024_-_patricia-quilombo.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2241/pedido-de-providencias_069-2024_-_patricia-linha_contenda.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2242/pedido-de-providencias_070-2024_-_luciano-picada_kemmerich.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2221/projeto_de_decreto_legislativo_no_03-2024.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2233/projeto_de_decreto_no_004-2024-contas_2024.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2088/projeto_de_lei_n01-2024_estabelece_o_indice_de_reposicao_-_servidores_efetivos_e_cargos_em_comissao__do_poder_executivo....pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2089/projeto_de_lei_n02-2024-_altera_valores_vale_alimentacao_do_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2090/projeto_de_lei_n03-2024-_altera_a_redacao_do__1_do_art.92a_da_lei_municipal_n1687-2023....pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2091/projeto_de_lei_n04-2024-_altera_o_art.234_do_regime_juridico_dos_servidores_n674-2004_quanto_ao_prazo_para_contratacao_por_tempo_determinado....pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2092/projeto_de_lei_n05-2024-_dispoe_sobre_turno_unico_na_secretaria_municipal_de_obras_e_transito....pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2093/projeto_de_lei_no_06-2024_-_revisao_agentes_politicos_-vereadores.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2094/projeto_de_lei_no_07-2024_-_revisao_agentes_politicos_-_prefeito....doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2095/projeto_de_lei_no_08-2024_-_revisao_servidores_poder_legislativo.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2096/projeto_de_lei_no_09-2024_-__vale_alimentacao_legislativo.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2097/projeto_de_lei_no_10-2024_-_gratificacao_especial_p_motorista.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2098/projeto_de_lei_no_11-2024_-_credito_especial_junto_a_secr._de_obras_e_transito.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2099/projeto_de_lei_no_12-2024_-_contratacao_emergencia_de_quimico.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2100/projeto_de_lei_no_13-2024_-_altera_o_art._-conselho_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2101/projeto_de_lei_no_14-2024_-_contratacao_emergencial_de_psicopedagogo.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2102/projeto_de_lei_no_15-2024_-_contratacao_emergencial_professor_geografiaalemao_e_ter._ocupacional.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2103/projeto_de_lei_no_16-2024_-_autoriza_o_munic._a_receber_areas_de_terra.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2117/projeto_de_lei_n17-2023-_termo_de_colaboracao_amor_perfeito.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2118/projeto_de_lei_n18-2024._concessao_de_uso_de_bem_movel_um_veiculo_ao_hospital_paraiso_associacao....pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2119/projeto_de_lei_n19-2024-iptu-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2120/projeto_de_lei_n20-2024_autoriza_a_abertura_de_credito_secretaria_municipal_de_saude....pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2121/projeto_de_lei_no_21-2024_-_autoriza_convenio_para_despesas_do_aniversario.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2122/projeto_de_lei_no_22-2024_-_cria_temp._grat._por_ativ.de_transp._de_pacientes_junto_a_secr.saude.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2132/projeto_de_lei_no_23-2024-_cria_o_programa_de_cessao_de_uso_de_implementos_agricolas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2133/projeto_de_lei_no_24-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loaldo_e_ppa_-saude.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2140/projeto_de_lei_n25-2024-_autoriza_a_abertura_de_credito_especial_junto_ao_gabinete_do_prefeito....pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2141/projeto_de_lei_n26-2024-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professor_de_matematica..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2142/projeto_de_lei_n27-2024_abertura_de_credito_especial_junto_a_secretaria_municipal_de_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2146/projeto_de_lei_n28-2024-_autoriza_o_poder_executivo_municipal_convenio_com_o_hospital_paraiso-_associacao_assisstencial_e_beneficente....pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2147/projeto_de_lei_n29-2024-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professor_de_musica.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2159/projeto_de_lei_n30-2024_-autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_educacao_e_cultura_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2172/projeto_de_lei_n_31-2024-__autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_junto_a_secretaria_municipal_de_saude_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2173/projeto_de_lei_n_32-2024_altera_o_atendimento_socioeducativo_e_o_conselho_tutelar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2176/projeto_de_lei_no_33-2024_-_concede_isencao_sobre_o_pagamento_da_taxa_de_agua_incidente....pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2183/projeto_de_lei_n34-2024-_concede_isencao_sobre_o_excesso_da_taxa_de_agua_nos_meses_de_maio_e_junho_do_corrente_ano_aos_contribuintes_do_municipio_de_paraiso_do_sul..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2184/projeto_de_lei_n35-2024_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_motoristas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2192/projeto_de_lei_n36-2024-convenio_com_o_hospital.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2201/projeto_de_lei_n38-2024-_autoriza_a_abertura_de_credito_especial-_saude-fms.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2202/projeto_de_lei_n39-2024-_autoriza_a_bertura_de_credito_especial-_saude.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2203/projeto_de_lei_n40-2024-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_tesoureiro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2204/projeto_de_lei_n41-2024-_autoriza_o_poder_executivo_municipal_a_firmar_convenio__bombeiros_voluntarios....pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2208/projeto_de_lei_n43-2024-_fixa_o_subsidio_dos_vereadores_do_municipio_de_paraiso_do_sul_para_a_legislatura_2025-2028_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2210/projeto_de_lei_n45-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente-_loa_ldo_e_ppa_-gabinete_do_prefeito.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2211/projeto_de_lei_n46-2024-aprova_a_relacao_municipal_de_medicamentos_essenciais-_remune....pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2224/projeto_de_lei_n47-2024-_autoriza_a_abertura_de_credito_especial_no_orcamentoloa-ldo_e_ppa-_secretaria_municipal_de_educacao_e_cultura....pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2225/projeto_de_lei_n48-2024altera_a_redacao_do_2_do_artigo_13_da_lei_municipal_n1108-2011-_rpps....pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2226/projeto_de_lei_n49-2024_-_autoriza_o_poder_executivo_municipal__abrir_credito_adicional_suplementar_para_reforco_de_dotacao_orcamentaria_junto_a_secretaria_de_agricultura_e_pecuaria..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2227/projeto_de_lei_n50-2024-_dispoe_sobre_as_diretrizes_orcsmentaria_para_o_exercicio_financeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2228/projeto_de_lei_n51-2024-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_de_incentivo_industrial_com_a_empresa_paraiso_calcados_e_da_outras_providrncias.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2231/projeto_de_lei_n54-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente__loa-ldo_e_ppa-_para_inclusao_de_elemento_de_despesa_em_projeto-atividade_existente....pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2234/projeto_de_lei_n55-2024-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_com_o_ctg_amigos_do_rio_grande....pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2235/projeto_de_lei_n56-2024-_autoriza_a_abertura_de_credito_especial-_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2236/projeto_de_lei_no_57-2024_-_katia-_semana_do_aprendiz_socorrista.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2244/projeto_de_lei_n58-2024-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente...junto_a_secretaria_de_administracao..._2.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2245/projeto_de_lei_no_59-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2246/projeto_de_lei_n60-2024_-estima_a_receita_e_fixa_a_despesa_do_municipio_de_paraiso_do_sul_para_o_exercicio_financeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2247/projeto_de_lei_no_61-2024_destina_recursos_publicos_para_a_proparaiso.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2109/requerimento_001_2024_-construcao_creche.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2130/requerimento_003_2024_-_secretaria_de_obras.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2143/requerimento_004_2024_-_nomeacoes.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2144/requerimento_005_2024_-_banheiros_sala_fisioterapia.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2145/requerimento_006_2024_-_farmacia_solidaria.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2148/requerimento_007_2024_-_construcao_camara.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2160/requerimento_008_2024_-_banco_de_ortopedicos.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2180/requerimento_009_2024_-_construcao_camara.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2181/requerimento_010_2024_-_diarias_2023.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2185/requerimento_011_2024_-_recurso_defesa_civil.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2206/requerimento_012_2024_-_recurso_calcario.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2239/requerimento_014_2024_-_recurso_pontes.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2024/2243/requerimento_015_2024_-_calcamento_vila.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="252.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="251.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>