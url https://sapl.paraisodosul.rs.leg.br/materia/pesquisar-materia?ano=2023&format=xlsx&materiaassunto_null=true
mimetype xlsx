--- v0 (2025-10-12)
+++ v1 (2026-03-15)
@@ -54,1184 +54,1184 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>PATRÍCIA PARREIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1923/indicacao_001-2023-_patricia_-_transporte_eja.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1923/indicacao_001-2023-_patricia_-_transporte_eja.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a possibilidade da implantação de transporte escolar noturno no município para alunos do EJA, matriculados na Escola Estadual Presidente Afonso Pena, nesta cidade.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>VENICIO ADELAR DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1930/indicacao_002-2020_-_venicio_-__rede_de_agua_capao_grande.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1930/indicacao_002-2020_-_venicio_-__rede_de_agua_capao_grande.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo realize a extensão da rede de água, já existente na ERS 502, para a localidade de Capão Grande, neste município.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1941/indicacao_003-2023-_patricia_-_ir_-_doacao_conselhos.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1941/indicacao_003-2023-_patricia_-_ir_-_doacao_conselhos.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determina a secretaria competente que idealize uma campanha junto aos contadores e escritórios locais, assim como ações de divulgação para que os contribuintes façam a destinação do Imposto de Renda aos conselhos municipais, possibilitando que os impostos sejam revertidos em projetos locais, no município.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1965/indicacao_004-2023-_patricia_-_botao_panico_escolas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1965/indicacao_004-2023-_patricia_-_botao_panico_escolas.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determina a secretaria competente que viabilize a instalação de dispositivo eletrônico de segurança do tipo botão de pânico nas escolas públicas da rede de ensino de Paraíso do Sul, podendo para a instalação do botão de pânico o Poder Executivo realizar convênios e parcerias com órgãos e instituições federais ou estaduais, bem como com universidades e empresas privadas.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>KÁTIA HELENA SCHLESNER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1968/indicacao_005-2023-_katia__-_treinamento_especial.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1968/indicacao_005-2023-_katia__-_treinamento_especial.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal viabilize a realização de palestras e minicursos para a capacitação aos professores e auxiliares CIEEs, com o objetivo de agregar conhecimento e aprendizagem para qualificar o atendimento às crianças, bem como a observância dos sinais de possível transtorno autista em alunos da rede municipal.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal elabore e encaminhe a apreciação dessa Casa Legislativa, um Projeto de Lei que vise possibilitar e regular a utilização, pela iniciativa privada, do prédio onde atualmente se localiza o Centro de Estudos, para a realização de cursos, Workshop, especializações, palestras e outras atividades afins de finalidades educacionais.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2065/indicacao_007-2023-_patricia_-_isencao_iptu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2065/indicacao_007-2023-_patricia_-_isencao_iptu.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo realize campanha de divulgação, disponibilizando nos meios oficiais da Prefeitura, a Lei Municipal 13.480/2019 que concede isenção do Imposto Predial e Territorial Urbano - IPTU, sobre imóvel integrante do patrimônio de portadores de Neoplasia Maligna ou de seu cônjuge em Paraíso do Sul, disponibilizando todas as informações necessários aos munícipes para o encaminhamento do pedido de isenção no setor competente.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2066/indicacao_008-2023_-_kaia_-_acesso_mineradora.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2066/indicacao_008-2023_-_kaia_-_acesso_mineradora.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade de proibir o acesso de veículos de cargas de grande porte no cruzamento de vias na RSC 287 e a estrada que inicia no Residencial Paraíso, obrigando a trafegabilidade somente pela ERS 502, através do trevo da Contenda, para disponibilizar segurança aos clientes da mineradora AGREGA, instalada no Pau-a-Pique, ou gestione junto aos órgãos competentes essa importante demanda.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2068/indicacao_009-2023_-_venicio_seg_caixa_dagua_ginasio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2068/indicacao_009-2023_-_venicio_seg_caixa_dagua_ginasio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para viabilizar a construção de uma proteção no entorno da estrutura da caixa d’água, próxima ao Ginásio Municipal, ou até mesmo a colocação de Câmera de Segurança, a fim de inviabilizar o acesso sem autorização ao local;</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2081/indicacao_n_10-2023-_patricia_-_abrigo_onibus_-_boa_vista_sul.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2081/indicacao_n_10-2023-_patricia_-_abrigo_onibus_-_boa_vista_sul.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize a construção de um abrigo na parada do ônibus, ao lado da borracharia do Senhor Jean Cardoso na localidade da Boa Vista Sul, nesse município.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2082/indicacao_n_11-2023_-__katia_-_corrego_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2082/indicacao_n_11-2023_-__katia_-_corrego_campestre.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura, juntamente com os órgãos competentes, se mobilize para agilizar a realização da limpeza do leito da sanga que faz divisa  das localidades de Linha Campestre e Mangueirinha, para que a água escoa em seu trajeto normal sem causar danos a estrada, coloque uma tubulação adequada para o volume de água, ou realize a construção de uma ponte, ou ainda promova a elevação da estrada com a colocação de material como cascalho.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>MDB</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1977/01-recuperacao_287.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1977/01-recuperacao_287.docx</t>
   </si>
   <si>
     <t>Moção de Repúdio à Concessionária Rota de Santa Maria, integrante do grupo Sacyr, pelo atual estado de conservação da RSC 287.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1999/mocao_-_voo_livre.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1999/mocao_-_voo_livre.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO À Associação Agudense de Voo Livre, agradecendo pela prática e permanência do esporte na Região, reconhecendo a contribuição e o trabalho da associação para o crescimento do Turismo Regional, especialmente nos municípios de Agudo e Paraíso do Sul, através dos eventos realizados pela Associação</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO à proposta de expansão do Instituto Federal Farroupilha, com a criação de um campus no município de Cachoeira do Sul-RS.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2059/mocao_de_apoio-_programa_pro-hospitais.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2059/mocao_de_apoio-_programa_pro-hospitais.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO ao Projeto de Lei Complementar 368/2023, de autoria dos deputados Cláudio Tatsch (PL), Airton Artus (PDT), Dr. Thiago Duarte (União Brasil) e Beto Fantinel (MDB) e que o documento seja encaminhado ao Presidente da Assembleia Legislativa Estadual, Vilmar Zanchin e ao Governador do Estado, Eduardo Leite.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2071/mocao_congratulacao_-_neiza_mrtini.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2071/mocao_congratulacao_-_neiza_mrtini.docx</t>
   </si>
   <si>
     <t>Parabeniza NEIZA MARTINI, pela conquista do título de Miss Elegância e Vice Miss Latina/2023. _x000D_
 Ao ensejo esta Casa Legislativa reconhece e agradece o comprometimento da candidata em todas as etapas do concurso, pela esplendorosa participação representando Paraíso do Sul com muita beleza, simpatia e elegância.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>PDT</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2072/mocao_de_apoio_ao_hospital_de_paraiso.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2072/mocao_de_apoio_ao_hospital_de_paraiso.docx</t>
   </si>
   <si>
     <t>Esta Casa Legislativa, ao ensejo, presta seu Apoio ao Hospital Paraíso na busca da renovação do Convênio com o Estado do Rio Grande do Sul, bem como um reajuste nos valores repassados à entidade, com o intuito de manter a qualidade na prestação do serviço do Hospital, manutenção, compra de insumos, equipamentos hospitalares e demais gastos de custeio.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
     <t>JULIANO MULLER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1917/pedido-de-providencias_001-2023_-_juliano__-_nova_luminaria_escola_alfredo_schlesner.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1917/pedido-de-providencias_001-2023_-_juliano__-_nova_luminaria_escola_alfredo_schlesner.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para colocação de um novo ponto de iluminação pública em frente à Escola Municipal Carlos Altermann, na localidade de Mangueirinha, neste município.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1918/pedido-de-providencias_002-2023_-_venicio_-_nova_luminaria_acesso_caixa_dagua.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1918/pedido-de-providencias_002-2023_-_venicio_-_nova_luminaria_acesso_caixa_dagua.doc</t>
   </si>
   <si>
     <t>Que na rua que dá acesso à Caixa d’agua da Boa Vista Norte, mais precisamente em frente à residência do Sr. Renan Dias Arrial, é necessária a colocação de um novo ponto de iluminação pública._x000D_
 	Que a colocação de um novo ponto, naquele local, trará benefício para toda comunidade das adjacências, apresenta o seguinte:</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>DARCI DELCIO MUNDT</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1919/pedido-de-providencias_003-2023-_darci-__iluminacao_publica_emei.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1919/pedido-de-providencias_003-2023-_darci-__iluminacao_publica_emei.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a manutenção da luminária existente nas proximidades da Escola de Ensino Infantil, Pastora Liane Schmidt, nesta cidade.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1920/pedido-de-providencias_004-2023_-_darci_-_ponte_barriga.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1920/pedido-de-providencias_004-2023_-_darci_-_ponte_barriga.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal gestione junto ao DAER/RS a realização da manutenção urgente da ponte situada na estrada estadual ERS 502, sob o Arroio Barriga na Mangueirinha, neste município.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1921/pedido-de-providencias_005-2023_-_patricia_-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1921/pedido-de-providencias_005-2023_-_patricia_-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente o reparo urgente das luminárias que não estão funcionando na Boa Vista Norte e Sul, no centro da cidade e nos demais pontos em todo o Município, assim como providencie a colocação de novos pontos, onde necessário, conforme a lista de pedidos que se encontra na Prefeitura.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1922/pedido-de-providencias_006-2023-_patricia_-_recolhimento_de_lixo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1922/pedido-de-providencias_006-2023-_patricia_-_recolhimento_de_lixo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que, urgentemente, viabilize a coleta periódica do lixo nas localidades do interior do Município.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>LUCIANO EDEGAR RICHARDT</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1925/pedido-de-providencias_007-2023-_luciano_-_estrada_do_alambique.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1925/pedido-de-providencias_007-2023-_luciano_-_estrada_do_alambique.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie melhorias na ponte, roçadas nas laterais, patrolamento e cascalhamento na estrada a que liga a Linha Contenda à Linha Patrimônio, que inicia na propriedade do Senhor Lídio Schünemann e passa pela Agroindústria Müller, nesse Município.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1926/pedido-de-providencias_008-2023_-_juliano__-_cascalhamento_linha_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1926/pedido-de-providencias_008-2023_-_juliano__-_cascalhamento_linha_contenda.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado o cascalhamento na subida próxima a propriedade do Sr. Reinoldo Müller, na estrada da Linha Contenda, neste município.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1927/pedido-de-providencias_009-2023_-_patricia__-_agua_marcondes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1927/pedido-de-providencias_009-2023_-_patricia__-_agua_marcondes.doc</t>
   </si>
   <si>
     <t>Que  o Poder Executivo Municipal determine a Secretaria competente que analise a situação dos moradores da Linha Marcondes e realize a construção de uma rede de água potável para abastecer às famílias próximas à propriedade de Sandra Puntel, neste município.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1928/pedido-de-providencias_010-2023_-_eliseu_-_cabeceiras_de_ponte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1928/pedido-de-providencias_010-2023_-_eliseu_-_cabeceiras_de_ponte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie a limpeza nas cabeceiras das pontes da Vila Paraíso e da Pousada dos Imigrantes, neste município.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1931/pedido-de-providencias_011-2023_-_katia_ponte_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1931/pedido-de-providencias_011-2023_-_katia_ponte_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie a limpeza e/ou desassoreamento da sanga e a colocação de guardas nas laterais na ponte, próximo a residência da Senhora Vera Lúcia Alves, na Rua Ailton da Silva Cardoso, na Boa Vista Sul, nessa cidade.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1932/pedido-de-providencias_012-2022-_katia_-__transporte_escolar.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1932/pedido-de-providencias_012-2022-_katia_-__transporte_escolar.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências em relação ao uso adequado do cinto de segurança no transporte escolar, disponibilizando monitores (CIEE’s), para acompanhamento especialmente dos alunos menores de seis anos de idade, em nosso município.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1933/pedido-de-providencias_013-2023_-_juliano__-_goleira_na_vila.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1933/pedido-de-providencias_013-2023_-_juliano__-_goleira_na_vila.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências para a realização da manutenção necessária da goleira do campo de jogos junto à Praça da Vila Paraíso, neste município.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1934/pedido-de-providencias_014-2023_-_venicio_-_patrolamento_linha_da_fonte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1934/pedido-de-providencias_014-2023_-_venicio_-_patrolamento_linha_da_fonte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado patrolamento na estrada da Linha da Fonte, neste município.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1935/pedido-de-providencias_015-2023_-_darci_-_patrolamento_linha_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1935/pedido-de-providencias_015-2023_-_darci_-_patrolamento_linha_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado patrolamento e cascalhamento em pontos específicos na estrada da Linha Campestre, especialmente na parte do cerro que dá acesso à Linha Contenda, neste município.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1936/pedido-de-providencias_016-2023-tiago_-_melhoria_acesso_propriedade.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1936/pedido-de-providencias_016-2023-tiago_-_melhoria_acesso_propriedade.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a Secretaria competente, que seja realizado a substituição dos tubos na estrada geral da Linha Rincão da Porta em frente a propriedade de Gilmar Milbradt.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1937/pedido-de-providencias_017-2023_-_patricia_-_iluminacao_publica_sulene.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1937/pedido-de-providencias_017-2023_-_patricia_-_iluminacao_publica_sulene.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente o reparo da luminária existente em frente à residência de Sulene e Anderson Maus, na Mangueirinha, nesse município.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1938/pedido-de-providencias_18-2023-_elideu_-_ajuste_pinguela_e_luz.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1938/pedido-de-providencias_18-2023-_elideu_-_ajuste_pinguela_e_luz.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que realize a manutenção com os devidos ajustes na pinguela situada no Arroio Paraíso nas proximidades da residência do Sr. Ciro Jagnow, na Linha Patrícia, neste município.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1944/pedido-de-providencias_019-2023-_luciano-__iluminacao_publica_linha_patricia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1944/pedido-de-providencias_019-2023-_luciano-__iluminacao_publica_linha_patricia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a manutenção das luminárias existentes, uma nas proximidades da Pinguela e outra em frente à residência do Sr. Leomar Wrasse, na estrada antiga da Linha Patrícia, neste município.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1945/pedido-de-providencias_020-2023_-_juliano__-_cascalhamento_linha_neri.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1945/pedido-de-providencias_020-2023_-_juliano__-_cascalhamento_linha_neri.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado o patrolamento em toda extensão e cascalhamento em alguns pontos específicos, como em frente à propriedade do Sr. Rafael Langbecker, na estrada da Linha Neri, neste município.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1946/pedido-de-providencias_021-2023-_venicio_-_placa_indicativa.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1946/pedido-de-providencias_021-2023-_venicio_-_placa_indicativa.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a colocação de placa indicativa, com o nome das ruas, na esquina entre a Rua Arno Schütz com a Rua Roberto Krügel, no centro da cidade.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1947/pedido-de-providencias_022-2023_-_eliseu_-_rocada_na_praca_da_vila_paraiso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1947/pedido-de-providencias_022-2023_-_eliseu_-_rocada_na_praca_da_vila_paraiso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue a roçada e limpeza do terreno baldio da Prefeitura na Localidade de Vila Paraíso no interior do Município.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1952/pedido-de-providencias_023-2023_-_venicio_-_nova_luminaria_joel_ruff.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1952/pedido-de-providencias_023-2023_-_venicio_-_nova_luminaria_joel_ruff.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para colocação de um novo ponto de iluminação pública em frente à residência do Sr. Joel Ruff na ERS 502, próximo ao entroncamento que dá acesso a Pau-a-Pique, neste município.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1953/pedido-de-providencias_024-2023_-_venicio_-_bueiros_pau_a_pique.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1953/pedido-de-providencias_024-2023_-_venicio_-_bueiros_pau_a_pique.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, a realização da desobstrução dos bueiros que atravessam a estrada do Pau-a-pique, próximo ao entroncamento com a ERS 502, em frente a propriedade de Joel Ruff, nesse município.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1954/pedido-de-providencias_025-2023_-_darci_-_iluminacao_publica_celso_cavalheiro.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1954/pedido-de-providencias_025-2023_-_darci_-_iluminacao_publica_celso_cavalheiro.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente o reparo da luminária existente em frente à residência de Celso Cavalheiro, na localidade de Poço Verde, nesse município.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1955/pedido-de-providencias_26-2023_-_tiago-_totem_de_agua_quente_e_fria_na_praca.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1955/pedido-de-providencias_26-2023_-_tiago-_totem_de_agua_quente_e_fria_na_praca.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a Secretaria competente, que adquira uma estação de hidratação (totem de água quente e fria), através de parceria com cooperativas de crédito ou adquira a mesma com recursos próprios se assim considerar viável, para a Praça Florinaldo Rohde e uso de todos munícipes e visitantes da cidade de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1959/pedido-de-providencias-27-2023_-_darci_-__rocada_ers_502.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1959/pedido-de-providencias-27-2023_-_darci_-__rocada_ers_502.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providência a roçada nas laterais da estrada ERS 502, em toda sua extensão, nesse município.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1960/pedido-de-providencias_28-2023_-_venicio_-__rocada_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1960/pedido-de-providencias_28-2023_-_venicio_-__rocada_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providência a roçada nas laterais da estrada da Linha Campestre, em toda sua extensão, nesse município.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1961/pedido-de-providencias_29-2023-_venicio_-__iluminacao_publica_-_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1961/pedido-de-providencias_29-2023-_venicio_-__iluminacao_publica_-_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização da manutenção da iluminação pública em frente à residência Sra. Maria Gilvania Cerentini e em frente Sr. Hortêncio Adorna Lopes, ambos na localidade de Linha Campestre, neste município.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1962/pedido-de-providencias_30-2023_-_juliano__-_patrolamento_linha_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1962/pedido-de-providencias_30-2023_-_juliano__-_patrolamento_linha_contenda.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o patrolamento em toda extensão, e drenagem nas valas onde houver necessidade, na estrada da Linha Contenda/Poço Verde, da esquina Gerhke até o entroncamento do Rodeio do Herval, neste município.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1963/pedido-de-providencias_31-2023_-_darci_-__estrada_hamann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1963/pedido-de-providencias_31-2023_-_darci_-__estrada_hamann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue o patrolamento e roçadas nas margens em toda extensão, bem como a colocação de cascalho em pontos específicos, como em frente aos acessos às propriedades de Edor Gassen e Élio Heidrich, na Estrada Hamann no interior desse município.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1969/pedido-de-providencias_32-2023_-_juliano__-_patrolamento_carlos_ludtke.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1969/pedido-de-providencias_32-2023_-_juliano__-_patrolamento_carlos_ludtke.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o patrolamento da Rua Carlos Augusto Lüdtke, na Vila Paraíso, neste município.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1970/pedido-de-providencias_33-2023_-_patricia_-_sinalizacao_rsc_287.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1970/pedido-de-providencias_33-2023_-_patricia_-_sinalizacao_rsc_287.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a Secretaria competente que providencie a sinalização apropriada para o acesso da Boa Vista à RSC 287, próximo ao quilômetro 181 ou que intermedeie junto a empresa responsável pela duplicação da rodovia para que regularize a situação oferecendo mais segurança no local.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1971/pedido-de-providencias_34-2023_-_darci_-_bueiro_estrada_hamann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1971/pedido-de-providencias_34-2023_-_darci_-_bueiro_estrada_hamann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue a substituição dos bueiros que atravessam a Estrada Hamann, nas proximidades do acesso à Fazenda Hamann, mais precisamente em frente à propriedade do Sr. Mário Heidrich, por outros tubos com diâmetro maior para possibilitar o devido escoamento das águas que se acumulam no local.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1972/pedido-de-providencias_35-2023_-_darci_-_estrada_alfredo_radtke.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1972/pedido-de-providencias_35-2023_-_darci_-_estrada_alfredo_radtke.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie as roçadas nas laterais, patrolamento e cascalhamento onde houver a necessidade, na estrada que dá acesso à propriedade de Alfredo Linfolfo Radtke, que inicia na antiga Escola Valdomiro  Tonelotto, na localidade de Quilombo, nesse Município.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1973/pedido-de-providencias_36-2023_-_venicio_-_bueiros_vila_martin_kelling.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1973/pedido-de-providencias_36-2023_-_venicio_-_bueiros_vila_martin_kelling.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a desobstrução dos bueiros do acesso à Vila existente na Contenda, mais precisamente nas proximidades da residência do Sr, Pedro Sabino dos Santos Neto, devendo ser analisada a possibilidade de substituição por bueiros de diâmetro maior, para possibilitar uma melhor vazão no local.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1974/pedido-de-providencias_37-2023_-_eliseu__-_ponte_estrada_kemmerich.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1974/pedido-de-providencias_37-2023_-_eliseu__-_ponte_estrada_kemmerich.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que realize a reforma urgente da ponte localizada na estrada conhecida como corredor dos Kemmerich, na localidade de Linha Travessão, no interior do município.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1975/pedido-de-providencias_38-2023_-_luciano_-_limpeza_na_lateral_das_estradas_travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1975/pedido-de-providencias_38-2023_-_luciano_-_limpeza_na_lateral_das_estradas_travessao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a limpeza nas valas e a roçada da vegetação das margens da estrada geral Linha Travessão, Linha Patrícia, e a estrada que liga Linha Patrícia à Linha Patrimônio, para garantir uma melhor trafegabilidade.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1978/pedido-de-providencias_39-2023-_venicio-_esgoto_rua_roberto_krugel.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1978/pedido-de-providencias_39-2023-_venicio-_esgoto_rua_roberto_krugel.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para realizar o encanamento do esgoto pluvial e cloacal existente na Rua Roberto Krügel, nos trechos em que as valetas estão abertas, entre a Rua Edmundo de até a Rua Willy Roos, nesta cidade.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1979/pedido-de-providencias_40-2023-_venicio-_esgoto_hasso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1979/pedido-de-providencias_40-2023-_venicio-_esgoto_hasso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para realizar a colocação de bueiros na valeta, na Rua Prolongamento da Avenida 1º de Janeiro, na Boa Vista Norte, mais precisamente entre o acesso à propriedade do Sr. Mauro Jair da Sila até o acesso a residência do Sr. Hasso Boijink, nesta cidade.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1980/pedido-de-providencias_41-2023_-_patricia_-_estrada_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1980/pedido-de-providencias_41-2023_-_patricia_-_estrada_boa_vista.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a Secretaria competente que realize a manutenção necessária com patrolamento e cascalhamento na estrada da Boa Vista Sul, especialmente no trecho próximo a residência de Jussara Cardoso, onde um desnível na estrada está causando transtorno aos motoristas.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1981/pedido-de-providencias_42-2023_-_darci_-_estrada_pau_a_pique.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1981/pedido-de-providencias_42-2023_-_darci_-_estrada_pau_a_pique.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o patrolamento, cascalhamento e desobstrução dos bueiros, onde houver a necessidade, na estrada que inicia na propriedade de Jair Gaedtke, acesso às propriedades de Edo Wendt, Sidinei Vendrusculo e outros, na localidade de Pau-a-Pique, nesse Município.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1982/pedido-de-providencias_043-2023-_darci_-_recolhimento_de_lixo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1982/pedido-de-providencias_043-2023-_darci_-_recolhimento_de_lixo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, após o anúncio do recolhimento no interior, realize a retirada de todo lixo da localidade anunciada, independentemente do número de cargas necessárias, afim de normalizar o excedente acumulado em função da inexistência deste serviço durante vários meses no interior do Município.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1984/pedido-de-providencias_44-2023-_luciano__-_iluminacao_linha_travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1984/pedido-de-providencias_44-2023-_luciano__-_iluminacao_linha_travessao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a recolocação do ponto de iluminação pública existente no acesso à propriedade do Sr. Oldemar Wrasse, em frente à residência do Sr. Guido Mário Wrasse, na localidade de Linha Travessão, interior do Município.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1985/pedido-de-providencias_45-2023_-_darci_-_estrada_mauro_karsbug.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1985/pedido-de-providencias_45-2023_-_darci_-_estrada_mauro_karsbug.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o patrolamento e cascalhamento onde houver a necessidade, estrada que inicia na Travessa Altermann e dá acesso à propriedade de Isomar Bock, Família Bratz, Mauro Karsburg, e outros, na localidade de Mangueirinha, nesse Município.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1986/pedido-de-providencias_46-2023-_juliano_-__manutencao_iluminacao_marcelo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1986/pedido-de-providencias_46-2023-_juliano_-__manutencao_iluminacao_marcelo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização da manutenção da iluminação pública situada em frente à residência do senhor Marcelo Kelling, na esquina entre a ERS 502 e a estrada que dá acesso ao Pau-a-Pique, neste município.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1987/pedido-de-providencias_47-2023-_juliano_-__manutencao_iluminacao_adilson.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1987/pedido-de-providencias_47-2023-_juliano_-__manutencao_iluminacao_adilson.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização da manutenção da iluminação pública situada em frente à residência do senhor Adilson Mix, na Linha Patrícia, neste município.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1988/pedido-de-providencias_48-2023_-_juliano__-_patrolamento_travessa_altermann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1988/pedido-de-providencias_48-2023_-_juliano__-_patrolamento_travessa_altermann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o patrolamento em toda extensão na estrada da Travessa Altermann, neste município.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1989/pedido-de-providencias_49-2023_-_darci_-_limpeza_na_lateral_das_estradas_patrimonio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1989/pedido-de-providencias_49-2023_-_darci_-_limpeza_na_lateral_das_estradas_patrimonio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a roçada da vegetação das margens da estrada da Linha Patrimônio, especialmente no trecho entre a Linha Patrícia até a propriedade de Cedinei Müller, neste município.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1990/pedido-de-providencias_050-2023-_katia_-_adicional_servente.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1990/pedido-de-providencias_050-2023-_katia_-_adicional_servente.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a possibilidade de criar uma forma de bonificar os servidores municipais do cargo de servente, conforme o local de sua lotação e demanda do trabalho a ser desenvolvido.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1991/pedido-de-providencias_51-2023_-_darci_-_patrolamento_linha_brasileira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1991/pedido-de-providencias_51-2023_-_darci_-_patrolamento_linha_brasileira.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado o patrolamento na estrada da Linha Brasileira, especialmente na no trecho entre a propriedade de Leoni Oestreich até a Esquina do Gehrke e realize a drenagem em alguns pontos específicos, como próximo aos Kratzke, neste município.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1992/pedido-de-providencias_052-2023_-_patricia_-_patrolamento_linha_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1992/pedido-de-providencias_052-2023_-_patricia_-_patrolamento_linha_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado patrolamento em toda extensão e  cascalhamento em pontos específicos que houver necessidade, na estrada da Linha Campestre, neste município</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1993/pedido-de-providencias_053-2023_-_juliano__-_patrolamento_picada_kohn.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1993/pedido-de-providencias_053-2023_-_juliano__-_patrolamento_picada_kohn.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o patrolamento na estrada da Picada Köhn, mais precisamente na parte do Cerro de acesso à família Oliveira, neste município.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1994/pedido-de-providencias_54-2023_-_patricia_-_rua_roberto_schutz.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1994/pedido-de-providencias_54-2023_-_patricia_-_rua_roberto_schutz.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine à secretaria competente que realize o patrolamento e melhoramento nas condições de trafegabilidade da Rua Roberto Schutz, no trecho que dá acesso à RSC 287, nesta cidade.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1995/pedido-de-providencias_55-2023_-_katia_-_sala_ciencias.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1995/pedido-de-providencias_55-2023_-_katia_-_sala_ciencias.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal estude a possibilidade de adquirir novos equipamentos e materiais mais modernos, para as salas de ciências da rede municipal, visando instrumentalizar o trabalho dos educadores e proporcionar um melhor estudo e maior experiência do conteúdo aos estudantes, na área das ciências.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1996/pedido-de-providencias_56-2023_-_venicio_-_patrolamento_linha_da_fonte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1996/pedido-de-providencias_56-2023_-_venicio_-_patrolamento_linha_da_fonte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado o patrolamento em toda extensão e cascalhamento em pontos específicos como na subida próximo à propriedade do Sr. Auro Pelz e nas proximidades da residência do Sr. Celso Menezes, na Linha da Fonte, neste município.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1997/pedido-de-providencias_57-2023-_luciano-_iluminacao_publica_leonardo_drecher.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1997/pedido-de-providencias_57-2023-_luciano-_iluminacao_publica_leonardo_drecher.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal providencie a colocação de um novo ponto de iluminação pública na localidade de Linha Contenda, nas proximidades das residências dos Senhores Leonardo Drecher e Hilberto Müller, neste município.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1998/pedido-de-providencias_58-2023-_darci-__iluminacao_iria_streck.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1998/pedido-de-providencias_58-2023-_darci-__iluminacao_iria_streck.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a manutenção da luminária existente nas proximidades da residência da Senhora Iria Streck, na Rua Evaldo Krügel, nesta cidade.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2001/pedido-de-providencias_59-2023_-_darci_-_bueiro_linha_astral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2001/pedido-de-providencias_59-2023_-_darci_-_bueiro_linha_astral.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue a manutenção necessária e a substituição dos bueiros danificados que atravessam a estrada da Linha Astral, nas proximidades do entroncamento coma a Linha Brasileira, próximo à residência do Sr. Everaldo Lüdtke, neste município.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2002/pedido-de-providencias_60-2023-_venicio_-_acess_e_melhorias_no_correio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2002/pedido-de-providencias_60-2023-_venicio_-_acess_e_melhorias_no_correio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que realize a substituição da porta, ampliação da rampa de acesso na entrada e colocação de um toldo de proteção sobre a porta do prédio do Correio na Vila Paraíso, neste deste Município.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2003/pedido-de-providencias_61-2023-_luciano__-_iluminacao_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2003/pedido-de-providencias_61-2023-_luciano__-_iluminacao_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a recolocação do ponto de iluminação pública existente do Sr. Lido Neu na localidade de Boa Vista Norte, neste Município.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2004/pedido-de-providencias_62-2023-_juliano_-__manutencao_iluminacao_vila.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2004/pedido-de-providencias_62-2023-_juliano_-__manutencao_iluminacao_vila.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização de uma vistoria e proporcione a manutenção da iluminação pública, em toda extensão, da Avenida Barão Von Kahlden e da Rua Carlos Lüdtke, na Vila Paraíso, neste município.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2005/pedido-de-providencias_63-2023-_juliano_-_cascalhamento_linha_marcondes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2005/pedido-de-providencias_63-2023-_juliano_-_cascalhamento_linha_marcondes.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o cascalhamento na estrada da Linha Marcondes, em alguns pontos específicos, como próximo aos Milbradt e próximo aos Drescher, e onde mais haver necessidade, naquela localidade.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2006/pedido-de-providencias_64-2023_-_eliseu_-_ajuste_pinguela_e_luz.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2006/pedido-de-providencias_64-2023_-_eliseu_-_ajuste_pinguela_e_luz.doc</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2007/pedido-de-providencias_65-2023_-_eliseu_-__iluminacao_publica_linha_patricia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2007/pedido-de-providencias_65-2023_-_eliseu_-__iluminacao_publica_linha_patricia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a manutenção de três luminárias existentes, uma próximo da Pinguela, outra em frente à residência do Sr. Leomar Wrasse e a terceira em frente à residência do Sr. Valdoivo Wrasse, todas na estrada antiga da Linha Patrícia, neste município.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2009/pedido-de-providencias_66-2023_-_luciano_-_limpeza_na_lateral_das_estradas_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2009/pedido-de-providencias_66-2023_-_luciano_-_limpeza_na_lateral_das_estradas_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a roçada da vegetação das margens da estrada que liga à Linha Contenda à Linha Campestre, para garantir uma melhor trafegabilidade.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2010/pedido-de-providencias_67-2023-_juliano_-___iluminacao_trevo_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2010/pedido-de-providencias_67-2023-_juliano_-___iluminacao_trevo_contenda.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização da manutenção da luminária existente em frente à antiga Escola Benjamim Constant, na Linha Paraguassu, neste município.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2011/pedido-de-providencias_68-2023-_juliano_-__manutencao_iluminacao_beijajn_constant_-_copia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2011/pedido-de-providencias_68-2023-_juliano_-__manutencao_iluminacao_beijajn_constant_-_copia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, gestione junto a concessionaria Rota Santa Maria e providencie a instalação de luminárias no trevo da Contenda, na RSC 287, acesso à Vila Paraíso e ERS 502, neste município.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2012/pedido-de-providencias-069-2023-tiago_-_abrigo_onibus.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2012/pedido-de-providencias-069-2023-tiago_-_abrigo_onibus.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize a colocação de abrigo na parada de ônibus, mais precisamente nas proximidades da propriedade do Senhor Vitor Kulmann na localidade de Linha Travessão, interior do município.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2013/pedido-de-providencias_70-2023_-_patricia_abrigo_onibus_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2013/pedido-de-providencias_70-2023_-_patricia_abrigo_onibus_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize a colocação de abrigo na parada de ônibus, mais precisamente nas proximidades da propriedade da senhora Letícia Kobs, na Boa Vista Norte, neste município.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue a manutenção necessária, com limpeza das valas laterais e colocação de aterro com cascalho em pontos específicos na Estrada Adi Dutra, acesso ao Capão Grande, especialmente até os Fleck, neste município.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize um aumento com melhorias ou instale um novo abrigo na parada do ônibus situada na esquina Gerke, próximo ao cemitério, na Linha Contenda, interior do município.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine à secretaria competente que realize melhorias nas condições de trafegabilidade da Rua Willy Roos, com patrolamento em toda extensão e cascalhamento especialmente no trecho entre a Avenida Afonso Pena e a Rua Max Retzlaff, nesta cidade.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2019/pedido-de-providencias_74-2023_-eliseu_-_lombadas_vila_paraiso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2019/pedido-de-providencias_74-2023_-eliseu_-_lombadas_vila_paraiso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine à Secretaria competente que execute a construção de lombadas na Avenida Barão Von Kahlden, localidade de Vila Paraíso, que funcione como redutor de velocidade, mais precisamente nas proximidades da Escola Estadual de Educação Básica Duque de Caxias, Campo de Futebol e próximo ao correio da localidade.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2020/pedido-de-providencias_75-2023-_venicio_-_bueiros_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2020/pedido-de-providencias_75-2023-_venicio_-_bueiros_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie as melhorias necessárias, com colocação de mais bueiros no córrego existente, próximo à entrada da propriedade do Sr. Telmo Bernardes, bem como a colocação de bueiros com maior vazão no acesso aos Lovatto e Massierer, na estrada geral da Linha Campestre, proporcionando uma trafegabilidade melhor e mais segura naqueles locais.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2021/pedido-de-providencias_76-2023_-_venicio_-_acesso_rural_rudinei.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2021/pedido-de-providencias_76-2023_-_venicio_-_acesso_rural_rudinei.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que realize melhorias com cascalhamento e patrolamento, na entrada secundária que passa pela propriedade do Sr. Delmar Milbradt, que dá acesso ao aglomerado de residências próximo à propriedade do Sr. Rudinei Vieira, na Linha Campestre, neste município.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a Secretaria competente, que seja realizado a manutenção necessária com cascalhamento e patrolamento, na estrada geral da Linha Paraguassu em toda sua extensão, no interior do município.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2023/pedido-de-providencias_78-2023-_venicio_-_buracos_frente_associacao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2023/pedido-de-providencias_78-2023-_venicio_-_buracos_frente_associacao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a manutenção necessária com patrolamento, cascalhamento e fechamento dos buracos no acesso à Associação do Desenvolvimento Rural e a antiga Oficina Dalri, e viabilize uma abertura no muro da Associação, para possibilitar o acesso ao portão principal da antiga Oficina Dalri, em nosso município.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2024/pedido-de-providencias_79-2023_-_patricia_-_rua_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2024/pedido-de-providencias_79-2023_-_patricia_-_rua_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que realize melhorias necessárias na Rua que liga à RSC 287 à Rua Ailton Cardoso, na Boa Vista Sul, próximo ao Mercado Boa Vista, nesta cidade.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2025/pedido-de-providencias-80-2023-_tiago-_iluminacao_publica_levino.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2025/pedido-de-providencias-80-2023-_tiago-_iluminacao_publica_levino.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a recolocação da luminária, em frente ao acesso à propriedade de Levino Martin na localidade de Linha Rincão da Porta, no interior deste Município.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2026/pedido-de-providencias-81-2023-_darci-boca_lobo_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2026/pedido-de-providencias-81-2023-_darci-boca_lobo_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para substituir a tampa, que encontra-se quebrada, sobre boca de lobo existente na Rua Ailton da Silva Cardoso, próximo a residência de Andresa da Silva, na Boa Vista Sul, nessa cidade.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que realize as melhorias necessárias com cascalhamento e patrolamento, no acesso às propriedades da Senhora Lisneta Wrasse bem como do Sr. Lourivo Kesseler, na Linha Patrícia, neste município.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para desobstruir a boca de lobo existente na Avenida 1º de Janeiro, lado par da numeração, situada entre o Escritório Schütz e o Bazar Hübner, nessa cidade.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
@@ -1244,864 +1244,864 @@
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através da Secretaria competente, realize a manutenção com patrolamento em toda extensão, abertura das valetas e cascalhamento em pontos específicos nas estradas das localidades de Quilombo e Linha Brasileira, nesse município.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a manutenção necessária com patrolamento, cascalhamento, abertura das valas e roçada nas laterais na estrada conhecida como Corredor dos Leonardo, iniciando na ERS 502, na residência do Sr. Ernande Streck, na Mangueirinha neste município.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2041/pedido-de-providencias_87-2023_-_juliano__-_cascalhamento_linha_travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2041/pedido-de-providencias_87-2023_-_juliano__-_cascalhamento_linha_travessao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado cascalhamento especialmente na subida próxima a propriedade do Sr. Concatto, e nos outros pontos específicos que se fizerem necessários, na estrada da Linha Travessão, neste município.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2042/pedido-de-providencias_88-2023_-_juliano__-_inspecao_ponte_vila.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2042/pedido-de-providencias_88-2023_-_juliano__-_inspecao_ponte_vila.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado uma vistoria técnica afim de verificar as condições do aterro das cabeceiras da Ponte sob o Arroio Paraíso, na Vila Paraíso, neste município.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine à secretaria competente a instalação de uma lixeira próximo ao CTG Amigos do Rio Grande na Boa Vista e que a mesma tenha tamanho suficiente para comportar os resíduos produzidos no local.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2053/pedido-de-providencias_90-2023_-_patricia_-_lixo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2053/pedido-de-providencias_90-2023_-_patricia_-_lixo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente o recolhimento regular do lixo no Município de Paraíso do Sul e que, em casos de incidentes que impossibilitem o recolhimento, que a comunidade seja avisada ou orientada através dos meios oficiais da Prefeitura e nas mídias locais.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2054/pedido-de-providencias_91-2023_-_patricia_-_lixo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2054/pedido-de-providencias_91-2023_-_patricia_-_lixo.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que realize a instalação de uma lixeira comercial ou de tamanho que comporte os resíduos produzidos, próximo a empresa Barão Lanches na Avenida 1º de Janeiro, nesta cidade.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2056/pedido-de-providencias_92-2023_-_venicio_-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2056/pedido-de-providencias_92-2023_-_venicio_-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente o reparo da luminária existente nas proximidades da residência do Senhor Lauri Abich na Rua E, nesse município.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2057/pedido-de-providencias_93-2023_-_tiago_-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2057/pedido-de-providencias_93-2023_-_tiago_-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a instalação de um novo ponto de iluminação pública na Rua Augusto Lüdtke em frente à Residência da Senhora Gládis Sabin, neste Município.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2058/pedido-de-providencias_94-2023_-_darci_-_estrada_capao_grande.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2058/pedido-de-providencias_94-2023_-_darci_-_estrada_capao_grande.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através da Secretaria competente, realize a manutenção necessária na estrada do Capão, especialmente abaixo da propriedade do Sr. Venício de Oliveira, em direção ao Rio Jacui, com a limpeza das valas e colocação e/ou substituição de bueiros onde houver na necessidade, podendo realizar o descarte das sobras de terras, na propriedade do Sr. Eraldo Nunes, neste município.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2060/pedido-de-providencias_95-2023_-_luciano_-_estrada_da_lina_sao_joao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2060/pedido-de-providencias_95-2023_-_luciano_-_estrada_da_lina_sao_joao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o patrolamento em toda extensão e cascalhamento em pontos específicos da estrada da Linha São João, neste município.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2061/pedido-de-providencias_96-2023_-_darci_-__estrada_hamann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2061/pedido-de-providencias_96-2023_-_darci_-__estrada_hamann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue o patrolamento em toda extensão, bem como a colocação de cascalho em pontos específicos e ainda a substituição de bueiros onde houver, na Estrada Hamann, no interior desse município.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2063/pedido-de-providencias_97-2023_-_katia_-_atendimento_equipe_multi.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2063/pedido-de-providencias_97-2023_-_katia_-_atendimento_equipe_multi.doc</t>
   </si>
   <si>
     <t>que o Poder Executivo Municipal estude a possibilidade de ofertar atendimento através da Equipe Multidisciplinar, que atende junto ao Centro de Educação Especial, a todas as crianças, adolescentes e até mesmo aos adultos, que possuam alguma deficiência transitória ou permanente, mesmo não pertencendo a rede municipal de ensino deste Município.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2067/pedido-de-providencias_98-2023_-_juliano__-_patrolamento_linha_varzea-brasileira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2067/pedido-de-providencias_98-2023_-_juliano__-_patrolamento_linha_varzea-brasileira.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o patrolamento das estradas da Linha Várzea, Linha Brasileira e Linha Contenda, neste município.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2069/pedido-de-providencias_99-2023_-_darci_-_estrada_pau_a_pique.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2069/pedido-de-providencias_99-2023_-_darci_-_estrada_pau_a_pique.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o patrolamento em toda extensão e cascalhamento em alguns pontos específicos onde houver a necessidade, na estrada que inicia na propriedade de Jair Gaedtke, acesso às propriedades de Edo Wendt, Sidinei Vendrusculo e outros, na localidade de Pau-a-Pique, nesse Município.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2070/pedido-de-providencias_100-2023_-_darci_-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2070/pedido-de-providencias_100-2023_-_darci_-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a manutenção da luminária existente nas proximidades das residências dos Senhores Cassio Argilar e Armando Glasenapp, na Linha Travessão, neste município.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2075/pedido-de-providencias_101-2023_-_patricia_-_estrada_linha_da_fonte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2075/pedido-de-providencias_101-2023_-_patricia_-_estrada_linha_da_fonte.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a Secretaria competente que faça a recuperação dos buracos ou dialogue com os responsáveis buscando a melhoria no acesso em torno da Estação Rodoviária, facilitando a trafegabilidade dos usuários e dos munícipes em geral.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2076/pedido-de-providencias_102-2023_-_patricia_-_estdada_l_fonte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2076/pedido-de-providencias_102-2023_-_patricia_-_estdada_l_fonte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determina a secretaria competente que, assim que o clima permitir, faça o patrolamento geral da estrada da Linha das Fonte, realizando os reparos e a recuperação necessária para boa trafegabilidade ao longo de toda a localidade.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2078/pedido-de-providencias_103-2023_-_darci_-__rocada_ers_502.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2078/pedido-de-providencias_103-2023_-_darci_-__rocada_ers_502.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providência a roçada nas laterais da estrada ERS 502, em toda sua extensão, nesse município, ou gestione junto ao DAER/RS para que realize esse serviço.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2079/pedido-de-providencias_104-2023_-_patricia_-_lixo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2079/pedido-de-providencias_104-2023_-_patricia_-_lixo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a secretaria competente que faça a coleta de lixo nas localidades do Município, especialmente as quais encontram-se com grande acúmulo de resíduos.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2080/pedido-de-providencias_105-2023_-_eliseu_-_iluminacao_publica_cemiterio_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2080/pedido-de-providencias_105-2023_-_eliseu_-_iluminacao_publica_cemiterio_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal providencie a colocação de dois novos pontos de iluminação pública na localidade de Linha Campestre, um em frente ao Cemitério e outra nas proximidades da residência de Denis Tischler, neste município.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2083/pedido-de-providencias-106-2023-_katia_-__iluminacao_publica_capao_grande.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2083/pedido-de-providencias-106-2023-_katia_-__iluminacao_publica_capao_grande.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização da manutenção da iluminação pública em frente à propriedade do Sr. André Anchieta da Rosa, no início da estrada do Capão Grande, neste município.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2062/decreto_no_001-2023-contas_2020.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2062/decreto_no_001-2023-contas_2020.doc</t>
   </si>
   <si>
     <t>“Aprova as Contas do Município de Paraíso do Sul, relativas ao exercício financeiro do ano de 2020. ”</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1905/projeto_de_lei_n01-2023_reposicao_e_aumento_real-_servidores.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1905/projeto_de_lei_n01-2023_reposicao_e_aumento_real-_servidores.pdf</t>
   </si>
   <si>
     <t>Estabelece o índice de reposição geral anual e fixa percentual de aumento real sobre a remuneração dos servidores efetivos e de cargos em comissão do Poder Executivo, aposentados e pensionistas.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1906/projeto_de_lei_n02-2023-_isencao_de_cobranca_da_taxa____de_agua_para_consumo_humano.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1906/projeto_de_lei_n02-2023-_isencao_de_cobranca_da_taxa____de_agua_para_consumo_humano.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo de Paraíso do Sul a conceder isenção da cobrança da taxa do fornecimento de água para consumo humano – através do tanque, enquanto perdurar o Estado de Emergência declarado em virtude da Estiagem, por meio do Decreto Municipal nº 130/2022, de 30/12/2022.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1907/projeto_de_lei_n03-2023-_altera_valores_vale_-alimentacao_no_ambito_da_administracao_municipal.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1907/projeto_de_lei_n03-2023-_altera_valores_vale_-alimentacao_no_ambito_da_administracao_municipal.pdf</t>
   </si>
   <si>
     <t>Altera os valores dos incisos I e II do Art. 2º, conforme previsão do § 1º do art. 2º a Lei Municipal nº 1483/2019, de 20/12/2019 que institui o Sistema de Vale-Alimentação no âmbito da Administração Municipal.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1908/projeto_de_lei_n04-2023-_concessao_de_uso_de_bem_movel-_veiculo_caminhao_bau_a_associacao_floreser....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1908/projeto_de_lei_n04-2023-_concessao_de_uso_de_bem_movel-_veiculo_caminhao_bau_a_associacao_floreser....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de uso de bem móvel, um veículo Caminhão Baú à Associação de Produtores FlorESer Agroecológico de Paraíso do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1909/projeto_de_lei_n05-2023-_altera_a_lei_municipal_n_674-2004_-_grat._aquinas_pesadas_e_caminhoes.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1909/projeto_de_lei_n05-2023-_altera_a_lei_municipal_n_674-2004_-_grat._aquinas_pesadas_e_caminhoes.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 674/2004 , instituindo e definido o reajuste da Gratificação de Produtividade e dá outras providências.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1910/projeto_de_lei_no06-2023-revisao_geral_vereadores.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1910/projeto_de_lei_no06-2023-revisao_geral_vereadores.pdf</t>
   </si>
   <si>
     <t>Estabelece revisão geral e anual sobre subsídios e _x000D_
 remunerações dos agentes políticos, Vereadores, _x000D_
 fixando o índice de reposição.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1911/projeto_de_lei_no07-2023-revisao_agentes_politicos.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1911/projeto_de_lei_no07-2023-revisao_agentes_politicos.pdf</t>
   </si>
   <si>
     <t>Estabelece revisão geral e anual sobre as_x000D_
 remunerações e subsídios dos agentes políticos, _x000D_
 Prefeito, Vice-Prefeito e Secretários Municipais, _x000D_
 fixando o índice de reposição.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1912/projeto_de_lei_no08-2023-revisao_servidoresa_legislativo.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1912/projeto_de_lei_no08-2023-revisao_servidoresa_legislativo.pdf</t>
   </si>
   <si>
     <t>Estabelece o índice de reposição geral anual, e fixa _x000D_
 percentual de aumento real, sobre a remuneração_x000D_
 dos Servidores efetivos e de cargos em comissão do _x000D_
 Poder Legislativo municipal.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1913/projeto_de_lei_no09-2023-_vale_alimentacao_legislativo.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1913/projeto_de_lei_no09-2023-_vale_alimentacao_legislativo.pdf</t>
   </si>
   <si>
     <t>“Fixa o valor unitário do Vale-alimentação dos _x000D_
 servidores ativos da Câmara Municipal, conforme _x000D_
 previsão do art. 2º, § 1º da Lei Municipal 1283/2015, _x000D_
 de 23/06/2015”.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1914/projeto_de_lei_n10-2023-_inclui_e_cria_cargo_de_leiturista.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1914/projeto_de_lei_n10-2023-_inclui_e_cria_cargo_de_leiturista.pdf</t>
   </si>
   <si>
     <t>Inclui cargos em categorias funcionais já existentes, altera requisitos para provimento em cargo de Leiturista, junto ao Quadro de Cargos de Provimento Efetivo do municipio de Paraíso do Sul, dado pelo Art. 3° da Lei Municipal n° 1103/2011 e suas alterações.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1915/projeto_de_lei_n11-2023-_altera_o_valor_do_da_tarifa_de_agua....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1915/projeto_de_lei_n11-2023-_altera_o_valor_do_da_tarifa_de_agua....pdf</t>
   </si>
   <si>
     <t>Altera o valor da tarifa do serviço de água, revogando a Lei Municipal n° 847/2007, de 03/08/2007.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1924/projeto_de_lei_n12-2023_contratacao_emergencial_de_professor.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1924/projeto_de_lei_n12-2023_contratacao_emergencial_de_professor.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de professor(a)”.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1942/projeto_de_lei_no13-2023_-altera_a_denominacao_da_e._rodrigues_alves.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1942/projeto_de_lei_no13-2023_-altera_a_denominacao_da_e._rodrigues_alves.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Escola Municipal de Ensino Fundamental Rodrigues Alves.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1943/projeto_de_lei_no14-2023-_altera_a_denominacao_da_e._salgado_filho.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1943/projeto_de_lei_no14-2023-_altera_a_denominacao_da_e._salgado_filho.pdf</t>
   </si>
   <si>
     <t>Altera a denominação e designação da Escola Municipal de Ensino Fundamental Salgado Filho e do Pavilhão.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1948/projeto_de_lei_n15-2023-_autoriza_o_poder_executivo_municipal__a_realizar_parcelamento_do_iptu-2023.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1948/projeto_de_lei_n15-2023-_autoriza_o_poder_executivo_municipal__a_realizar_parcelamento_do_iptu-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar parcelamento e conceder desconto para pagamento do Imposto Predial e Territorial Urbano (IPTU) no exercício 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1949/projeto_de_lei_n16-2023-_institui_o_sistema_de_sobreaviso_no_servico_publico_municipal_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1949/projeto_de_lei_n16-2023-_institui_o_sistema_de_sobreaviso_no_servico_publico_municipal_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema de Sobreaviso no Serviço Público Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1950/projeto_de_lei_n17-2023-_cria_o_programa_de_incentivo_ao_jovem_empreendedor_rural_de_paraiso_do_sul-_futuro_mais_jovem.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1950/projeto_de_lei_n17-2023-_cria_o_programa_de_incentivo_ao_jovem_empreendedor_rural_de_paraiso_do_sul-_futuro_mais_jovem.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de incentivo ao Jovem Empreendedor Rural de Paraiso do Sul - FUTURO MAIS JOVEM.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1951/projeto_de_lei_n18-2023_convenio_bombeiros_voluntarios.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1951/projeto_de_lei_n18-2023_convenio_bombeiros_voluntarios.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Convênio com a Associação Bombeiros Voluntários de Paraíso do Sul , para repasse de valores conforme Plano de Trabalho, e dá outras providências.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1958/projeto_de_lei_n19-2023-_institui_programa_de_verso_e_prosa.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1958/projeto_de_lei_n19-2023-_institui_programa_de_verso_e_prosa.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa “Paraíso em Verso e Prosa” no âmbito do Município de Paraíso do Sul, e da outras</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1966/proeto_de_lei_n20-2023-_autoriza__termo_de_compromisso_com_ctg.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1966/proeto_de_lei_n20-2023-_autoriza__termo_de_compromisso_com_ctg.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar termo de compromisso com o CTG Amigos do Rio Grande, para custear despesas da realização do Rodeio Intermunicipal que integra as comemorações do xxxv aniversário de emancipação político-administrativa do município de paraíso do Sul.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1967/projeto_de_lei_n21-2023-autoriza_termo_de_compromisso_-proparaiso_para_custear_despesas_com_comemoracoes_do_xxxv_de_emancipacao.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1967/projeto_de_lei_n21-2023-autoriza_termo_de_compromisso_-proparaiso_para_custear_despesas_com_comemoracoes_do_xxxv_de_emancipacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar termo de compromisso com a Associação para o Desenvolvimento Cultural de Paraíso do Sul - PROPARAÍSO, para custear despesas com comemorações político-administrativa do município de Paraíso do Sul”.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1976/projeto_de_lei_no22-2023-_autoriza_a_supmementacao_programa_gutte_milch.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1976/projeto_de_lei_no22-2023-_autoriza_a_supmementacao_programa_gutte_milch.pdf</t>
   </si>
   <si>
     <t>"Autoriza a suplementação de valores nas dotações existentes na LOA, LDO e PPA, junto à Secretaria Municipal de Agricultura e Pecuária, abrindo Crédito Suplementar, a fim de atender despesas do Programa “Gutte Milch”.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2000/projeto_de_lei_n23-2023-_insere_o_art.14a_no_capitulo_iv_da_lei_n808-2006_d.u_.do_municipio_de_paraiso_do_sul.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2000/projeto_de_lei_n23-2023-_insere_o_art.14a_no_capitulo_iv_da_lei_n808-2006_d.u_.do_municipio_de_paraiso_do_sul.pdf</t>
   </si>
   <si>
     <t>“Insere o Art.14ª, no Capítulo IV da Lei Municipal nº 808/2006, de 01/09/2006 que institui as Diretrizes Urbanas do Município de Paraíso do Sul, e dá outras providências.”</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2008/projeto_de_lei_n24-2023-convenio-_hospital_repasse_de_valores_-_camara.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2008/projeto_de_lei_n24-2023-convenio-_hospital_repasse_de_valores_-_camara.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Convênio com o Hospital Paraíso - Associação Assistencial e Beneficente, para repasse de valores conforme Plano de Trabalho, e dá outras providências.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2014/projeto_de_lei_n25-2023-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_-saude.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2014/projeto_de_lei_n25-2023-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_-saude.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no orçamento vigente (LOA/LDO e PPA) para inclusão de projeto/atividade e elemento de despesa, junto à Secretaria Municipal de saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2028/projeto_de_lei_n26-2023-_promove_adequacao_orcamentaria..._abertura_de_credito_especial_ao_orcamento__anual_de_2023....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2028/projeto_de_lei_n26-2023-_promove_adequacao_orcamentaria..._abertura_de_credito_especial_ao_orcamento__anual_de_2023....pdf</t>
   </si>
   <si>
     <t>Promove adequação orçamentária no âmbito do município de Paraíso do Sul e autoriza a abertura de crédito especial ao orçamento anual de 2023 no valor de R$81.833,71.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2029/projeto_de_lei_n27-2023-_institui_o_programa_de_recuperacao_fiscal_-_refis_2023....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2029/projeto_de_lei_n27-2023-_institui_o_programa_de_recuperacao_fiscal_-_refis_2023....pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal no Município de Paraíso do Sul-REFIS 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2030/projeto_de_lei_n28-2023-_altera_redacao_do_artigo_26_da_lei_municipal_n673-2004-plano_de_carreira_do_magisterio....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2030/projeto_de_lei_n28-2023-_altera_redacao_do_artigo_26_da_lei_municipal_n673-2004-plano_de_carreira_do_magisterio....pdf</t>
   </si>
   <si>
     <t>Altera redação do artigo 26 da Lei Municipal n°673/2004- Plano de Carreira do Magistério Público Municipal de Paraíso do Sul.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a firmar convênio com o Hospital Paraíso-Associação Assistencial Beneficente, para repasse de valores conforme Plano de Trabalho, e dá outras providências.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>“Autoriza a suplementação de valores nas dotações existentes na LOA, LDO e PPA, junto á secretaria Municipal de Agricultura e Pecuária, abrindo Crédito Suplementar, afim de atender despesas com o Programa “Gutte Milch”.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2043/projeto_de_lei_n32-2023-_autoriza_o_chefe_do_poder_exc._a_repassar_os_recursos_da_uniao-_enfer._tec._em_enfer._aux._enferm....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2043/projeto_de_lei_n32-2023-_autoriza_o_chefe_do_poder_exc._a_repassar_os_recursos_da_uniao-_enfer._tec._em_enfer._aux._enferm....pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a repassar os recursos provenientes da União para complementação da Remuneração de Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da parteira”.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2044/projeto_de_lei_n33-2023-_autoriza_a_abertura_de_credito_especial_no_orccamento_vigente-_loa-ldo_e_ppa-_saude....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2044/projeto_de_lei_n33-2023-_autoriza_a_abertura_de_credito_especial_no_orccamento_vigente-_loa-ldo_e_ppa-_saude....pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito Especial no orçamento vigente (LOA/LDO e PPA) para inclusão de projeto atividade e elemento de despesa, junto à Secretaria municipal de saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2055/projeto_de_lein34-2023-_autoriza_o_muicipio_a_receber_em_doacao_areas_de_terras_ocupadas_por_vias_....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2055/projeto_de_lein34-2023-_autoriza_o_muicipio_a_receber_em_doacao_areas_de_terras_ocupadas_por_vias_....pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a receber, em doação, áreas de terras ocupadas por  vias públicas já existentes, e dá outras providências.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2064/projeto_de_lei_n35-2023_termo_de_compromisso_ctg.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2064/projeto_de_lei_n35-2023_termo_de_compromisso_ctg.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar termo de compromisso com o CTG Amigos do Rio Grande, para custear despesas da realização do Rodeio Intermunicipal que integra as comemorações do XXXV Aniversário de emancipação político-administrativa do município de Paraíso do Sul e revoga a Lei Municipal nº 1697/2023 de 05/05/2023.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2073/projeto_de_lei_n36-2023-_autoriza_a_abertura_de_credito_especial_secretaria_municipal_de_assistencia_social....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2073/projeto_de_lei_n36-2023-_autoriza_a_abertura_de_credito_especial_secretaria_municipal_de_assistencia_social....pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Especial no Orçamento vigente para inclusão de elemento de despesa em projeto/atividade existente junto a Secretaria Municipal de Assistência Social e dá outras providências.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2074/projeto_de_lei_n37-2023_autoriza_a_abertura_de_credito__camara_de_vereadores.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2074/projeto_de_lei_n37-2023_autoriza_a_abertura_de_credito__camara_de_vereadores.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura  de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de projeto/atividade junto a Câmara de Vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2077/projeto_de_lei_n38-2023-_cria_o_programa_de_cessao_de_uso_de_implementos_agricolas_e_daoutras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2077/projeto_de_lei_n38-2023-_cria_o_programa_de_cessao_de_uso_de_implementos_agricolas_e_daoutras_providencias.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Cessão de Uso de Implementos Agrícolas e dá outras providências.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2084/projeto_de_lei_n39-2023_-_estima_a_receita_e_fixa_a_despesa_....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2084/projeto_de_lei_n39-2023_-_estima_a_receita_e_fixa_a_despesa_....pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Paraíso do Sul para o exercício de 2024.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>Altera taxa do serviço de Coleta de Lixo, previsto no anexo VII da Lei Municipal nº 1010/2009 de 22/12/2009, que dispõe do Código Tributário do Município.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2086/projeto_de_lei_n41-2023incentivo_industrial_d.s._calcados.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2086/projeto_de_lei_n41-2023incentivo_industrial_d.s._calcados.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a firmar Termo de Compromisso de Incentivo Industrial com a “Empresa D. S. Calçados, e dá outras providências”.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2087/projeto_de_lei_n42-2023-_credito_especial_no_orcamento_vigente.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2087/projeto_de_lei_n42-2023-_credito_especial_no_orcamento_vigente.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA para inclusão de elemento de despesa em projeto/atividade, junto ás Secretarias de Obras e Trânsito, Administração, Gabinete do Prefeito Municipal e Encargos Especiais, e dá outras providências”.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1916/projeto_de_resolucao__01-2023_-_desfiliacao_uvergs.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1916/projeto_de_resolucao__01-2023_-_desfiliacao_uvergs.doc</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Vereadores de Paraíso do Sul – RS a desfiliar-se e cancelar a contribuição mensal em convênio de filiação firmado com a União dos Vereadores do Rio Grande do Sul – UVERGS, e dá outras providências”.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1929/projeto_de_resolucao__02-2023_-despesas__semana_municipal_da_mulher.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1929/projeto_de_resolucao__02-2023_-despesas__semana_municipal_da_mulher.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Legislativo Municipal a realizar eventos e custear despesas em comemoração à Semana Municipal da Mulher - ano de 2023”.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2047/projeto_de_resolucao__03-2023_-_despesas__aniversario_do_municipio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2047/projeto_de_resolucao__03-2023_-_despesas__aniversario_do_municipio.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Legislativo Municipal a realizar eventos e custear despesas em comemoração ao XXXV Aniversário do Município de Paraíso do Sul”.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2048/projeto_de_resolucao_04-2023_-versa_e_proza.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2048/projeto_de_resolucao_04-2023_-versa_e_proza.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Legislativo Municipal a promover e custear despesas destinados a realização do Programa “PARAISO EM VERSO E PROSA” na edição do ano de 2023”.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2049/projeto_de_resolucao_05-2023_regulamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2049/projeto_de_resolucao_05-2023_regulamento.doc</t>
   </si>
   <si>
     <t>“Institui o regulamento do Programa “PARAISO EM VERSO E PROSA” para a edição do ano de 2023”.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1939/requerimento_001-_2023_-_dessassoriamento_eliseu_jones_luciano.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1939/requerimento_001-_2023_-_dessassoriamento_eliseu_jones_luciano.doc</t>
   </si>
   <si>
     <t>1)	Quais medidas foram tomadas pelo Poder Executivo municipal para atendar as solicitações de desassoreamento do Arroio Paraíso solicitada por todos os Vereadores do Poder Legislativo municipal através do pedido de providências n° 48/2022, de 13 de junho de 2022? _x000D_
 2)	O desassoreamento do Arroio Paraíso já foi iniciado e concluído? Caso positivo, em quais datas e em etapas o serviço foi realizado? Caso negativo, quais são os motivos da omissão em sua realização?_x000D_
 3)	Caso o desassoreamento do Arroio Paraíso ainda não tenha sido concluído, qual o cronograma para realização da obra?  Quais são os trechos e respectivas datas previstas para sua realização?_x000D_
 4)	Quais equipamentos estão e/ou serão utilizados para a realização das obras de desassoreamento do arroio? _x000D_
 5)	Em que local se encontra a escavadeira hidráulica do município?   Esse equipamento se encontra em pleno funcionamento?   Encaminhar em anexo a essa resposta a relação completa de serviços prestados com respectiva escavadeira .</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1940/requerimento_002-_2023_-creche.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1940/requerimento_002-_2023_-creche.doc</t>
   </si>
   <si>
     <t>1)	Qual a previsão de conclusão da obra de construção do prédio onde será instalada a nova EMEI- Pastora Liane Schmidt? A construtora está cumprindo os prazos e cronogramas estabelecidos no contrato? _x000D_
 2)	Em que estágio está a obra e quais os montantes de recursos financeiros já foram pagos à empresa responsável pela construção? Em quais datas os respectivos pagamentos foram efetuados?_x000D_
 3)	Quantas salas de aula serão construídas?  A estrutura vai comportar quantos alunos? _x000D_
 4)	Quantos alunos existem matriculados na EMEI Pastora Liane para o ano letivo de 2023? _x000D_
 5)	As salas de aula do prédio próprio que está sendo construído suprem a demanda de estudantes matriculados e a fila de espera de vagas atualmente existente? Qual a data prevista para que a EMEI passe a funcionar no respectivo local?_x000D_
 6)	Quantas visitas técnicas e/ou fiscalizações foram realizadas ao canteiro de obras pelo(s) responsável(eis) técnico(s) e/ou fiscal(is) do município? Listar os dias das visitas e encaminhar cópia .</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1956/requerimento_003-_2023_-conselho_municipal_de_transito.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1956/requerimento_003-_2023_-conselho_municipal_de_transito.doc</t>
   </si>
   <si>
     <t>1)	O Conselho Municipal de Trânsito de Paraíso do Sul está em funcionamento? Caso positivo, encaminhar as Atas das reuniões realizadas nos anos de 2021, 2022 e 2023; Caso Negativo, justificar._x000D_
 2)	O Conselho Municipal de Trânsito analisou a demanda da Indicação nº 02/2021, de autoria da Vereadora Kátia Helena Schlesner, que indica a abertura do canteiro central no eixo da Avenida 1° de Janeiro, em frente ao posto de combustíveis Central? Caso positivo, qual foi a decisão do conselho? Caso Negativo, justificar._x000D_
 3)	O Conselho analisou a demanda da Indicação nº 06/2021, de autoria da Bancada do PDT, que indica a inclusão de mão única, no sentido Centro/Linha da Fonte, na Rua Roberto Krügel no trecho entre a Avenida 1º de Janeiro e a Rua Edmundo Rohde e ainda providencie o fechamento do canteiro central no entroncamento entre a Avenida 1º de Janeiro e a Rua Roberto Krügel? Caso positivo, qual foi a decisão do conselho? Caso Negativo, justificar.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1957/requerimento_004-_2023_-_revisao_dos_veiculos_transporte_escolar.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1957/requerimento_004-_2023_-_revisao_dos_veiculos_transporte_escolar.doc</t>
   </si>
   <si>
     <t>1)	Relação discriminada da manutenção/revisão mecânica, realizada durante o recesso escolar 2022/2023, referente a todos os veículos do munícipio que realizam transporte escolar;</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>JONES DIEGO RADISKE</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1964/requerimento_005-_2023__programa_seguranca_escolas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1964/requerimento_005-_2023__programa_seguranca_escolas.doc</t>
   </si>
   <si>
     <t>1)	Existe algum programa que esteja sendo desenvolvido, ou que se intui-te implementar, pela administração municipal, que tenha o objetivo de manter e/ou aprimorar a segurança de alunos, docentes, e demais frequentadores das escolas situadas no Município de Paraíso do Sul?</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1983/requerimento_01-2023.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1983/requerimento_01-2023.doc</t>
   </si>
   <si>
     <t>A realização de um fórum Municipal em Defesa da Água e Saneamento em Paraíso do Sul.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2016/requerimento_006-_2023_-_laudos_agua_-_jones.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2016/requerimento_006-_2023_-_laudos_agua_-_jones.doc</t>
   </si>
   <si>
     <t>1-	 Cópia de todos os laudos das análises da água, do interior e da cidade, realizados a pedido ou no tempo em que a Fiscal Sanitária, Servidora Flávia Peixoto Tischler, esteve desempenhando suas funções neste município.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>Decretos Municipais:_x000D_
 _x000D_
 50/2023; 51/2023; 52/2023; 53/2023; 54/2023; 55/2023; 56/2023; 57/2023; 58/2023; 59/2023; 60/2023; 61/2023 e, 62/2023.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2045/requerimento_008-2021_-_convocacao_valdir_oscar_temp.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2045/requerimento_008-2021_-_convocacao_valdir_oscar_temp.doc</t>
   </si>
   <si>
     <t>1)	Situação do projeto de recuperação e melhorias do entrono da Praça Florinaldo Rohde, com recursos de emenda parlamentar;_x000D_
 2)	Situação do projeto de fechamento da quadra esportiva da Escola Aldo Rohde, com recursos de emenda parlamentar; _x000D_
 3)	Recolhimento de lixo no interior do município;_x000D_
 4)	Justificativa para concessão de feriadão no atendimento básico de Saúde na sede do Município no dia 08 de setembro de 2023._x000D_
 5)	Atual situação financeira do Município._x000D_
 6)	Situação em que se encontra o processo de calçamento com recursos de financiamento junto a CAIXA;_x000D_
 7)	Situação de (in) adimplemento da folha de pagamento dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2046/requerimento_009__2023_-disponibilidade_de_remedios.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2046/requerimento_009__2023_-disponibilidade_de_remedios.doc</t>
   </si>
   <si>
     <t>1)	Como é realizado o controle de medicamentos disponíveis em estoque da Farmácia Municipal destinados à distribuição gratuita? _x000D_
 2)	As informações sobre a (in) disponibilidade dos medicamentos é fornecida aos munícipes por contato telefônico?  Caso negativo, porque?</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>1)	O local atualmente locado pelo município para Práticas Integrativas e Complementares em Saúde (PICS) está sendo totalmente utilizado? Caso positivo, quais atividades e/ou serviços estão sendo realizadas disponibilizadas no local e quais os respectivos horários de funcionamento para cada uma delas? _x000D_
 2)	As atividades de fisioterapia permanecerão sendo disponibilizadas pelo município no mesmo local onde atualmente são realizadas ou há previsão de alteração de endereço?  Caso positivo, qual a data prevista para mudança qual o novo local? Onde serão realizadas essas atividades?_x000D_
 3)	Qual a data prevista para conclusão da obra do recinto onde será instalada a nova sala de fisioterapia?</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2051/requerimento_011-_2023_-_laudos_analises_agua_-_jones.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2051/requerimento_011-_2023_-_laudos_analises_agua_-_jones.doc</t>
   </si>
   <si>
     <t>1-	 Cópia de todos os laudos das análises da água, do interior e da cidade, realizados entre o dia 24 de maio de 2023 até a presente data.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2408,67 +2408,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1923/indicacao_001-2023-_patricia_-_transporte_eja.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1930/indicacao_002-2020_-_venicio_-__rede_de_agua_capao_grande.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1941/indicacao_003-2023-_patricia_-_ir_-_doacao_conselhos.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1965/indicacao_004-2023-_patricia_-_botao_panico_escolas.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1968/indicacao_005-2023-_katia__-_treinamento_especial.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2065/indicacao_007-2023-_patricia_-_isencao_iptu.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2066/indicacao_008-2023_-_kaia_-_acesso_mineradora.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2068/indicacao_009-2023_-_venicio_seg_caixa_dagua_ginasio.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2081/indicacao_n_10-2023-_patricia_-_abrigo_onibus_-_boa_vista_sul.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2082/indicacao_n_11-2023_-__katia_-_corrego_campestre.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1977/01-recuperacao_287.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1999/mocao_-_voo_livre.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2059/mocao_de_apoio-_programa_pro-hospitais.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2071/mocao_congratulacao_-_neiza_mrtini.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2072/mocao_de_apoio_ao_hospital_de_paraiso.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1917/pedido-de-providencias_001-2023_-_juliano__-_nova_luminaria_escola_alfredo_schlesner.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1918/pedido-de-providencias_002-2023_-_venicio_-_nova_luminaria_acesso_caixa_dagua.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1919/pedido-de-providencias_003-2023-_darci-__iluminacao_publica_emei.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1920/pedido-de-providencias_004-2023_-_darci_-_ponte_barriga.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1921/pedido-de-providencias_005-2023_-_patricia_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1922/pedido-de-providencias_006-2023-_patricia_-_recolhimento_de_lixo.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1925/pedido-de-providencias_007-2023-_luciano_-_estrada_do_alambique.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1926/pedido-de-providencias_008-2023_-_juliano__-_cascalhamento_linha_contenda.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1927/pedido-de-providencias_009-2023_-_patricia__-_agua_marcondes.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1928/pedido-de-providencias_010-2023_-_eliseu_-_cabeceiras_de_ponte.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1931/pedido-de-providencias_011-2023_-_katia_ponte_boa_vista.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1932/pedido-de-providencias_012-2022-_katia_-__transporte_escolar.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1933/pedido-de-providencias_013-2023_-_juliano__-_goleira_na_vila.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1934/pedido-de-providencias_014-2023_-_venicio_-_patrolamento_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1935/pedido-de-providencias_015-2023_-_darci_-_patrolamento_linha_campestre.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1936/pedido-de-providencias_016-2023-tiago_-_melhoria_acesso_propriedade.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1937/pedido-de-providencias_017-2023_-_patricia_-_iluminacao_publica_sulene.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1938/pedido-de-providencias_18-2023-_elideu_-_ajuste_pinguela_e_luz.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1944/pedido-de-providencias_019-2023-_luciano-__iluminacao_publica_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1945/pedido-de-providencias_020-2023_-_juliano__-_cascalhamento_linha_neri.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1946/pedido-de-providencias_021-2023-_venicio_-_placa_indicativa.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1947/pedido-de-providencias_022-2023_-_eliseu_-_rocada_na_praca_da_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1952/pedido-de-providencias_023-2023_-_venicio_-_nova_luminaria_joel_ruff.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1953/pedido-de-providencias_024-2023_-_venicio_-_bueiros_pau_a_pique.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1954/pedido-de-providencias_025-2023_-_darci_-_iluminacao_publica_celso_cavalheiro.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1955/pedido-de-providencias_26-2023_-_tiago-_totem_de_agua_quente_e_fria_na_praca.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1959/pedido-de-providencias-27-2023_-_darci_-__rocada_ers_502.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1960/pedido-de-providencias_28-2023_-_venicio_-__rocada_campestre.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1961/pedido-de-providencias_29-2023-_venicio_-__iluminacao_publica_-_campestre.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1962/pedido-de-providencias_30-2023_-_juliano__-_patrolamento_linha_contenda.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1963/pedido-de-providencias_31-2023_-_darci_-__estrada_hamann.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1969/pedido-de-providencias_32-2023_-_juliano__-_patrolamento_carlos_ludtke.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1970/pedido-de-providencias_33-2023_-_patricia_-_sinalizacao_rsc_287.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1971/pedido-de-providencias_34-2023_-_darci_-_bueiro_estrada_hamann.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1972/pedido-de-providencias_35-2023_-_darci_-_estrada_alfredo_radtke.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1973/pedido-de-providencias_36-2023_-_venicio_-_bueiros_vila_martin_kelling.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1974/pedido-de-providencias_37-2023_-_eliseu__-_ponte_estrada_kemmerich.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1975/pedido-de-providencias_38-2023_-_luciano_-_limpeza_na_lateral_das_estradas_travessao.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1978/pedido-de-providencias_39-2023-_venicio-_esgoto_rua_roberto_krugel.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1979/pedido-de-providencias_40-2023-_venicio-_esgoto_hasso.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1980/pedido-de-providencias_41-2023_-_patricia_-_estrada_boa_vista.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1981/pedido-de-providencias_42-2023_-_darci_-_estrada_pau_a_pique.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1982/pedido-de-providencias_043-2023-_darci_-_recolhimento_de_lixo.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1984/pedido-de-providencias_44-2023-_luciano__-_iluminacao_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1985/pedido-de-providencias_45-2023_-_darci_-_estrada_mauro_karsbug.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1986/pedido-de-providencias_46-2023-_juliano_-__manutencao_iluminacao_marcelo.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1987/pedido-de-providencias_47-2023-_juliano_-__manutencao_iluminacao_adilson.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1988/pedido-de-providencias_48-2023_-_juliano__-_patrolamento_travessa_altermann.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1989/pedido-de-providencias_49-2023_-_darci_-_limpeza_na_lateral_das_estradas_patrimonio.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1990/pedido-de-providencias_050-2023-_katia_-_adicional_servente.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1991/pedido-de-providencias_51-2023_-_darci_-_patrolamento_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1992/pedido-de-providencias_052-2023_-_patricia_-_patrolamento_linha_campestre.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1993/pedido-de-providencias_053-2023_-_juliano__-_patrolamento_picada_kohn.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1994/pedido-de-providencias_54-2023_-_patricia_-_rua_roberto_schutz.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1995/pedido-de-providencias_55-2023_-_katia_-_sala_ciencias.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1996/pedido-de-providencias_56-2023_-_venicio_-_patrolamento_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1997/pedido-de-providencias_57-2023-_luciano-_iluminacao_publica_leonardo_drecher.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1998/pedido-de-providencias_58-2023-_darci-__iluminacao_iria_streck.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2001/pedido-de-providencias_59-2023_-_darci_-_bueiro_linha_astral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2002/pedido-de-providencias_60-2023-_venicio_-_acess_e_melhorias_no_correio.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2003/pedido-de-providencias_61-2023-_luciano__-_iluminacao_boa_vista.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2004/pedido-de-providencias_62-2023-_juliano_-__manutencao_iluminacao_vila.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2005/pedido-de-providencias_63-2023-_juliano_-_cascalhamento_linha_marcondes.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2006/pedido-de-providencias_64-2023_-_eliseu_-_ajuste_pinguela_e_luz.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2007/pedido-de-providencias_65-2023_-_eliseu_-__iluminacao_publica_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2009/pedido-de-providencias_66-2023_-_luciano_-_limpeza_na_lateral_das_estradas_campestre.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2010/pedido-de-providencias_67-2023-_juliano_-___iluminacao_trevo_contenda.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2011/pedido-de-providencias_68-2023-_juliano_-__manutencao_iluminacao_beijajn_constant_-_copia.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2012/pedido-de-providencias-069-2023-tiago_-_abrigo_onibus.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2013/pedido-de-providencias_70-2023_-_patricia_abrigo_onibus_boa_vista.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2019/pedido-de-providencias_74-2023_-eliseu_-_lombadas_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2020/pedido-de-providencias_75-2023-_venicio_-_bueiros_campestre.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2021/pedido-de-providencias_76-2023_-_venicio_-_acesso_rural_rudinei.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2023/pedido-de-providencias_78-2023-_venicio_-_buracos_frente_associacao.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2024/pedido-de-providencias_79-2023_-_patricia_-_rua_boa_vista.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2025/pedido-de-providencias-80-2023-_tiago-_iluminacao_publica_levino.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2026/pedido-de-providencias-81-2023-_darci-boca_lobo_boa_vista.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2041/pedido-de-providencias_87-2023_-_juliano__-_cascalhamento_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2042/pedido-de-providencias_88-2023_-_juliano__-_inspecao_ponte_vila.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2053/pedido-de-providencias_90-2023_-_patricia_-_lixo.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2054/pedido-de-providencias_91-2023_-_patricia_-_lixo.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2056/pedido-de-providencias_92-2023_-_venicio_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2057/pedido-de-providencias_93-2023_-_tiago_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2058/pedido-de-providencias_94-2023_-_darci_-_estrada_capao_grande.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2060/pedido-de-providencias_95-2023_-_luciano_-_estrada_da_lina_sao_joao.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2061/pedido-de-providencias_96-2023_-_darci_-__estrada_hamann.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2063/pedido-de-providencias_97-2023_-_katia_-_atendimento_equipe_multi.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2067/pedido-de-providencias_98-2023_-_juliano__-_patrolamento_linha_varzea-brasileira.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2069/pedido-de-providencias_99-2023_-_darci_-_estrada_pau_a_pique.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2070/pedido-de-providencias_100-2023_-_darci_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2075/pedido-de-providencias_101-2023_-_patricia_-_estrada_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2076/pedido-de-providencias_102-2023_-_patricia_-_estdada_l_fonte.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2078/pedido-de-providencias_103-2023_-_darci_-__rocada_ers_502.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2079/pedido-de-providencias_104-2023_-_patricia_-_lixo.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2080/pedido-de-providencias_105-2023_-_eliseu_-_iluminacao_publica_cemiterio_campestre.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2083/pedido-de-providencias-106-2023-_katia_-__iluminacao_publica_capao_grande.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2062/decreto_no_001-2023-contas_2020.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1905/projeto_de_lei_n01-2023_reposicao_e_aumento_real-_servidores.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1906/projeto_de_lei_n02-2023-_isencao_de_cobranca_da_taxa____de_agua_para_consumo_humano.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1907/projeto_de_lei_n03-2023-_altera_valores_vale_-alimentacao_no_ambito_da_administracao_municipal.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1908/projeto_de_lei_n04-2023-_concessao_de_uso_de_bem_movel-_veiculo_caminhao_bau_a_associacao_floreser....pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1909/projeto_de_lei_n05-2023-_altera_a_lei_municipal_n_674-2004_-_grat._aquinas_pesadas_e_caminhoes.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1910/projeto_de_lei_no06-2023-revisao_geral_vereadores.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1911/projeto_de_lei_no07-2023-revisao_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1912/projeto_de_lei_no08-2023-revisao_servidoresa_legislativo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1913/projeto_de_lei_no09-2023-_vale_alimentacao_legislativo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1914/projeto_de_lei_n10-2023-_inclui_e_cria_cargo_de_leiturista.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1915/projeto_de_lei_n11-2023-_altera_o_valor_do_da_tarifa_de_agua....pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1924/projeto_de_lei_n12-2023_contratacao_emergencial_de_professor.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1942/projeto_de_lei_no13-2023_-altera_a_denominacao_da_e._rodrigues_alves.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1943/projeto_de_lei_no14-2023-_altera_a_denominacao_da_e._salgado_filho.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1948/projeto_de_lei_n15-2023-_autoriza_o_poder_executivo_municipal__a_realizar_parcelamento_do_iptu-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1949/projeto_de_lei_n16-2023-_institui_o_sistema_de_sobreaviso_no_servico_publico_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1950/projeto_de_lei_n17-2023-_cria_o_programa_de_incentivo_ao_jovem_empreendedor_rural_de_paraiso_do_sul-_futuro_mais_jovem.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1951/projeto_de_lei_n18-2023_convenio_bombeiros_voluntarios.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1958/projeto_de_lei_n19-2023-_institui_programa_de_verso_e_prosa.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1966/proeto_de_lei_n20-2023-_autoriza__termo_de_compromisso_com_ctg.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1967/projeto_de_lei_n21-2023-autoriza_termo_de_compromisso_-proparaiso_para_custear_despesas_com_comemoracoes_do_xxxv_de_emancipacao.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1976/projeto_de_lei_no22-2023-_autoriza_a_supmementacao_programa_gutte_milch.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2000/projeto_de_lei_n23-2023-_insere_o_art.14a_no_capitulo_iv_da_lei_n808-2006_d.u_.do_municipio_de_paraiso_do_sul.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2008/projeto_de_lei_n24-2023-convenio-_hospital_repasse_de_valores_-_camara.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2014/projeto_de_lei_n25-2023-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_-saude.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2028/projeto_de_lei_n26-2023-_promove_adequacao_orcamentaria..._abertura_de_credito_especial_ao_orcamento__anual_de_2023....pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2029/projeto_de_lei_n27-2023-_institui_o_programa_de_recuperacao_fiscal_-_refis_2023....pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2030/projeto_de_lei_n28-2023-_altera_redacao_do_artigo_26_da_lei_municipal_n673-2004-plano_de_carreira_do_magisterio....pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2043/projeto_de_lei_n32-2023-_autoriza_o_chefe_do_poder_exc._a_repassar_os_recursos_da_uniao-_enfer._tec._em_enfer._aux._enferm....pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2044/projeto_de_lei_n33-2023-_autoriza_a_abertura_de_credito_especial_no_orccamento_vigente-_loa-ldo_e_ppa-_saude....pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2055/projeto_de_lein34-2023-_autoriza_o_muicipio_a_receber_em_doacao_areas_de_terras_ocupadas_por_vias_....pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2064/projeto_de_lei_n35-2023_termo_de_compromisso_ctg.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2073/projeto_de_lei_n36-2023-_autoriza_a_abertura_de_credito_especial_secretaria_municipal_de_assistencia_social....pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2074/projeto_de_lei_n37-2023_autoriza_a_abertura_de_credito__camara_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2077/projeto_de_lei_n38-2023-_cria_o_programa_de_cessao_de_uso_de_implementos_agricolas_e_daoutras_providencias.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2084/projeto_de_lei_n39-2023_-_estima_a_receita_e_fixa_a_despesa_....pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2086/projeto_de_lei_n41-2023incentivo_industrial_d.s._calcados.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2087/projeto_de_lei_n42-2023-_credito_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1916/projeto_de_resolucao__01-2023_-_desfiliacao_uvergs.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1929/projeto_de_resolucao__02-2023_-despesas__semana_municipal_da_mulher.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2047/projeto_de_resolucao__03-2023_-_despesas__aniversario_do_municipio.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2048/projeto_de_resolucao_04-2023_-versa_e_proza.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2049/projeto_de_resolucao_05-2023_regulamento.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1939/requerimento_001-_2023_-_dessassoriamento_eliseu_jones_luciano.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1940/requerimento_002-_2023_-creche.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1956/requerimento_003-_2023_-conselho_municipal_de_transito.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1957/requerimento_004-_2023_-_revisao_dos_veiculos_transporte_escolar.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1964/requerimento_005-_2023__programa_seguranca_escolas.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1983/requerimento_01-2023.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2016/requerimento_006-_2023_-_laudos_agua_-_jones.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2045/requerimento_008-2021_-_convocacao_valdir_oscar_temp.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2046/requerimento_009__2023_-disponibilidade_de_remedios.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2051/requerimento_011-_2023_-_laudos_analises_agua_-_jones.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1923/indicacao_001-2023-_patricia_-_transporte_eja.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1930/indicacao_002-2020_-_venicio_-__rede_de_agua_capao_grande.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1941/indicacao_003-2023-_patricia_-_ir_-_doacao_conselhos.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1965/indicacao_004-2023-_patricia_-_botao_panico_escolas.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1968/indicacao_005-2023-_katia__-_treinamento_especial.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2065/indicacao_007-2023-_patricia_-_isencao_iptu.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2066/indicacao_008-2023_-_kaia_-_acesso_mineradora.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2068/indicacao_009-2023_-_venicio_seg_caixa_dagua_ginasio.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2081/indicacao_n_10-2023-_patricia_-_abrigo_onibus_-_boa_vista_sul.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2082/indicacao_n_11-2023_-__katia_-_corrego_campestre.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1977/01-recuperacao_287.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1999/mocao_-_voo_livre.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2059/mocao_de_apoio-_programa_pro-hospitais.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2071/mocao_congratulacao_-_neiza_mrtini.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2072/mocao_de_apoio_ao_hospital_de_paraiso.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1917/pedido-de-providencias_001-2023_-_juliano__-_nova_luminaria_escola_alfredo_schlesner.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1918/pedido-de-providencias_002-2023_-_venicio_-_nova_luminaria_acesso_caixa_dagua.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1919/pedido-de-providencias_003-2023-_darci-__iluminacao_publica_emei.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1920/pedido-de-providencias_004-2023_-_darci_-_ponte_barriga.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1921/pedido-de-providencias_005-2023_-_patricia_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1922/pedido-de-providencias_006-2023-_patricia_-_recolhimento_de_lixo.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1925/pedido-de-providencias_007-2023-_luciano_-_estrada_do_alambique.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1926/pedido-de-providencias_008-2023_-_juliano__-_cascalhamento_linha_contenda.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1927/pedido-de-providencias_009-2023_-_patricia__-_agua_marcondes.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1928/pedido-de-providencias_010-2023_-_eliseu_-_cabeceiras_de_ponte.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1931/pedido-de-providencias_011-2023_-_katia_ponte_boa_vista.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1932/pedido-de-providencias_012-2022-_katia_-__transporte_escolar.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1933/pedido-de-providencias_013-2023_-_juliano__-_goleira_na_vila.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1934/pedido-de-providencias_014-2023_-_venicio_-_patrolamento_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1935/pedido-de-providencias_015-2023_-_darci_-_patrolamento_linha_campestre.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1936/pedido-de-providencias_016-2023-tiago_-_melhoria_acesso_propriedade.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1937/pedido-de-providencias_017-2023_-_patricia_-_iluminacao_publica_sulene.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1938/pedido-de-providencias_18-2023-_elideu_-_ajuste_pinguela_e_luz.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1944/pedido-de-providencias_019-2023-_luciano-__iluminacao_publica_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1945/pedido-de-providencias_020-2023_-_juliano__-_cascalhamento_linha_neri.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1946/pedido-de-providencias_021-2023-_venicio_-_placa_indicativa.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1947/pedido-de-providencias_022-2023_-_eliseu_-_rocada_na_praca_da_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1952/pedido-de-providencias_023-2023_-_venicio_-_nova_luminaria_joel_ruff.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1953/pedido-de-providencias_024-2023_-_venicio_-_bueiros_pau_a_pique.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1954/pedido-de-providencias_025-2023_-_darci_-_iluminacao_publica_celso_cavalheiro.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1955/pedido-de-providencias_26-2023_-_tiago-_totem_de_agua_quente_e_fria_na_praca.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1959/pedido-de-providencias-27-2023_-_darci_-__rocada_ers_502.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1960/pedido-de-providencias_28-2023_-_venicio_-__rocada_campestre.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1961/pedido-de-providencias_29-2023-_venicio_-__iluminacao_publica_-_campestre.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1962/pedido-de-providencias_30-2023_-_juliano__-_patrolamento_linha_contenda.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1963/pedido-de-providencias_31-2023_-_darci_-__estrada_hamann.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1969/pedido-de-providencias_32-2023_-_juliano__-_patrolamento_carlos_ludtke.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1970/pedido-de-providencias_33-2023_-_patricia_-_sinalizacao_rsc_287.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1971/pedido-de-providencias_34-2023_-_darci_-_bueiro_estrada_hamann.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1972/pedido-de-providencias_35-2023_-_darci_-_estrada_alfredo_radtke.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1973/pedido-de-providencias_36-2023_-_venicio_-_bueiros_vila_martin_kelling.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1974/pedido-de-providencias_37-2023_-_eliseu__-_ponte_estrada_kemmerich.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1975/pedido-de-providencias_38-2023_-_luciano_-_limpeza_na_lateral_das_estradas_travessao.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1978/pedido-de-providencias_39-2023-_venicio-_esgoto_rua_roberto_krugel.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1979/pedido-de-providencias_40-2023-_venicio-_esgoto_hasso.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1980/pedido-de-providencias_41-2023_-_patricia_-_estrada_boa_vista.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1981/pedido-de-providencias_42-2023_-_darci_-_estrada_pau_a_pique.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1982/pedido-de-providencias_043-2023-_darci_-_recolhimento_de_lixo.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1984/pedido-de-providencias_44-2023-_luciano__-_iluminacao_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1985/pedido-de-providencias_45-2023_-_darci_-_estrada_mauro_karsbug.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1986/pedido-de-providencias_46-2023-_juliano_-__manutencao_iluminacao_marcelo.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1987/pedido-de-providencias_47-2023-_juliano_-__manutencao_iluminacao_adilson.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1988/pedido-de-providencias_48-2023_-_juliano__-_patrolamento_travessa_altermann.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1989/pedido-de-providencias_49-2023_-_darci_-_limpeza_na_lateral_das_estradas_patrimonio.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1990/pedido-de-providencias_050-2023-_katia_-_adicional_servente.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1991/pedido-de-providencias_51-2023_-_darci_-_patrolamento_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1992/pedido-de-providencias_052-2023_-_patricia_-_patrolamento_linha_campestre.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1993/pedido-de-providencias_053-2023_-_juliano__-_patrolamento_picada_kohn.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1994/pedido-de-providencias_54-2023_-_patricia_-_rua_roberto_schutz.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1995/pedido-de-providencias_55-2023_-_katia_-_sala_ciencias.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1996/pedido-de-providencias_56-2023_-_venicio_-_patrolamento_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1997/pedido-de-providencias_57-2023-_luciano-_iluminacao_publica_leonardo_drecher.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1998/pedido-de-providencias_58-2023-_darci-__iluminacao_iria_streck.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2001/pedido-de-providencias_59-2023_-_darci_-_bueiro_linha_astral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2002/pedido-de-providencias_60-2023-_venicio_-_acess_e_melhorias_no_correio.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2003/pedido-de-providencias_61-2023-_luciano__-_iluminacao_boa_vista.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2004/pedido-de-providencias_62-2023-_juliano_-__manutencao_iluminacao_vila.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2005/pedido-de-providencias_63-2023-_juliano_-_cascalhamento_linha_marcondes.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2006/pedido-de-providencias_64-2023_-_eliseu_-_ajuste_pinguela_e_luz.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2007/pedido-de-providencias_65-2023_-_eliseu_-__iluminacao_publica_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2009/pedido-de-providencias_66-2023_-_luciano_-_limpeza_na_lateral_das_estradas_campestre.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2010/pedido-de-providencias_67-2023-_juliano_-___iluminacao_trevo_contenda.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2011/pedido-de-providencias_68-2023-_juliano_-__manutencao_iluminacao_beijajn_constant_-_copia.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2012/pedido-de-providencias-069-2023-tiago_-_abrigo_onibus.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2013/pedido-de-providencias_70-2023_-_patricia_abrigo_onibus_boa_vista.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2019/pedido-de-providencias_74-2023_-eliseu_-_lombadas_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2020/pedido-de-providencias_75-2023-_venicio_-_bueiros_campestre.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2021/pedido-de-providencias_76-2023_-_venicio_-_acesso_rural_rudinei.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2023/pedido-de-providencias_78-2023-_venicio_-_buracos_frente_associacao.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2024/pedido-de-providencias_79-2023_-_patricia_-_rua_boa_vista.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2025/pedido-de-providencias-80-2023-_tiago-_iluminacao_publica_levino.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2026/pedido-de-providencias-81-2023-_darci-boca_lobo_boa_vista.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2041/pedido-de-providencias_87-2023_-_juliano__-_cascalhamento_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2042/pedido-de-providencias_88-2023_-_juliano__-_inspecao_ponte_vila.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2053/pedido-de-providencias_90-2023_-_patricia_-_lixo.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2054/pedido-de-providencias_91-2023_-_patricia_-_lixo.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2056/pedido-de-providencias_92-2023_-_venicio_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2057/pedido-de-providencias_93-2023_-_tiago_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2058/pedido-de-providencias_94-2023_-_darci_-_estrada_capao_grande.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2060/pedido-de-providencias_95-2023_-_luciano_-_estrada_da_lina_sao_joao.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2061/pedido-de-providencias_96-2023_-_darci_-__estrada_hamann.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2063/pedido-de-providencias_97-2023_-_katia_-_atendimento_equipe_multi.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2067/pedido-de-providencias_98-2023_-_juliano__-_patrolamento_linha_varzea-brasileira.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2069/pedido-de-providencias_99-2023_-_darci_-_estrada_pau_a_pique.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2070/pedido-de-providencias_100-2023_-_darci_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2075/pedido-de-providencias_101-2023_-_patricia_-_estrada_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2076/pedido-de-providencias_102-2023_-_patricia_-_estdada_l_fonte.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2078/pedido-de-providencias_103-2023_-_darci_-__rocada_ers_502.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2079/pedido-de-providencias_104-2023_-_patricia_-_lixo.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2080/pedido-de-providencias_105-2023_-_eliseu_-_iluminacao_publica_cemiterio_campestre.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2083/pedido-de-providencias-106-2023-_katia_-__iluminacao_publica_capao_grande.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2062/decreto_no_001-2023-contas_2020.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1905/projeto_de_lei_n01-2023_reposicao_e_aumento_real-_servidores.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1906/projeto_de_lei_n02-2023-_isencao_de_cobranca_da_taxa____de_agua_para_consumo_humano.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1907/projeto_de_lei_n03-2023-_altera_valores_vale_-alimentacao_no_ambito_da_administracao_municipal.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1908/projeto_de_lei_n04-2023-_concessao_de_uso_de_bem_movel-_veiculo_caminhao_bau_a_associacao_floreser....pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1909/projeto_de_lei_n05-2023-_altera_a_lei_municipal_n_674-2004_-_grat._aquinas_pesadas_e_caminhoes.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1910/projeto_de_lei_no06-2023-revisao_geral_vereadores.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1911/projeto_de_lei_no07-2023-revisao_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1912/projeto_de_lei_no08-2023-revisao_servidoresa_legislativo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1913/projeto_de_lei_no09-2023-_vale_alimentacao_legislativo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1914/projeto_de_lei_n10-2023-_inclui_e_cria_cargo_de_leiturista.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1915/projeto_de_lei_n11-2023-_altera_o_valor_do_da_tarifa_de_agua....pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1924/projeto_de_lei_n12-2023_contratacao_emergencial_de_professor.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1942/projeto_de_lei_no13-2023_-altera_a_denominacao_da_e._rodrigues_alves.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1943/projeto_de_lei_no14-2023-_altera_a_denominacao_da_e._salgado_filho.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1948/projeto_de_lei_n15-2023-_autoriza_o_poder_executivo_municipal__a_realizar_parcelamento_do_iptu-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1949/projeto_de_lei_n16-2023-_institui_o_sistema_de_sobreaviso_no_servico_publico_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1950/projeto_de_lei_n17-2023-_cria_o_programa_de_incentivo_ao_jovem_empreendedor_rural_de_paraiso_do_sul-_futuro_mais_jovem.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1951/projeto_de_lei_n18-2023_convenio_bombeiros_voluntarios.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1958/projeto_de_lei_n19-2023-_institui_programa_de_verso_e_prosa.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1966/proeto_de_lei_n20-2023-_autoriza__termo_de_compromisso_com_ctg.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1967/projeto_de_lei_n21-2023-autoriza_termo_de_compromisso_-proparaiso_para_custear_despesas_com_comemoracoes_do_xxxv_de_emancipacao.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1976/projeto_de_lei_no22-2023-_autoriza_a_supmementacao_programa_gutte_milch.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2000/projeto_de_lei_n23-2023-_insere_o_art.14a_no_capitulo_iv_da_lei_n808-2006_d.u_.do_municipio_de_paraiso_do_sul.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2008/projeto_de_lei_n24-2023-convenio-_hospital_repasse_de_valores_-_camara.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2014/projeto_de_lei_n25-2023-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_-saude.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2028/projeto_de_lei_n26-2023-_promove_adequacao_orcamentaria..._abertura_de_credito_especial_ao_orcamento__anual_de_2023....pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2029/projeto_de_lei_n27-2023-_institui_o_programa_de_recuperacao_fiscal_-_refis_2023....pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2030/projeto_de_lei_n28-2023-_altera_redacao_do_artigo_26_da_lei_municipal_n673-2004-plano_de_carreira_do_magisterio....pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2043/projeto_de_lei_n32-2023-_autoriza_o_chefe_do_poder_exc._a_repassar_os_recursos_da_uniao-_enfer._tec._em_enfer._aux._enferm....pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2044/projeto_de_lei_n33-2023-_autoriza_a_abertura_de_credito_especial_no_orccamento_vigente-_loa-ldo_e_ppa-_saude....pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2055/projeto_de_lein34-2023-_autoriza_o_muicipio_a_receber_em_doacao_areas_de_terras_ocupadas_por_vias_....pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2064/projeto_de_lei_n35-2023_termo_de_compromisso_ctg.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2073/projeto_de_lei_n36-2023-_autoriza_a_abertura_de_credito_especial_secretaria_municipal_de_assistencia_social....pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2074/projeto_de_lei_n37-2023_autoriza_a_abertura_de_credito__camara_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2077/projeto_de_lei_n38-2023-_cria_o_programa_de_cessao_de_uso_de_implementos_agricolas_e_daoutras_providencias.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2084/projeto_de_lei_n39-2023_-_estima_a_receita_e_fixa_a_despesa_....pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2086/projeto_de_lei_n41-2023incentivo_industrial_d.s._calcados.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2087/projeto_de_lei_n42-2023-_credito_especial_no_orcamento_vigente.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1916/projeto_de_resolucao__01-2023_-_desfiliacao_uvergs.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1929/projeto_de_resolucao__02-2023_-despesas__semana_municipal_da_mulher.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2047/projeto_de_resolucao__03-2023_-_despesas__aniversario_do_municipio.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2048/projeto_de_resolucao_04-2023_-versa_e_proza.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2049/projeto_de_resolucao_05-2023_regulamento.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1939/requerimento_001-_2023_-_dessassoriamento_eliseu_jones_luciano.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1940/requerimento_002-_2023_-creche.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1956/requerimento_003-_2023_-conselho_municipal_de_transito.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1957/requerimento_004-_2023_-_revisao_dos_veiculos_transporte_escolar.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1964/requerimento_005-_2023__programa_seguranca_escolas.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/1983/requerimento_01-2023.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2016/requerimento_006-_2023_-_laudos_agua_-_jones.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2045/requerimento_008-2021_-_convocacao_valdir_oscar_temp.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2046/requerimento_009__2023_-disponibilidade_de_remedios.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2023/2051/requerimento_011-_2023_-_laudos_analises_agua_-_jones.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H184"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="207.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="206.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>