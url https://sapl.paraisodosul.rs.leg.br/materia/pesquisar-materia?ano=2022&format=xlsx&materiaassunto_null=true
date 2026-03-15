--- v0 (2025-10-13)
+++ v1 (2026-03-15)
@@ -51,2959 +51,2959 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1655/indicacao_01-2022_-_mdb_-_creche_vila.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1655/indicacao_01-2022_-_mdb_-_creche_vila.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo avalie e viabilize a construção de uma creche (EMEI) na Vila Paraíso, abrangendo as localidades da parte alta do Município, uma na Mangueirinha para atendimento às crianças da parte baixa e ainda uma na cidade para a demanda da sede e das Boa Vista Sul e Norte, nesse município.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>DARCI DELCIO MUNDT</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1656/indicacao_02-2022-_darci_-_abrigo_onibus_-_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1656/indicacao_02-2022-_darci_-_abrigo_onibus_-_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize a construção de um abrigo na parada do ônibus, nas proximidades das residências de Oldemar Janner, Moises de Senna e outros, na localidade de Boa Vista Norte, na estrada que dá acesso à Linha da Fonte, neste município.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>VENICIO ADELAR DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1673/indicacao_03-2022_-_venicio_-_estacionamento_afonso_pena.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1673/indicacao_03-2022_-_venicio_-_estacionamento_afonso_pena.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine à secretaria competente que viabilize, juntamente com o Conselho Municipal de Trânsito, a demarcação do estacionamento na Av. Afonso Pena, priorizando vagas para o Transporte Escolar, pais de alunos e aos clientes, em frente a Loja Rossini e da Escola Afonso Pena, nessa cidade.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>KÁTIA HELENA SCHLESNER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1681/indicacao_04-2022-_katia_-_plantao_remunerado_agua.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1681/indicacao_04-2022-_katia_-_plantao_remunerado_agua.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências para regulamentar o sistema de plantão e sobreaviso de forma remunerada aos funcionários da Secretaria de Obras de Paraíso do Sul, para, de uma forma justa, garantir a eficiência nos trabalhos desenvolvidos por esses profissionais do setor de água, nesse município.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1682/indicacao_05-2022-_katia_-_desobriga_mascara.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1682/indicacao_05-2022-_katia_-_desobriga_mascara.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências para tornar o uso da máscara como facultativo, em locais abertos e fechados, excetos os locais que prestam serviços públicos de saúde, conforme vários outros municípios já estão fazendo, uma vez que não está comprovada a real eficácia no uso da máscara no controle do COVID19, além da pandemia já estar sendo considerada como endemia.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1683/indicacao_06-2022-_darci_-_pracinha_alfredo_schlesner.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1683/indicacao_06-2022-_darci_-_pracinha_alfredo_schlesner.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, por meio da Secretaria de Educação, estude a possibilidade da reforma da pracinha de brinquedos, bem como realize a instalação de novos brinquedos na pracinha da Escola Alfredo Schlesner, nesse município.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1684/indicacao_07-2022_-_venicio_-_evento_auto_motivo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1684/indicacao_07-2022_-_venicio_-_evento_auto_motivo.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, disponibilize a estrutura cobertura bem como o espaço do entorno do Ginásio Municipal aos grupos organizados de motoqueiros e proprietários de som automotivo do município, para realização de seus eventos, possibilitando manifestação cultural, com som automotivo, encontro de motociclistas, entre outros.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1690/indicacao_08-2022-_katia_-_horario_especial_servidores-deficiencia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1690/indicacao_08-2022-_katia_-_horario_especial_servidores-deficiencia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências para viabilizar o direito a um horário especial de trabalho ao servidor público municipal que tenha cônjuge, filho ou dependente com deficiência de qualquer natureza, conforme previsão em lei federal, sem a exigência de compensação de horário.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/indicacao_09-2022-_katia_-_repasse_bombeiros_voluntarios.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/indicacao_09-2022-_katia_-_repasse_bombeiros_voluntarios.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências para viabilizar um termo de cooperação, ou similar, com a Associação Bombeiros Voluntários de Paraíso do Sul, assegurando um repasse mensal e consecutivo de recursos do Município para a manutenção e custeio das atividades dos Bombeiros Voluntários em nossa cidade.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>JONES DIEGO RADISKE</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/indicacao_10-2022_-jones_-_lixo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/indicacao_10-2022_-jones_-_lixo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo avalie e viabilize criação de um projeto piloto para recolhimento de resíduos sólidos na área urbana e rural, contemplando a triagem e recolhimento, através de concessão à empresa ou cooperativa de serviço, criada no município por moradores locais. Proporcionando, assim, a redução nos impactos ambientais; melhorias no sistema de geração e distribuição de renda no município; além de diminuir os gastos do município com a coleta de lixo.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>JULIANO MULLER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1710/indicacao_11-2022_-_juliano_-_bom_pagador.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1710/indicacao_11-2022_-_juliano_-_bom_pagador.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, por meio da secretaria competente, realize um Projeto de Lei que institua benefício fiscal no Imposto Predial Territorial Urbano (IPTU), a partir do ano de 2023, com a instituição do Programa Bom Pagador, relativamente aos imóveis para os quais não conste dívida de qualquer espécie ou natureza.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>LUCIANO EDEGAR RICHARDT</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_12-2021_-_luciano_-_agua_linha_patricia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_12-2021_-_luciano_-_agua_linha_patricia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que providencie a expanção da nova rede de água da Linha Patrícia, beneficiando, além da estrada geral, os moradores da Picada Schünemann e da estrada velha da Linha Patrícia até a residência do Carlos Roberto Pereira e, caso o nível permitir, até a residência do Sr, Lorivo Kesseler, beneficiando um número expressivo de moradores, no interior desse município.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1756/indicacao_13-2022-_darci_-_abrigo_onibus_-_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1756/indicacao_13-2022-_darci_-_abrigo_onibus_-_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize a construção de um abrigo na parada do ônibus, mais precisamente no aglomerado de residências próximo à ponte recentemente construída, podendo ser colocada na esquina da estrada geral da Boa Vista Sul, com a rua secundária existente naquele local, neste município.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1755/indicacao_14-2022-_katia_-_abertura_do_canteiro_central.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1755/indicacao_14-2022-_katia_-_abertura_do_canteiro_central.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que realize a abertura do canteiro no eixo da Avenida 1° de Janeiro, em frente ao posto de combustíveis Central e da empresa Tijolos Piazza, para possibilitar uma boa mobilidade evitando assim manobras arriscadas que atualmente alguns motoristas realizam.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>PATRÍCIA PARREIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1761/indicacao_15-2022-_patricia_-_conselho_da_mulher.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1761/indicacao_15-2022-_patricia_-_conselho_da_mulher.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal de Paraíso do Sul crie o Conselho Municipal dos Direitos da Mulher, no intuito de dar voz às mulheres paraisenses, de forma a assegurar a estas o pleno exercício de sua cidadania e auxiliar e contribuir com as políticas públicas de atendimento à mulher, já desenvolvidas pelo Município.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1767/indicacao_16-2022-_juliano_-_abrigo_onibus_-_mangueirinha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1767/indicacao_16-2022-_juliano_-_abrigo_onibus_-_mangueirinha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize a construção de um abrigo na parada do ônibus, mais precisamente no aglomerado de residências próximo à propriedade de Daniel Milbradt, na ERS 502, na localidade de Mangueirinha, nesse município.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>PAULINHO ALTERMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1776/indicacao_17-2022_-_paulinho_-_reclassificacao_padroes_servidores.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1776/indicacao_17-2022_-_paulinho_-_reclassificacao_padroes_servidores.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo avalie e viabilize a reformulação dos coeficientes dos padrões 01 à 04, dos Servidores Públicos Municipais de Paraíso do Sul, para proporcionar uma melhor e mais justa remuneração em relação aos demais padrões existentes no quadro de cargos do município</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1789/indicacao_18-2022_-_mdb_-_barao_von_kahlden.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1789/indicacao_18-2022_-_mdb_-_barao_von_kahlden.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo avalie e viabilize a transferência do túmulo e dos restos mortais do Barão Von Kahlden e de sua esposa, que se encontram no Cemitério São João Batista, no Rio de Janeiro, para o Município de Paraíso do Sul, para junto do Monumento do Imigrante afim de perpetuar a história e a importância do Barão para nosso município.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1812/indicacao_19-2022-_darci-_analise_de_solo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1812/indicacao_19-2022-_darci-_analise_de_solo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal viabilize junto a Secretaria Municipal de Agricultura e Pecuária a realização de análises de solo de forma gratuita aos produtores rurais do município de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1843/indicacao_20-2022_-_venicio_-_iluminacao_prolongamento_1o_janeiro.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1843/indicacao_20-2022_-_venicio_-_iluminacao_prolongamento_1o_janeiro.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize um estudo e providencie uma vistoria na iluminação pública no prolongamento da Avenida 1º de Janeiro e, realize a manutenção necessária bem como a colocação de novos pontos onde houver necessidade, desde seu início até a RSC 287, nesta cidade.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1845/indicacao_21-2022_-_venicio-esgoto_rua_ruben_carlos_ludtke.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1845/indicacao_21-2022_-_venicio-esgoto_rua_ruben_carlos_ludtke.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para solucionar a situação do esgoto pluvial e cloacal da Rua Ruben Carlos Lüdtke, com a abertura das valas nas margens da Rua, bem como a colocação de bueiros onde houver necessidade.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1860/indicacao_22-2022_-_venicio-reconhecimento_rua.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1860/indicacao_22-2022_-_venicio-reconhecimento_rua.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para reconhecer como logradouro público de situação consolidada a rua de acesso à propriedade dos familiares de Arno Holzschuh e da Família Félix, que inicia na Avenida Imigrantes, na propriedade de Dilmar Fontoura, até o Arroio Preguiça, limite da zona urbana, e denomine a mesma como “Rua Fredolino Baldoíno Kemmerich, e ainda, sendo viável, realize a autorização para recebimento em doação das áreas pertinentes, para possibilitar a regularização fundiária necessária.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1861/indicacao_23-2022_-_venicio-repovoamento_rio_jacui.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1861/indicacao_23-2022_-_venicio-repovoamento_rio_jacui.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para realizar o repovoamento de peixes no Rio Jacuí, nos limites do município, podendo esse procedimento ser realizado, anualmente, através da Secretária Municipal de Agricultura e Pecuária.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1877/indicacao_24-2022_-_darci_-_lombada__afonso_pena.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1877/indicacao_24-2022_-_darci_-_lombada__afonso_pena.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal providencie a reforma, pintura e sinalização da lombada localizada em frente à Escola Afonso Pena, nesta cidade, ou até mesmo faça a transformação desta em uma faixa de pedestres elevada, garantindo também a acessibilidade aos cadeirantes.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>MDB</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/indicacao_25-2022_-_mdb_-_crescer_legal.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/indicacao_25-2022_-_mdb_-_crescer_legal.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo após o acompanhamento realizado pelas autoridades municipais durante o decorrer do curso Crescer Legal, possam reinstituir uma nova parceria com instituto Crescer Legal, para anos seguintes neste município.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1888/indicacao_26-2022-_katia_-_gazebo_as_artesas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1888/indicacao_26-2022-_katia_-_gazebo_as_artesas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a possibilidade de adquirir alguns gazebos, com armação em aço galvanizado e lona impermeável e através de um termo de cessão, beneficie as(os) artesãs(ãos) paraisenses, sendo uma forma de fomentar a continuação desse trabalho e comércio em nosso município e na região.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1892/indicacao_27-2022_-_venicio-esgoto_rua_francisco_fick.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1892/indicacao_27-2022_-_venicio-esgoto_rua_francisco_fick.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a secretaria competente que realize a limpeza nas valetas em frente ao Conjunto Habitacional Ingazeiro, faça o nivelamento na vala e o encanamento do esgoto na Rua Francisco Fick, próximo à esquina com a Avenida Imigrantes, mais precisamente em frente ao aglomerado de moradores nas proximidades da residência do Sr. Antônio Nunes da Silva, nessa cidade.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1899/indicacao_28_-2022_-_venicio-_redutores_de_velocidade_1_de_janeiro.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1899/indicacao_28_-2022_-_venicio-_redutores_de_velocidade_1_de_janeiro.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine à Secretaria competente que execute a colocação de redutores de velocidade na Avenida 1º de Janeiro, em diversos locais, mais necessariamente nas proximidades da Praça Florinaldo Rohde, nessa cidade.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/indicacao_29_-2022_-_venicio-_transporte_hidroginastica_para_agudo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/indicacao_29_-2022_-_venicio-_transporte_hidroginastica_para_agudo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine à Secretaria competente que estude uma possibilidade de auxiliar no transporte aos paraisenses, especialmente da melhor idade, que periodicamente se deslocam para a prática da hidroginástica, na piscina térmica em Agudo.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1678/01-mocao-dona_alma..docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1678/01-mocao-dona_alma..docx</t>
   </si>
   <si>
     <t>Cumpre-nos informá-los que esta Câmara Municipal de Vereadores, por iniciativa do Vereador Tiago Henrique Schünemann, inseriu na Ata dos trabalhos da Sessão Ordinária, realizada no dia 14 de março de 2022, Voto de Congratulações, parabenizando a Senhora Alma Alwina Ludtke Becker pelo seu aniversário de 102 anos de vida-  “Envelhecer mais é envelhecer bem”.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1715/02-susepe.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1715/02-susepe.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO à aprovação da proposta de Emenda Constitucional n°291/2021. Que “Institui a Policia Penal do Estado do Rio Grande do Sul e dá outras providências”.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1738/03-_leticia_martins.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1738/03-_leticia_martins.docx</t>
   </si>
   <si>
     <t>A Mesa Diretora da Câmara Municipal de Vereadores de Paraíso do Sul, por iniciativa da Vereadora Kátia Helena Schlesner, nos termos de seu Regimento Interno, apresenta a MOÇÃO DE APOIO à Leticia K. Martin a ser encaminhada ao Sr. Ministro de Saúde Sr. Marcelo Antônio Cartaxo Queiroga Lopes e a Juíza de Direito Sra. Mariana Camargo Contessa.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1766/04-mocao_de_cumprimentos-_eduardo_muller.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1766/04-mocao_de_cumprimentos-_eduardo_muller.docx</t>
   </si>
   <si>
     <t>Moção de Congratulação, ao estudante paraisense EDUARDO MÜLLER, pela participação na 16ª Edição da Olimpíada Brasileira de Matemática das Escolas Públicas OBMEP de 2021 e pela conquista da 2ª Medalha de Bronze._x000D_
 Esta Câmara de Vereadores, ao ensejo, apresenta seu reconhecimento e parabeniza-o pela classificação conquistada.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1775/05-mocao_de_cumprimentos-_brigada_militar.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1775/05-mocao_de_cumprimentos-_brigada_militar.docx</t>
   </si>
   <si>
     <t>Moção de Apoio à Brigada Militar de Paraíso do Sul, buscando unir forças na liberação da viatura destinada à corporação, através do Programa de Incentivo ao Aparelhamento da Segurança Pública (PISEG).</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/06-mocao_de_soliedariedade_susepe.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/06-mocao_de_soliedariedade_susepe.docx</t>
   </si>
   <si>
     <t>A Câmara Municipal de Vereadores de Paraíso do Sul/RS, por iniciativa da Vereadora Kátia Helena Schlesner, esta Casa emite MOÇÃO DE SOLIDARIEDADE ao Chamamento de Todos os aprovados na primeira fase do concurso vigente da SUSEPE-RS, para que sejam convocados para a segunda fase (teste de aptidão física), prevista no certame.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/07-mocao_de_soliedariedade__prof.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/07-mocao_de_soliedariedade__prof.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO AOS(ÀS) SERVIDORES(AS) PÚBLICOS(AS) ESTADUAIS INATIVOS(AS) E PENSIONISTAS DEVIDO AO DESCONTO PREVIDENCIÁRIO._x000D_
 A Câmara Municipal de Paraíso do Sul/RS, através dos(as) vereadores(as) abaixo signatários, vem, na forma regimental, apresentar esta Moção de Apoio à causa dos(as) Servidores(as) Públicos(as) Estaduais Inativos(as) e Pensionistas, e, em especial aos trabalhadores(as) em educação do nosso Município em razão das alterações trazidas pela Instrução Normativa IPE Prev nº 02/2022 - Leis Complementares nº 13.757 e 13.758, fixando as alíquotas e modificando a base de cálculo da contribuição previdenciária sobre o valor do benefício. A referida alteração vem prejudicando Servidores(as) Inativos(as) e Pensionistas em todo Estado do Rio Grande do Sul e, por entender ser injusta a fixação destes índices, o Poder Legislativo de Paraíso do Sul subscreve a presente moção .</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/08-mocao_apoio_aos_fumicultores.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/08-mocao_apoio_aos_fumicultores.docx</t>
   </si>
   <si>
     <t>A Câmara de Vereadores de Paraíso do Sul/RS faz saber que, por iniciativa da vereadora Patrícia Parreira e, assinada por todos os vereadores desta Casa Legislativa, aprovou a MOÇÃO DE APOIO ao Projeto de Lei nº 204/2015 que dispõe sobre a classificação do tabaco nas propriedades dos agricultores produtores no âmbito do Estado do Rio Grande do Sul, que tramita na Assembleia Legislativa. A PL nº 204/2015 cita que, "As empresas que comercializam e/ou industrializam tabaco em todo o território do Rio Grande do Sul ficam obrigadas a realizar a classificação da folha do tabaco nas propriedades dos agricultores que o produzem no ato da aquisição”.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1810/09-mocao-_roberto_carlos.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1810/09-mocao-_roberto_carlos.docx</t>
   </si>
   <si>
     <t>Cumpre-nos informá-lo que esta Câmara Municipal de Vereadores, por iniciativa da Vereadora Patrícia Parreira, inseriu na Ata dos trabalhos da Sessão Ordinária, realizada no dia 1º de Agosto de 2022, Moção de Congratulações, parabenizando, reconhecendo e agradecendo pelo trabalho desenvolvido pelo Sr. ROBERTO CARLOS AGNE, durante 17 anos e 8 meses, na Agência dos Correios de Paraíso do Sul, sempre com muita dedicação e responsabilidade, conquistou a amizade e simpatia dos paraisenses.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1876/10_-_mocao_-_eja.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1876/10_-_mocao_-_eja.docx</t>
   </si>
   <si>
     <t>"Moção de apoio à reivindicação da Escola Estadual de Ensino Médio Presidente Afonso Pena, a fim de retornar as matrículas a novos alunos em todas as séries da modalidade EJA e ao Transporte Escolar Noturno."</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1881/11_-_mocao_-_daer_-_linha_onibus.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1881/11_-_mocao_-_daer_-_linha_onibus.docx</t>
   </si>
   <si>
     <t>"MOÇÃO DE APOIO ao abaixo assinado para o restabelecimento da linha de ônibus, da Planalto, de Cachoeira do Sul à Faxinal do Soturno”</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO à criação de uma zona eleitoral no município de Agudo a ser encaminhada ao Excelentíssimo Senhor Desembargador Francisco José Moesch, Presidente do Tribunal Regional Eleitoral do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Pedido de Licença</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
     <t>Leitura do OF.GP nº 058/2022 que encaminha Portaria 039/2022 que nomeia o Vereador Mauro Augusto Dumke Secretário Municipal de Turismo, Esporte e lazer; e Portaria 040/2022 que nomeia o Senhor Flávio Vilmar Agne, Primeiro Suplente do PDT Secretário Municipal de Governo.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/requerimento_de_licenca_de_vereador-__darci_mundt.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/requerimento_de_licenca_de_vereador-__darci_mundt.doc</t>
   </si>
   <si>
     <t>Eu, abaixo assinado, Darcí Delcio Mundt, venho respeitosamente a Vossa Excelência, conforme estabelece o Regimento Interno desta Casa Legislativa, requerer, meu licenciamento do cargo de Vereador a contar de 1º de abril de 2022 até  30 de abril por motivos particulares.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/requerimento_de_licenca_de_vereador-__jones_radiske.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/requerimento_de_licenca_de_vereador-__jones_radiske.doc</t>
   </si>
   <si>
     <t>Eu, abaixo assinado, Jones Diego Radiske, venho respeitosamente a Vossa Excelência, conforme estabelece o Regimento Interno desta Casa Legislativa, requerer, meu licenciamento do cargo de Vereador a contar de 16 de maio de 2022 até 14 de julho de 2022 por motivos particulares.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1657/pedido-de-providencias-001-2022-_katia_-__iluminacao_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1657/pedido-de-providencias-001-2022-_katia_-__iluminacao_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que realize a colocação de um novo ponto de iluminação pública nas proximidades da Agroindústria de Produtos Vegetais de Samuel Broll, na localidade de Linha Campestre, interior de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1658/pedido-de-providencias-002-2022-_katia_-__transporte_escolar.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1658/pedido-de-providencias-002-2022-_katia_-__transporte_escolar.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências em relação a superlotação de alunos e ao uso adequado do cinto de segurança no transporte escolar no município, disponibilizando monitores (CIEE’s), para acompanhamento especialmente dos alunos menores de seis anos de idade, em nosso município.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1659/pedido-de-providencias-003-2022-_katia_-__transporte_escolar_vila_nova.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1659/pedido-de-providencias-003-2022-_katia_-__transporte_escolar_vila_nova.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome das devidas providencias necessárias para que o veículo do transporte escolar adentre a localidade de Vila Nova, para realizar o embarque e desembarque, com a finalidade de assegurar a segurança adequada aos alunos usuários.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1671/pedido-de-providencias-004-2022-_eliseu_-__troca_luminaria.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1671/pedido-de-providencias-004-2022-_eliseu_-__troca_luminaria.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome das devidas providências necessárias e realize a troca das lâmpadas queimadas em frente a antiga Escola Benjamin Constant e em frente a propriedade de Dilo Drescher, na localidade de Linha Paraguaçu, interior do Município.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/pedido-de-providencias-005-2022-_patricia_-recuperacao_estradas_boa_vista_sul_e_norte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/pedido-de-providencias-005-2022-_patricia_-recuperacao_estradas_boa_vista_sul_e_norte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a recuperação urgente, com pratolamento, cascalhamento, limpeza das valetas e roçadas das margens das estradas, com a retirada de galhos e arbustos que estão invadindo as vias de passagem de veículos e prejudicando o tráfego na Boa Vista Sul e Boa Vista Norte, neste município.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1675/pedido-de-providencias-006-2022-_eliseu_-__cascalhamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1675/pedido-de-providencias-006-2022-_eliseu_-__cascalhamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue o cascalhamento na estrada que dá acesso à família Langhammer, iniciando na propriedade de Anibaldo Drescher na Linha Paraguassú, no interior do Município.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1676/pedido-de-providencias-007-2022-_katia_-_abrigo_onibus_-_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1676/pedido-de-providencias-007-2022-_katia_-_abrigo_onibus_-_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize a construção de um abrigo na parada do ônibus, localizada na Boa Vista Norte, no entroncamento da rua que dá acesso ao CTG Amigos do Rio Grande com o prolongamento da Avenida 1º de Janeiro, neste município.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1677/pedido-de-providencias-008-2022-_iluminacao_-_ivete_parreira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1677/pedido-de-providencias-008-2022-_iluminacao_-_ivete_parreira.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a manutenção da luminária existente em frente residência da Senhora Ivete Parreira, próximo ao acesso ao Cemitério dos Coqueiros, na localidade de Rincão da Boa Vista Norte, no interior deste Município.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1685/pedido-de-providencias-009-2022_-_tiago-_estacionamento_obliquo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1685/pedido-de-providencias-009-2022_-_tiago-_estacionamento_obliquo.doc</t>
   </si>
   <si>
     <t>Que o Executivo Municipal viabilize, juntamente com o Conselho Municipal de Transito, a realização da demarcação das vagas de estacionamento nas vias públicas, com as devidas distâncias, e estude a possibilidade de criação de estacionamento oblíquo próximo aos comércios mais movimentados e especialmente próximo aos salões de festas, para otimizar o espaço e oferecer mais vagas de estacionamento, em nossa cidade.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1686/pedido-de-providencias-10-2022-_katia-_recolhimento_de_lixo_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1686/pedido-de-providencias-10-2022-_katia-_recolhimento_de_lixo_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que viabilize a coleta periódica do lixo nas localidades de Linha Campestre e Capão Grande, e onde ainda se faça necessário, no interior desse Município.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1687/pedido-de-providencias-11-2021-_venicio_-_bueiros_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1687/pedido-de-providencias-11-2021-_venicio_-_bueiros_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie as melhorias necessárias, com colocação de novos bueiros no córrego existente, próximo à entrada da propriedade do Sr. Telmo Berdardes, na estrada que dá acesso à Linha Campestre, proporcionando uma trafegabilidade melhor e mais segura, no local.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1706/pedido-de-providencias-12-2021-_venicio_-_cascalhamento_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1706/pedido-de-providencias-12-2021-_venicio_-_cascalhamento_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado a manutenção necessária com cascalhamento, na Estrada da Linha campestre, mais precisamente nas proximidades da propriedade do Sr. Claudio Custódio, neste município.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1711/pedido-de-providencias-13-2021-_juliano_-_patrolamento_barao_von_kahlden.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1711/pedido-de-providencias-13-2021-_juliano_-_patrolamento_barao_von_kahlden.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o patrolamento estrada ERS 502, especialmente no trecho da Avenida Barão Von Kahlden, entre a Pousada dos Imigrantes, até a Vila Paraíso, e onde se fizer necessário.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1712/pedido-de-providencias-14-2021-_juliano_-_acesso_fabiano_senna.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1712/pedido-de-providencias-14-2021-_juliano_-_acesso_fabiano_senna.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, a realização de melhoria, com urgência, no acesso à propriedade do Senhor Fabiano Senna, na localidade de Linha da Fonte, neste município.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1713/pedido-de-providencias-15-2022-_patricia_-_lixeira_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1713/pedido-de-providencias-15-2022-_patricia_-_lixeira_boa_vista.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a Secretaria competente a realização da instalação de lixeiras com tampa, do tipo containers, que comportem a demanda do lixo produzido pela comunidade, mais precisamente nas proximidades da residência da Senhora Juranda Parreira e onde mais houver necessidade na localidade de Boa Vista Sul, nessa cidade.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>LUCIANO EDEGAR RICHARDT, TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1714/pedido-de-providencias-016-2022-_tiago-_ponte_linha_rincao_da_porta.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1714/pedido-de-providencias-016-2022-_tiago-_ponte_linha_rincao_da_porta.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine à Secretaria competente, que efetue a construção (com urgência) de uma nova ponte de madeira, ou galeria, mais precisamente no acesso ás propriedades dos senhores Levino Martin e Luis Felix, nesta cidade.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1716/pedido-de-providencias-017-2022-_juliano_-_limpeza_nas_laterais_das_pontes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1716/pedido-de-providencias-017-2022-_juliano_-_limpeza_nas_laterais_das_pontes.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado as roçadas da vegetação nas laterais das pontes no interior, principalmente na Linha Patrícia, neste município.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1717/pedido-de-providencias-18-2022-_juliano_-__iluminacao_salgado_filho.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1717/pedido-de-providencias-18-2022-_juliano_-__iluminacao_salgado_filho.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização da manutenção necessária da luminária da Escola Municipal Salgado Filho e lâmpada existente na estrada em frente a mesma Escola, neste município.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1718/pedido-de-providencias-19-2022-_juliano_-_limpeza_valetas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1718/pedido-de-providencias-19-2022-_juliano_-_limpeza_valetas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a limpeza das valetas das Ruas na  Vila Paraíso, neste município.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1725/pedido-de-providencias-20-2022-_venicio_-_cascalhamento_travessa_altermann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1725/pedido-de-providencias-20-2022-_venicio_-_cascalhamento_travessa_altermann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a manutenção necessária com cascalhamento, na estrada da Travessa Altermann, mais precisamente nas proximidades da propriedade do Sr. Carlos Bilião, neste município.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1726/pedido-de-providencias-21-2022-_venicio_-_limpeza_valetas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1726/pedido-de-providencias-21-2022-_venicio_-_limpeza_valetas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a limpeza das valetas mais precisamente da residência do Senhor Martin Kelling até a residência da Senhora Loni Hasler na Localidade de Contenda, neste município.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1727/pedido-de-providencias-22-2022-_venicio_-_limpeza_na_lateral_da_ponte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1727/pedido-de-providencias-22-2022-_venicio_-_limpeza_na_lateral_da_ponte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado as roçadas da vegetação na lateral da ponte na RSC 502 na localidade de Contenda, interior deste município.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/pedido-de-providencias-23-2021-_juliano_-_cascalhamento_acude_das_garcas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/pedido-de-providencias-23-2021-_juliano_-_cascalhamento_acude_das_garcas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal gestione junto ao DAER/RS, ou determine a Secretaria competente que seja realizado a manutenção necessária com cascalhamento, na estrada ERS 502, mais precisamente na subida próximo ao Açude das Graças, na Mangueirinha, neste município.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/pedido-de-providencias-24-2021-_juliano_-_cascalhamento_na_estrada_da_vila.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/pedido-de-providencias-24-2021-_juliano_-_cascalhamento_na_estrada_da_vila.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo, ou determine a Secretaria competente que seja realizado a manutenção necessária com cascalhamento, nas valas abertas pelas águas da chuva na estrada da Vila Paraíso nos seguintes pontos: em frente ao Monumento do Imigrante, em frente ao Pia House e em frente ao antigo Salão Colorido, neste município.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/pedido-de-providencias-25-2022-_juliano_-__iluminacao_vila_paraiso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/pedido-de-providencias-25-2022-_juliano_-__iluminacao_vila_paraiso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização de uma vistoria e manutenção necessária na iluminação pública na Vila Paraíso, neste município.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/pedido-de-providencias-26-2022-_darci-__iluminacao_publica_linha_brasileira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/pedido-de-providencias-26-2022-_darci-__iluminacao_publica_linha_brasileira.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade e sendo viável, determine a Secretaria competente que providencie a colocação de um novo ponto de iluminação pública no entroncamento da Linha Astral com a Linha Brasileira, nas proximidades das residências dos Senhores Leoni Oestreich e Everaldo Lüdtke, neste município.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1735/pedido-de-providencias-27-2022-_katia_-_abrigo_parada_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1735/pedido-de-providencias-27-2022-_katia_-_abrigo_parada_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a construção de um abrigo nas paradas de ônibus na Boa Vista Norte, nos seguintes locais: próximo ao acesso à residência de Oldemar Janner, Moises de Senna e outros; no entroncamento da Rua que dá acesso ao CTG Amigos do Rio Grande com o prolongamento da Avenida 1º de Janeiro e nas proximidades das residências de Carin Friedrich e de Luís da Silva, próximo ao CTG, neste município.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1736/pedido-de-providencias-28-2022-_venicio-_dessassoreamento_arroio_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1736/pedido-de-providencias-28-2022-_venicio-_dessassoreamento_arroio_contenda.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal viabilize o desassoreamento do Arroio Contenda desde a RSC 287 até o término deste e realize o alargamento e aterramento da estrada ERS 502, nas proximidades da ponte na Localidade de Contenda, interior do município.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1737/pedido-de-providencias-29-2022-_luciano_-__pranchas_pontes_patricia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1737/pedido-de-providencias-29-2022-_luciano_-__pranchas_pontes_patricia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que efetue uma vistoria nas pranchas e nas vigas de sustentação, realize a colocação de sinalização nas cabeceiras e  a manutenção urgente das duas pontes de madeira localizadas nas proximidades da propriedade de Juliano Achterberg, bem como da ponte de acesso à antiga Escola 25 de julho, na Linha Patrícia, neste município.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1741/pedido-de-providencias-30-2022-_katia_-_praca_centro_melhorias.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1741/pedido-de-providencias-30-2022-_katia_-_praca_centro_melhorias.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a colocação de meio fio ou de um cercado para delimitação do estacionamento na Rua Alfredo Schlesner mais precisamente na Praça em frente ao Pavilhão Evangélico, para evitar estragos causados pela colocação de veículos na Praça, especialmente em dias chuvosos.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1742/pedido-de-providencias-31-2021-_luciano_-_cascalhamento_pousada_imigrantes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1742/pedido-de-providencias-31-2021-_luciano_-_cascalhamento_pousada_imigrantes.doc</t>
   </si>
   <si>
     <t>Que solicita que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a manutenção necessária com colocação de material adequado na estrada em frente ao Comércio do Sr. Valdir Lüdtke, na Pousada dos Imigrantes, neste município.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1743/pedido-de-providencias-32-2022-_darci_-_bueiro_rua_otto_carlos.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1743/pedido-de-providencias-32-2022-_darci_-_bueiro_rua_otto_carlos.doc</t>
   </si>
   <si>
     <t>que o Poder Executivo Municipal, determine a construção de uma boca de lobo, na captação das águas e distribuição em encanamentos que encontra-se aberta causando perigo aos veículos e pedestres em dias de chuva, mais precisamente em frente à residência do Sr. Guido Marotz, na Rua Otto Carlos Luís Kirsch, nesta cidade.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/pedido-de-providencias-33-2022-_eliseu_-_melhorias_travessa_kayzer.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/pedido-de-providencias-33-2022-_eliseu_-_melhorias_travessa_kayzer.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue as melhorias necessárias na estrada localizada na Mangueirinha, conhecida como Travessa Katzer, com a substituição dos bueiros quebrados nas proximidades da propriedade do Sr. Aldino Dressler, neste município.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/pedido-de-providencias-34-2022-_venicio-_acessibilidade_correio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/pedido-de-providencias-34-2022-_venicio-_acessibilidade_correio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a construção de um toldo de proteção sobre a porta de acesso e a colocação de corrimão na entrada do prédio do Correio na Vila Paraíso, neste deste Município.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/pedido-de-providencias-35-2022-_paulinho_-_cascalhamento_sinikbu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/pedido-de-providencias-35-2022-_paulinho_-_cascalhamento_sinikbu.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a manutenção necessária com cascalhamento, na estrada da Linha Sinimbu, acesso à Linha Neri, mais precisamente na subida após a propriedade do Sr. Arcildo Halberstadt, neste município.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/pedido-de-providencias-36-2022-_eliseu_-__troca_luminaria_-_laurindo_muller.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/pedido-de-providencias-36-2022-_eliseu_-__troca_luminaria_-_laurindo_muller.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a manutenção da luminária existente em frente a propriedade de Laurindo Müller, na Linha Patrícia, interior do Município.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1750/pedido-de-providencias-37-2022-_eliseu_-_luminaria_-_pinto.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1750/pedido-de-providencias-37-2022-_eliseu_-_luminaria_-_pinto.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para colocação de um novo ponto de iluminação pública no local de manobra de retorno do transporte escolar em frente à residência do Sr. Reverino Machado, na localidade do Rodeio do Herval, interior do Município.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1751/pedido-de-providencias-38-2022-_katia_-_cascalhamento_mangueirinha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1751/pedido-de-providencias-38-2022-_katia_-_cascalhamento_mangueirinha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a manutenção necessária com cascalhamento, na estrada conhecida como Corredor dos Leonardo, iniciando na ERS 502, na residência do Sr. Ernande Streck, na localidade de Mangueirinha neste município.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1752/pedido-de-providencias-39-2022-_juliano_-_cascalhamento_linha_brasileira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1752/pedido-de-providencias-39-2022-_juliano_-_cascalhamento_linha_brasileira.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado a manutenção necessária com cascalhamento e aberturas das valetas na estrada da Linha Brasileira, mais precisamente nas proximidades da propriedade do Sr. Erneldo Achterberg, neste município.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1753/pedido-de-providencias-40-2022-_patricia_-_rocadas_linha_da_fonte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1753/pedido-de-providencias-40-2022-_patricia_-_rocadas_linha_da_fonte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a roçada da vegetação das margens da estrada da Linha da Fonte, com a retirada de galhos e arbustos que estão invadindo as vias de passagem de veículos e prejudicando a boa trafegabilidade naquela localidade, neste município</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1762/pedido-de-providencias-41-2022-_venicio-patrolamento_linha_da_fonte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1762/pedido-de-providencias-41-2022-_venicio-patrolamento_linha_da_fonte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a manutenção necessária com patrolamento e cascalhamento na subida que dá acesso ao “Cerro da Figueira”, nas proximidades da propriedade do Sr. Auro Pelz, na Linha da Fonte, no interior do município.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1763/pedido-de-providencias-42-2022-_venicio-__cobertura_e_drenagem-paraiso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1763/pedido-de-providencias-42-2022-_venicio-__cobertura_e_drenagem-paraiso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize a colocação  de cascalho, patrolamento, drenagem e limpeza das valetas, na estrada secundária, que inicia na esquina onde reside a família Moraes, acesso à propriedade de Nelson Hoerbe, até a divisa com o Rincão do Inferno na localidade de Linha Progresso, interior deste município.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1764/pedido-de-providencias-43-2022-_luciano__-_iluminacao_men_d_e_sa.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1764/pedido-de-providencias-43-2022-_luciano__-_iluminacao_men_d_e_sa.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a manutenção da iluminação pública situada na Sociedade Mem de Sá, na localidade de Linha Contenda, interior do Município.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1765/pedido-de-providencias-44-2022-_venicio-_acessibilidade_fisio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1765/pedido-de-providencias-44-2022-_venicio-_acessibilidade_fisio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, visando garantir a acessibilidade, determine a Secretaria competente que realize a construção de uma rampa com corrimão no acesso ao prédio do Conselho Tutelar e da Sala de Fisioterapia, na sede deste Município.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1769/pedido-de-providencias-45-2022-_darci-_estrada_alambique.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1769/pedido-de-providencias-45-2022-_darci-_estrada_alambique.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie melhorias na ponte, roçadas nas laterais, patrolamento e cascalhamento na estrada a que liga a Linha Contenda à Linha Patrimônio, que inicia na propriedade do Senhor Lídio Schünemann e passa pela Agroindústria Müller, nesse Município.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1770/pedido-de-providencias-46-2022_-_luciano_-_rocadas_linha_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1770/pedido-de-providencias-46-2022_-_luciano_-_rocadas_linha_contenda.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a roçada da vegetação das margens da estrada da Linha da Contenda até o Poço Verde, neste município.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1771/pedido-de-providencias-47-2022_-_luciano_-_cascalhamento_linha_neri-travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1771/pedido-de-providencias-47-2022_-_luciano_-_cascalhamento_linha_neri-travessao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a manutenção necessária com cascalhamento, na estrada da Linha Travessão, mais precisamente na subida próximo a propriedade do Sr. Breno Kemmerich e na estrada da Linha Neri, nas proximidades da propriedade de Silvério Dickow e onde mais houver necessidade, naquelas localidades.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1772/pedido-de-providencias-48-2022-luciano_-_dessassoreamento_arroio_paraiso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1772/pedido-de-providencias-48-2022-luciano_-_dessassoreamento_arroio_paraiso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal viabilize o desassoreamento do Arroio Paraíso, nos pontos mais críticos no trecho entre a ponte da Vila Paraíso até a Ponte da Linha Travessão, nesse município.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1773/pedido-de-providencias-49-2022-_eliseu_-_luminaria_-_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1773/pedido-de-providencias-49-2022-_eliseu_-_luminaria_-_contenda.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para colocação de um novo ponto de iluminação pública em frente a propriedade do Senhor Ilo Schmengler, na localidade de Contenda, interior do Município.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1774/pedido-de-providencias-50-2022_-_eliseu-_recolhimento_de_lixo_patrimonio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1774/pedido-de-providencias-50-2022_-_eliseu-_recolhimento_de_lixo_patrimonio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que viabilize a coleta periódica do lixo na localidade de Linha Patrimônio, em toda sua extensão, no interior desse Município.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1780/pedido-de-providencias-51-2022-_luciano-__iluminacao_publica_dario_holzschuh.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1780/pedido-de-providencias-51-2022-_luciano-__iluminacao_publica_dario_holzschuh.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal providencie a colocação de um novo ponto de iluminação pública na Linha Contenda nas proximidades das residências dos Senhores Dario Holzchuh e Egon Lüdtke, neste município.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1781/pedido-de-providencias-52-2022-_darci_-_cascalhamento_linha_uniao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1781/pedido-de-providencias-52-2022-_darci_-_cascalhamento_linha_uniao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado a manutenção necessária com patrolamento em toda extensão, e, cascalhamento e aberturas das valetas em alguns pontos específicos da estrada na Linha União, neste município.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1782/pedido-de-providencias-53-2022-_patricia_-recuperacao_estradas_boa_vista_sul_e_norte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1782/pedido-de-providencias-53-2022-_patricia_-recuperacao_estradas_boa_vista_sul_e_norte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a recuperação urgente, com patrolamento e cascalhamento nas estradas gerais da Boa Vista Sul e Norte, bem como na estrada secundária que liga a Boa Vista Sul ao Rincão do Pinhal, neste município.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1783/pedido-de-providencias-54-2022-_venicio-_patrola_travessa_linha_da_fonte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1783/pedido-de-providencias-54-2022-_venicio-_patrola_travessa_linha_da_fonte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a manutenção necessária com patrolamento, em toda extensão, e cascalhamento em pontos específicos da estrada secundária que liga a Linha da Fonte à Linha Rincão da Porta, no interior do município.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1784/pedido-de-providencias-55-2022-_venicio-_patrola_travessa_ernane_pheifer.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1784/pedido-de-providencias-55-2022-_venicio-_patrola_travessa_ernane_pheifer.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a manutenção necessária com patrolamento, em toda extensão, e cascalhamento em pontos específicos da estrada secundária que liga a Boa Vista Norte ao Rincão do Pinhal, no interior do município.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1785/pedido-de-providencias-56-2022-_venicio-_melhoria_estrada_acesso_ao_quilombo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1785/pedido-de-providencias-56-2022-_venicio-_melhoria_estrada_acesso_ao_quilombo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a manutenção necessária com colocação de bueiros, na estrada geral do Quilombo, mais precisamente nas proximidades do acesso secundário ao Balneário Paraíso, neste município.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1786/pedido-de-providencias-57-2022-_juliano_-_vistoria_ponte_linha_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1786/pedido-de-providencias-57-2022-_juliano_-_vistoria_ponte_linha_contenda.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie uma vistoria urgente e, caso haja a necessidade, realize a manutenção necessária na estrutura da ponte localizada na estrada que liga a Linha Contenda à Linha Patrimônio, nas proximidades da propriedade do Sr. Eldo Drewanz, nesse município.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1790/pedido-de-providencias-58-2022-_juliano_-__iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1790/pedido-de-providencias-58-2022-_juliano_-__iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente  a realização da manutenção da iluminação pública em frente à residência do Sr. Ernane Schott na Vila Paraíso e dois pontos nas proximidades da residência do Sr. Eldo Kirchoff na Linha Contenda, neste município.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1791/pedido-de-providencias-59-2022-_venicio_-_lixeira_linha_progresso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1791/pedido-de-providencias-59-2022-_venicio_-_lixeira_linha_progresso.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a Secretaria competente a realização da instalação de lixeira com tampa, do tipo containers, que comportem a demanda do lixo produzido pela comunidade, mais precisamente nas proximidades da Serraria Paiva, na Linha Progresso, nessa cidade.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1792/pedido-de-providencias-60-2022-_darci-__iluminacao_publica_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1792/pedido-de-providencias-60-2022-_darci-__iluminacao_publica_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade e sendo viável, determine a Secretaria competente que providencie a colocação de um novo ponto de iluminação na localidade de Linha Campestre, nas proximidades da propriedade do Sr. Laurecí Bredow, neste município.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1793/pedido-de-providencias-61-2022-_darci-_esgoto_rua_e.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1793/pedido-de-providencias-61-2022-_darci-_esgoto_rua_e.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para realizar o encanamento do esgoto pluvial e cloacal existente na Rua E, prolongamento da Rua Mathias Paul Gothardt, mais precisamente em frente e residência do Sr. Luis Sedenir (casa nº 522) e no aglomerado de residências nas proximidades do Sr. Almiro Gonçalves, nessa cidade.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1794/pedido-de-providencias-62-2022-_katia_-_patrolamento_pau-a-pique.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1794/pedido-de-providencias-62-2022-_katia_-_patrolamento_pau-a-pique.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a manutenção necessária com cascalhamento e patrolamento na estrada da localidade de Pau-a-Pique,  neste município.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1803/pedido-de-providencias-63-2022-_tiago-_manutencao_em_frente_287.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1803/pedido-de-providencias-63-2022-_tiago-_manutencao_em_frente_287.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a manutenção necessária com patrolamento, cascalhamento e fechamento dos buracos no acesso a Lancheria Arena e demais empresas instaladas em frente ao Posto Central na RSC 287, em nosso município</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1804/pedido-de-providencias-64-2022-_darci-__iluminacao_-_lismara_gadtke.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1804/pedido-de-providencias-64-2022-_darci-__iluminacao_-_lismara_gadtke.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal providencie a colocação de um novo ponto de iluminação na localidade de Linha Sinimbú, nas proximidades da propriedade da senhora Lismara Gadtke, neste município.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1805/pedido-de-providencias-65-2022-_venicio_-__iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1805/pedido-de-providencias-65-2022-_venicio_-__iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização da manutenção da iluminação pública em frente à residência do Sr. Hortêncio Adorna Lopes e também em frente à residência de Maria Gilvania Cerentini, ambos na Linha Campestre, neste muncípio.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1806/pedido-de-providencias-66-2022-_darci_-_patrolamento_quilombo_brasileira_e_astral..doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1806/pedido-de-providencias-66-2022-_darci_-_patrolamento_quilombo_brasileira_e_astral..doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado a manutenção necessária com patrolamento em toda extensão e, cascalhamento e aberturas das valetas em alguns pontos específicos, das estradas do Quilombo, Linha Brasileira e Linha Astral, neste município.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1813/pedido-de-providencias-67-2022-_luciano-_iluminacao_publica_leo_kulmann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1813/pedido-de-providencias-67-2022-_luciano-_iluminacao_publica_leo_kulmann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal providencie a colocação de um novo ponto de iluminação pública na Linha Neri, nas proximidades da residência do Senhor Léo Kullmann, neste município.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1814/pedido-de-providencias-68-2022-_eliseu_-__troca_luminaria_-_silverio_streck.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1814/pedido-de-providencias-68-2022-_eliseu_-__troca_luminaria_-_silverio_streck.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a manutenção da luminária existente em frente a propriedade de Silvério Streck, na entrada da estrada Travessa Altermann, na Mangueirinha, interior do Município.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1815/pedido-de-providencias-69-2022-_eliseu_-__manutencao._travesa_cemiterio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1815/pedido-de-providencias-69-2022-_eliseu_-__manutencao._travesa_cemiterio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado patrolamento e cascalhamento na estrada da travessa do cemitério da Linha Sinimbú, que inicia na Escola Cristian Gadtke até a antiga ACUPA, neste município.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1820/pedido-de-providencias-70-2022-_juliano_-__iluminacao_publica_capao_grande.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1820/pedido-de-providencias-70-2022-_juliano_-__iluminacao_publica_capao_grande.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização da manutenção da iluminação pública em frente à propriedade do Sr. André Anchieta da Rosa, no início da estrada do Capão Grande, neste município;</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1821/pedido-de-providencias-71-2022-_juliano_-_cascalhamento_linha_travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1821/pedido-de-providencias-71-2022-_juliano_-_cascalhamento_linha_travessao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado a manutenção necessária com cascalhamento na subida próxima a propriedade de Felipe Machado, na estrada da Linha Travessão, neste município.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/pedido-de-providencias-72-2022-_juliano_-_cascalhamento_marcos_kohn.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/pedido-de-providencias-72-2022-_juliano_-_cascalhamento_marcos_kohn.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a manutenção necessária com cascalhamento, na estrada da Picada Köhn, logo acima da propriedade do Sr. Marcos Köhn,  neste município.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal gestione junto ao DAER/RS a realização da manutenção da estrada estadual ERS 502, no trecho entre a RSC 287 na Contenda, até o Arroio Barriga na Mangueirinha, e urgentemente realize o cascalhamento no trecho próximo ao acesso à Picada Hamann, na Contenda, que está praticamente interrompido.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1824/pedido-de-providencias-74-2022-_darci_-_patrolamento_estrada_linha_sinimbu_linha_neri.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1824/pedido-de-providencias-74-2022-_darci_-_patrolamento_estrada_linha_sinimbu_linha_neri.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize a manutenção necessária com patrolamento em toda extensão e cascalhamento, em alguns pontos específicos, na estrada da Sinimbú/Linha Neri, com início no Armazém Sinimbu, até o entroncamento com a estrada geral da Linha Travessão, neste Município.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1825/pedido-de-providencias-75-2022-_venicio_-_melhorias_rincao_dos_bulsing.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1825/pedido-de-providencias-75-2022-_venicio_-_melhorias_rincao_dos_bulsing.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização da manutenção necessária na estrada do Rincão dos Bulsing, bem como a colocação de um novo ponto de iluminação pública nas proximidades da residência da Senhora Marta Rohde, na mesma localidade, neste município.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/pedido-de-providencias-76-2022-_darci-boca_lobo_avenida.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/pedido-de-providencias-76-2022-_darci-boca_lobo_avenida.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para desobstruir a boca de lobo existente na Avenida 1º de Janeiro, lado par da numeração, situada entre o Escritório Schütz e o Bazar Hübner, nessa cidade.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/pedido-de-providencias-77-2022-_venicio_-__iluminacao_publica__boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/pedido-de-providencias-77-2022-_venicio_-__iluminacao_publica__boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização da manutenção da iluminação pública em frente à residência do Sr. Luís Antônio da Rosa, próximo à Oficina do Gilmar, na Boa Vista Sul, neste município.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1828/pedido-de-providencias-78-2022-_venicio-__iluminacao_publica_-_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1828/pedido-de-providencias-78-2022-_venicio-__iluminacao_publica_-_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade e sendo viável, determine a Secretaria competente que providencie a colocação de um novo ponto de iluminação na localidade de Boa Vista sul, na esquina da residência do Sr. Flávio Soares da Silva próximo da oficina do Senhor Gilmar, neste município.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1829/pedido-de-providencias-79-2022-__venicio_-__troca_de_luminaria_-_vilmar_kiefer.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1829/pedido-de-providencias-79-2022-__venicio_-__troca_de_luminaria_-_vilmar_kiefer.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a manutenção da luminária existente em frente a propriedade de Vilmar Kiefer, na Localidade do Poço Verde, interior do Município.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1830/pedido-de-providencias-80-2022-_luciano-_iluminacao_publica_leo_kulmann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1830/pedido-de-providencias-80-2022-_luciano-_iluminacao_publica_leo_kulmann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a manutenção da iluminação pública situada em frente a propriedade do Senhor Danilo Schüller na localidade de Linha Neri .</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1831/pedido-de-providencias-81-2022-_venicio-_patrolamento_marcus_bartmann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1831/pedido-de-providencias-81-2022-_venicio-_patrolamento_marcus_bartmann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado o patrolamento no acesso a propriedade de Marcus Bartmann na Linha Várzea, interior do município.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1832/pedido-de-providencias-82-2022-_venicio-_iluminacao_publica_leoni_ludtke.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1832/pedido-de-providencias-82-2022-_venicio-_iluminacao_publica_leoni_ludtke.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e instale um novo ponto de iluminação pública em frente à propriedade do Senhor Leoni Lüdtke, na Linha Várzea, interior do município.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1833/pedido-de-providencias-83-2022-_eliseu_-__troca_luminaria_-_escola_cristian.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1833/pedido-de-providencias-83-2022-_eliseu_-__troca_luminaria_-_escola_cristian.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a manutenção da luminária existente em frente à Escola Municipal Cristhian Gadtke, na Linha Sinimbú, interior do Município.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1834/pedido-de-providencias-084-2022_-venicio-_melhoria_acesso_a_prop.cascalhamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1834/pedido-de-providencias-084-2022_-venicio-_melhoria_acesso_a_prop.cascalhamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente, o cascalhamento na entrada das propriedades do Senhor Orli de Menezes e da Propriedade da Senhora Onisia Bilião na localidade da Travessa Carlos Altermann no interior deste município.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1839/pedido-de-providencias-85-2022-tiago_-_cascalhamento_e_catrolamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1839/pedido-de-providencias-85-2022-tiago_-_cascalhamento_e_catrolamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo determine a Secretaria competente, que seja realizado a manutenção necessária com cascalhamento e patrolamento, na estrada da localidade de Quilombo, no interior do município.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1840/pedido-de-providencias-86-2022_-venicio_-_melhoria_1o_janeiro.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1840/pedido-de-providencias-86-2022_-venicio_-_melhoria_1o_janeiro.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a manutenção necessária com patrolamento, em toda extensão, e cascalhamento da Socipê até a residência de Roseli Kunde, na rua Prolongamento da Avenida 1º de Janeiro, nessa cidade.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1841/pedido-de-providencias-87-2022_-_juliano__-_mosquito_borrachudo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1841/pedido-de-providencias-87-2022_-_juliano__-_mosquito_borrachudo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente a realização de um estudo para viabilizar a antecipação do fornecimento e distribuição do produto biológico para o combate à larva do mosquito borrachudo, junto aos mananciais, neste município.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1842/pedido-de-providencias-88-2022-_eliseu_-__troca_luminaria_-_lauri_scholz.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1842/pedido-de-providencias-88-2022-_eliseu_-__troca_luminaria_-_lauri_scholz.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a manutenção da luminária existente em frente à propriedade de Laurí Scholz e Francisco Huff, na localidade de Quilombo, neste Município.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1846/pedido-de-providencias-89-2022-_darci_-_patrolamento_travessa_sinimbu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1846/pedido-de-providencias-89-2022-_darci_-_patrolamento_travessa_sinimbu.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado patrolamento, cascalhamento,  bem como a substituição de bueiros que encontram-se quebrados e obstruídos  na estrada travessa do cemitério da Linha Sinimbú, que inicia na Escola Cristian Gadtke até às proximidades da  antiga ACUPA, neste município.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1847/pedido-de-providencias-34-2022-_venicio-_acessibilidade_correio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1847/pedido-de-providencias-34-2022-_venicio-_acessibilidade_correio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue a manutenção e conserto na cabeceira da ponte entre a propriedade dos Senhores Leoni Oestreich e Inor Muller na Localidade de Linha Brasileira, interior do Município.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1849/pedido-de-providencias-91-2022_-_luciano_-_agua_linha_nery.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1849/pedido-de-providencias-91-2022_-_luciano_-_agua_linha_nery.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que providencie a expanção da nova rede de água da Linha Néri, beneficiando os moradores da estrada de acesso à Linha Sinimbu, mais precisamente entre a residência do senhor Danilo Schüller até a residência do senhor Robson Moraes, beneficiando um número expressivo de pessoas, no interior desse município.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1850/pedido-de-providencias-92-2022-_katia_-_bebedou_ro_max.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1850/pedido-de-providencias-92-2022-_katia_-_bebedou_ro_max.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja instalado um bebedouro de água potável na Escola Municipal Max Paul Schlosser, na localidade de Linha Travessão, nesse município.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1851/pedido-de-providencias-93-2022-_darci_-_sinalizacao_de_transito.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1851/pedido-de-providencias-93-2022-_darci_-_sinalizacao_de_transito.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que realize a colocação de placas sinalizadoras de “PREFERENCIAL” e/ou “PARE”, nos cruzamentos da Rua Mathias Paul Gotthardt com as Ruas Willy Roos e Evaldo Krügel, bem como no cruzamento da Rua Willy com a Avenida 1º de Janeiro, nessa cidade.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1853/pedido-de-providencias-94-2022_-_juliano__-_patrolamento_travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1853/pedido-de-providencias-94-2022_-_juliano__-_patrolamento_travessao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado patrolamento em toda extensão e com cascalhamento em alguns pontos necessários, principalmente na subida próxima a propriedade de Felipe Machado, na estrada da Linha Travessão, neste município.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1854/pedido-de-providencias-95-2022_-_juliano__-_fresado_vila_paraiso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1854/pedido-de-providencias-95-2022_-_juliano__-_fresado_vila_paraiso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a colocação do fresado (rejeito do asfalto), na Avenida Barão Von Kahlden, e na Rua Carlos Augusto Lüdtke, na Vila Paraíso, nos trechos que não serão beneficiados pela pavimentação em andamento.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1855/pedido-de-providencias-96-2022-_tiago-recuperacao_estrada_linha_da_fonte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1855/pedido-de-providencias-96-2022-_tiago-recuperacao_estrada_linha_da_fonte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a recuperação urgente, com cascalhamento e patrolamento  na estrada da Linha da Fonte, no trecho deste a residência do senhor Marcos da Silva até o Senhor Luciano Falk no interior deste município.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1858/pedido-de-providencias-97-2022-_darci-__iluminacao_publica_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1858/pedido-de-providencias-97-2022-_darci-__iluminacao_publica_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade e sendo viável, determine a Secretaria competente que providencie a colocação de um novo ponto de iluminação na localidade de Linha Campestre, nas proximidades da propriedade do Sr. Lídio Kasper, neste município.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1859/pedido-de-providencias-98-2022-_luciano__-_iluminacao_linha_travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1859/pedido-de-providencias-98-2022-_luciano__-_iluminacao_linha_travessao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a recolocação do ponto de iluminação pública existente no acesso à propriedade do Sr. Oldemar Wrasse, em frente à residência do Sr. Guido Mário Wrasse, na localidade de Linha Travessão, interior do Município.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1862/pedido-de-providencias-99-2022-_venicio-_iluminacao_publica_joao_gomes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1862/pedido-de-providencias-99-2022-_venicio-_iluminacao_publica_joao_gomes.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e instale um novo ponto de iluminação pública em frente à residência do Senhor João Gomes, na Linha Várzea, interior do município.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1863/pedido-de-providencias-100-2022-_venicio-_iluminacao_publica_jaime_ricardo_maus.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1863/pedido-de-providencias-100-2022-_venicio-_iluminacao_publica_jaime_ricardo_maus.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e instale um novo ponto de iluminação em frente à residência do Sr. Jaime Ricardo Maus, na esquina da Rua Edmundo Rohde com a Avenida Tiradentes, em frente ao Salão Schimango, nessa cidade.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1864/pedido-de-providencias-101-2022-_tiago-__iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1864/pedido-de-providencias-101-2022-_tiago-__iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente o conserto da iluminação pública em frente à residência do Senhor Onívio Wrasse a colocação de uma lâmpada nova em frente a propriedade de Lismara Gadtke  na Linha Sinimbú, interior do município.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1865/pedido-de-providencias-102-2022_-_luciano_-_melhoria_estrada_da_linha_paraguassu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1865/pedido-de-providencias-102-2022_-_luciano_-_melhoria_estrada_da_linha_paraguassu.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado o alargamento da estrada geral que liga Linha Patrícia à Linha Paraguassú, mais precisamente no trecho da curva existente entre a propriedade do Sr. Marcelo Jagnow e Paulo Matte, com a finalidade de melhorar o ângulo, para proporcionar uma melhor passagem de veículos de carga, especialmente do tipo bitruck, que são utilizados para o escoamento da produção agrícola.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1866/pedido-de-providencias-103-2022-_darci-__iluminacao_publica_ari_milbradt.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1866/pedido-de-providencias-103-2022-_darci-__iluminacao_publica_ari_milbradt.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a manutenção da luminária existente em frente a propriedade do Sr. Ari Milbradt, na ERS 502, na localidade de Contenda, neste município.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1867/pedido-de-providencias-104-2022-_venicio_-_cascalhamento_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1867/pedido-de-providencias-104-2022-_venicio_-_cascalhamento_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a manutenção necessária com cascalhamento, na estrada da Linha Campestre, mais precisamente nas proximidades da propriedade do Sr. Lauri Kasper, neste município.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1868/pedido-de-providencias-105-2022-_patricia_-__troca_luminaria_-_claise_boijink.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1868/pedido-de-providencias-105-2022-_patricia_-__troca_luminaria_-_claise_boijink.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado o reparo ou troca da lâmpada da luminária localizada em frente à residência de Claíse Boijink, na Boa Vista Sul, neste município.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1869/pedido-de-providencias-106-2022-_patricia_-_recolhimento_de_lixo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1869/pedido-de-providencias-106-2022-_patricia_-_recolhimento_de_lixo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que viabilize a coleta periódica do lixo nas localidades do interior e urgentemente faça o recolhimento na Picada Kemmerich, na Linha Travessão, no interior desse Município.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1871/pedido-de-providencias-107-2022-__juliano_-__pranchas_ponte_25de_julho.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1871/pedido-de-providencias-107-2022-__juliano_-__pranchas_ponte_25de_julho.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que efetue uma vistoria nas pranchas e nas vigas de sustentação, realize a manutenção urgente da ponte de acesso à antiga Escola 25 de julho, na Linha Patrícia, neste município.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1872/pedido-de-providencias-108-2022-_darci-__pranchas_ponte_ivo_forch.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1872/pedido-de-providencias-108-2022-_darci-__pranchas_ponte_ivo_forch.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que realize a manutenção da ponte de acesso à propriedade do Sr. Ivo Forsch e Sidinei Broll, na Linha Brasileira, neste município.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1873/pedido-de-providencias-109-2022-_juliano_-_patrolamento_barao_von_kahlden.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1873/pedido-de-providencias-109-2022-_juliano_-_patrolamento_barao_von_kahlden.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o patrolamento da Avenida Barão Von Kahlden e das estradas da Linha Patricia e Linha Travessão, neste município.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1874/pedido-de-providencias-110-2022-_venicio_-_cascalhamento_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1874/pedido-de-providencias-110-2022-_venicio_-_cascalhamento_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a manutenção necessária na estrada da Boa Vista Norte, e cascalhamento, mais precisamente nas proximidades da propriedade do Sr. Mario dos Passos, neste município.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1875/pedido-de-providencias-111-2022_-_luciano_-_rocadas_linha_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1875/pedido-de-providencias-111-2022_-_luciano_-_rocadas_linha_contenda.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a roçada da vegetação das margens da estrada da Linha da Contenda até o Rodeio de Herval, neste município.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1878/pedido-de-providencias-112-2022-_venicio_-__iluminacao_publica_gilberto_flores.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1878/pedido-de-providencias-112-2022-_venicio_-__iluminacao_publica_gilberto_flores.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a manutenção da luminária existente em frente a propriedade do Sr. Gilberto Flores, na Boa Vista Norte, neste município.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1879/pedido-de-providencias-113-2022-_venicio-_esgoto_tiradentes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1879/pedido-de-providencias-113-2022-_venicio-_esgoto_tiradentes.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para realizar o encanamento do esgoto pluvial e cloacal existente na avenida Tiradentes, especialmente no trecho entre a esquina com a Rua Marcilio Ehle, até o início do calçamento existente na Avenida.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1880/pedido-de-providencias-114-2022-_luciano__-_iluminacao_linha_travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1880/pedido-de-providencias-114-2022-_luciano__-_iluminacao_linha_travessao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias e realize a manutenção da luminária situada em e propriedade do Sr. Luismar Karsburg, na linha Travessão, interior do Município.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/pedido-de-providencias-115-2022-_venicio-_luminaria_-_carlos_kemmerich.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/pedido-de-providencias-115-2022-_venicio-_luminaria_-_carlos_kemmerich.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para colocação de um novo ponto de iluminação pública em frente a propriedade do Senhor Carlos Kemmerich na Rua Mathias Paulo Gotthardt, neste município.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/pedido-de-providencias-116-2022-_juliano_-__iluminacao_publica_hilario_kunde.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/pedido-de-providencias-116-2022-_juliano_-__iluminacao_publica_hilario_kunde.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização da manutenção da iluminação pública situada em frente ao estabelecimento comercial de Hilário Kunde, na localidade de Linha Contenda, neste município.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/pedido-de-providencias-117-2022-_eliseu_-_patrolamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/pedido-de-providencias-117-2022-_eliseu_-_patrolamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie o patrolamento e cascalhamento onde se fizer necessário na estrada geral da localidade de Quilombo desde o entroncamento na RSC 287, no interior deste município.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1889/pedido-de-providencias-118-2022-_juliano_-__iluminacao_publica_guido_halberstadt.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1889/pedido-de-providencias-118-2022-_juliano_-__iluminacao_publica_guido_halberstadt.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização da manutenção da iluminação situada em frente à propriedade do Sr. Guido Halberstadt, na Vila Paraíso, neste município.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1890/pedido-de-providencias-119-2022-_venicio_-__iluminacao_publica_onivio_kiefer.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1890/pedido-de-providencias-119-2022-_venicio_-__iluminacao_publica_onivio_kiefer.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a manutenção da luminária existente em frente a propriedade do Sr. Onívio Kiefer, na Linha Várzea, neste município.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1893/pedido-de-providencias-120-2022-_venicio_-__iluminacao_publica_vilmar_kiefer.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1893/pedido-de-providencias-120-2022-_venicio_-__iluminacao_publica_vilmar_kiefer.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a manutenção da luminária existente no acesso à propriedade do Sr. Vilmar Kiefer, no Poço Verde, neste município.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1894/pedido-de-providencias-121-2022-_patricia_-__troca_luminaria_-_odair_da_rosa.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1894/pedido-de-providencias-121-2022-_patricia_-__troca_luminaria_-_odair_da_rosa.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizado a manutenção necessária na luminária localizada em frente ao Salão de Beleza de Jéssica e Odair da Rosa, na Boa Vista Sul, neste município.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1895/pedido-de-providencias-122-2022-_darci_-_patrolamento_linha_da_fonte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1895/pedido-de-providencias-122-2022-_darci_-_patrolamento_linha_da_fonte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado patrolamento, cascalhamento,  bem como a substituição de bueiros que encontram-se quebrados e obstruídos  na estrada da Linha da Fonte, neste município.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1901/pedido-de-providencias-123-2022-_venicio__-_ponte_linha_patrimonio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1901/pedido-de-providencias-123-2022-_venicio__-_ponte_linha_patrimonio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie melhorias necessárias na ponte, situada na estrada que liga a Linha Contenda à Linha Patrimônio, próxima ao acesso às propriedades dos senhores Breno Link e Eldo Drewanz, nesse Município.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1719/projeto_de_decreto_no_01-2022_-_rejeita_veto_pl_04-2022.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1719/projeto_de_decreto_no_01-2022_-_rejeita_veto_pl_04-2022.doc</t>
   </si>
   <si>
     <t>“Rejeita o Veto Parcial ao Projeto de Lei nº 04/2022.”</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_decreto_no_02-2022_-_rejeita_veto_pl_28-2022.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_decreto_no_02-2022_-_rejeita_veto_pl_28-2022.doc</t>
   </si>
   <si>
     <t>“Rejeita o Veto Total ao Projeto de Lei nº 28/2022. ”</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1754/projeto_de_decreto_legislativo_003-2022.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1754/projeto_de_decreto_legislativo_003-2022.doc</t>
   </si>
   <si>
     <t>“Aprova as Contas do município de Paraíso do Sul, relativas ao exercício financeiro de 2019”.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1630/projeto_de_lei_n01-2022-_suplementacao_cmv_-loa_22.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1630/projeto_de_lei_n01-2022-_suplementacao_cmv_-loa_22.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A SUPLEMENTAÇÃO DE VALORES EXISTENTES NA LOA,LDO E PPA,JUNTO A CMV,ABRINDO CRÉDITO SUPLEMENTAR, A FIM DE ATENDER DESPESAS DE PESSOAL DA CÂMARA,PARA SUPRIR INSUFICIÊNCIA ORÇAMENTÁRIA REFERENTE REPOSIÇÃO SALARIAL JUNTO AO ÓRGÃO.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1631/projeto_de_lei_n02-2022-_altera_lei_1103-_cria_novos_cargos.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1631/projeto_de_lei_n02-2022-_altera_lei_1103-_cria_novos_cargos.pdf</t>
   </si>
   <si>
     <t>CRIA E INCLUI CATEGORIAS FUNCIONAIS,INCLUI CARGOS EM CATEGORIAS FUNCIONAIS JÁ EXISTENTES, ALTERA CARGA HORÁRIA E ATRIBUIÇÕES DE CATEGORIA FUNCIONAL, E CONSIDERA EXTINTO CARGO JUNTO AO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO MUNICPIO DE PARAÍSO DO SUL, DADO PELO ART. 3º DA LEI MUNICIPAL Nº 1103/2011 E SUAS ALTERAÇÕES.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1632/projeto_de_lei_n03-2022-_altera_a_lei_673-2004_cria_cargos_de_professor.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1632/projeto_de_lei_n03-2022-_altera_a_lei_673-2004_cria_cargos_de_professor.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DE ARTIGO, VISANDO A CRIAÇÃO E INCLUSÃO DE CARGOS DO MAGISTÉRIO PÚBLICO DO MUNICIPIO DE PARAÍSO DO SUL, DADA PELA LEI MUNICIPAL Nº673/2004 E SUAS ALTERAÇÕES, E ESTABELECE ESPECIFICAÇÕES DE CARGO.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1633/projeto_de_lei_n04-2022-_cria_funcoes_gratificadas.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1633/projeto_de_lei_n04-2022-_cria_funcoes_gratificadas.pdf</t>
   </si>
   <si>
     <t>CRIA E INCLUI FUNÇÕES GRATIFICADAS, JUNTO AO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATTIFICADAS DO MUNICIPIO DE PARAÍSO DO SUL, DADO PELO ART.23 DA LEI MUNICIPAL Nº1103/2011 E SUAS ALTERÇÕES.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1634/projeto_de_lei_n05-2022-_autoriza_vale_alimentacao_conselho_tutelar.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1634/projeto_de_lei_n05-2022-_autoriza_vale_alimentacao_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR VALE-ALIMENTAÇÃO AO CONSELHO TUTELAR MUNICIPAL,ALTERANDO O ART.1º DA LEI MUNICIPAL Nº 1483/2019.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1635/projeto_de_lei_n06-2022-_autoriza_vale_alimentacao_ccs.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1635/projeto_de_lei_n06-2022-_autoriza_vale_alimentacao_ccs.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O SISTEMA DE VALE-ALIMENTAÇÃO AO CARGO DE ASSESSOR ADMINISTRATIVO,ALTERANDO O ART.1º DA LEI MUNICIPAL Nº1483/2019.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1636/projeto_de_lei_n07-2022-_autoriza_contratacao_emergencial_serventes.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1636/projeto_de_lei_n07-2022-_autoriza_contratacao_emergencial_serventes.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE SERVENTES.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1637/projeto_de_lei_n08-2022-_autoriza_contratacao_emergencial_professores.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1637/projeto_de_lei_n08-2022-_autoriza_contratacao_emergencial_professores.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSORES (AS).</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1638/projeto_de_lei_n09-2022_-_altera_o_codigo_tributario.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1638/projeto_de_lei_n09-2022_-_altera_o_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS PARÁGRAFOS E INCISOS DOS ARTIGOS 127 E 128 DA LEI MUNICIPAL Nº1010/2009,REESTRUTURA O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO,CONSOLIDA A LEGISLAÇÃO TRIBUTÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1639/projeto_de_lei_n10-2022_-_estabelece_o_indice_reposicao_serv._efet._e_cc_do_executivo.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1639/projeto_de_lei_n10-2022_-_estabelece_o_indice_reposicao_serv._efet._e_cc_do_executivo.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE  DE REPOSIÇÃO GERAL ANUAL E FIXA PERCENTUAL DE AUMENTO REAL SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER EXECUTIVO,APOSENTADOS E PENSIONISTAS.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1640/projeto_de_lei_n11-2022-_altera_os_valores_do_vale_alimentacao.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1640/projeto_de_lei_n11-2022-_altera_os_valores_do_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>ALTERA OS VALORES DOS INCISOS I E II DO ART.2º DA LEI MUNICIPAL Nº 1483/2019, DE 20/12/2019 QUE INSTITUI O SISTEMA DE VALE-ALIMENTAÇÃO NO ÂMBITO DA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1641/projeto_de_lei_n12-2022-_autoriza_termo_de_colcaboracao_amor_perfeito.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1641/projeto_de_lei_n12-2022-_autoriza_termo_de_colcaboracao_amor_perfeito.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE COLABORAÇÃO COM A ASSOCIAÇÃO BENEFICENTE AMOR PERFEITO - ABRIGO TRANSITÓRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1642/projeto_de_lei_n13-2022-_isencao_taxa_fornecimentop_agua_-_estado_emergencia.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1642/projeto_de_lei_n13-2022-_isencao_taxa_fornecimentop_agua_-_estado_emergencia.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO DE PARAÍSO DO SUL A CONCEDER ISENÇÃO DA COBRANÇA DA TAXA DO 'FORNECIMENTO DE ÁGUA PARA O CONSUMO HUMANO - ATRAVÉS DO TANQUE,ENQUANTO PENDURAR O ESTADO DE EMERGÊNCIA DECLARADO EM VIRTUDE DA ESTIAGEM,POR MEIO DO DECRETO MUNICIPAL Nº002/2022, DE 11/01/2022.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1643/projeto_de_lei_n14-2022-_altera_a_gratificacao_dos_diretores_das_escola.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1643/projeto_de_lei_n14-2022-_altera_a_gratificacao_dos_diretores_das_escola.pdf</t>
   </si>
   <si>
     <t>ALTERA A TABELA DE CÓDIGOS DO ART.32, BEM COMO OS COEFICIENTES DE GRATIFICAÇÕES DISPOSTO NO INCISO III DO ART.33 DA LEI MUNICIPAL Nº673/04, DE 05/01/2004,QUE DISPOE SOBRE O PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1644/projeto_de_lei_no15-2022_-__reposicao_efetivos_e_cc_legislativo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1644/projeto_de_lei_no15-2022_-__reposicao_efetivos_e_cc_legislativo.doc</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL ANUAL, E FIXA PERCENTUAL DE AUMENTO REAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1645/projeto_de_lei_n16-2022_-_reposicao_agentes_politicos_vereadores.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1645/projeto_de_lei_n16-2022_-_reposicao_agentes_politicos_vereadores.doc</t>
   </si>
   <si>
     <t>ESTABELECE REVISÃO GERAL E ANUAL SOBRE SUBSÍDIOS E REMUNERAÇÕES DOS AGENTES POLÍTICOS,VEREADORES,FIXANDO O ÍNDICE DE REPOSIÇÃO.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1646/projeto_de_lei_no17-2022_-_reposicao_prefeito_e_vice.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1646/projeto_de_lei_no17-2022_-_reposicao_prefeito_e_vice.doc</t>
   </si>
   <si>
     <t>ESTABELECE REVISÃO GERAL E ANUAL SOBRE AS REMUNERÇÕES E SUBSÍDIOS DOS AGENTES POLÍTICOS, PREFEITO,VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS,FIXANDO O ÍNDICE DE REPOSIÇÃO.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1647/projeto_de_lei_no18-2022_-__vale_alimentacao_legislativo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1647/projeto_de_lei_no18-2022_-__vale_alimentacao_legislativo.doc</t>
   </si>
   <si>
     <t>"FIXA O VALOR UNITÁRIO DO VALE-ALIMENTAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL,CONFORME PREVISÃO DO ART.2º, § 1º DA LEI MUNICIPAL 1283/2015, DE 23/06/2015".</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1648/projeto_de_lei_no19-2022.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1648/projeto_de_lei_no19-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de ‘Médico Clínico Geral’.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1649/projeto_de_lei_no_20-2022.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1649/projeto_de_lei_no_20-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar a contratação Emergencial de Médico Saúde da Família.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1650/projeto_de_lei_no21-2022.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1650/projeto_de_lei_no21-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal de Paraíso do Sul a realizar a Contratação Emergencial de 04 (quatro) motoristas.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1651/projeto_de_lei_no22-2022.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1651/projeto_de_lei_no22-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Paraíso do Sul a realizar Contratação Emergencial de Servente.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1653/projeto_de_lei_no23-2022_contratacao_emergencial_de_professores.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1653/projeto_de_lei_no23-2022_contratacao_emergencial_de_professores.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Professores (as)”.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1654/projeto_de_lei_no24-2022_altera_a_carga_horaria_engenheiro_civil_e_farmaceutico.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1654/projeto_de_lei_no24-2022_altera_a_carga_horaria_engenheiro_civil_e_farmaceutico.pdf</t>
   </si>
   <si>
     <t>“Altera a carga horário dos cargos de Engenheiro civil(a) e Farmacêutico (a)’”.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1660/projeto_de_lei_no25-2022_contratacao_emergencial_de_professor.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1660/projeto_de_lei_no25-2022_contratacao_emergencial_de_professor.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de professor (a)”.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1661/projeto_de_lei_no26-2022_altera_a_redacao.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1661/projeto_de_lei_no26-2022_altera_a_redacao.pdf</t>
   </si>
   <si>
     <t>“Altera redação de artigo, visando a criação e inclusão de cargos no Quadro de Cargos do Magistério Público do município de Paraíso do Sul, dado pela Lei Municipal nº 673/2004 e suas alterações, e estabelece especificações de cargos”</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1662/projeto_de_lei_no_27-2022_-_altera_lei_vale_alimentacao_para_cc.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1662/projeto_de_lei_no_27-2022_-_altera_lei_vale_alimentacao_para_cc.doc</t>
   </si>
   <si>
     <t>“Altera a redação do art. 1º da lei Municipal 1283/2015, de 23 de junho de 2015 que “Autoriza o Poder Legislativo Municipal a Instituir Sistema de Vale- Alimentação no âmbito da Câmara Municipal.”</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1664/projeto_de_lei_no__28-2022_-_informacoes_para_camar_municipal_de_vereadores.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1664/projeto_de_lei_no__28-2022_-_informacoes_para_camar_municipal_de_vereadores.doc</t>
   </si>
   <si>
     <t>“DETERMINA AO PODER EXECUTIVO MUNICIPAL O ENVIO DE DOCUMENTOS À CÂMARA MUNICIPAL DE VEREADORES, E DA OUTRAS PROVIDENCIAS”</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1665/projeto_de_lei_no_29-2022_-_institui_sitio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1665/projeto_de_lei_no_29-2022_-_institui_sitio.doc</t>
   </si>
   <si>
     <t>“INSTITUI O SÍTIO INSTITUCIONAL DA PREFEITURA DE PARAISO DO SUL COMO O LOCAL OFICIAL DE PUBLICAÇÃO DOS ATOS MUNICIPAIS, E DA OUTRAS PROVIDENCIAS”</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1667/projeto_de_lei_no30-2022_autoriza_o_poder_executivo_municipal_a_realizar_parcelamento_e_conceder_descontos_para_pagamento_do_imposto_predial_e_territorial_urbano_exercicio_2022.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1667/projeto_de_lei_no30-2022_autoriza_o_poder_executivo_municipal_a_realizar_parcelamento_e_conceder_descontos_para_pagamento_do_imposto_predial_e_territorial_urbano_exercicio_2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar parcelamento e conceder desconto para pagamento do Imposto Predial e Territorial Urbano (IPTU) no exercício 2022, e dá outras providências."</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1668/projeto_de_lei_n31-2022-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_o_hospital_paraiso.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1668/projeto_de_lei_n31-2022-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_o_hospital_paraiso.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a Firmar Convênio com o Hospital Paraíso - Associação Assistencial e Beneficente, para repasse de valores conforme Plano de Trabalho, e dá outras Providências.”</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1669/projeto_de_lei_n32-2022.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1669/projeto_de_lei_n32-2022.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUSÃO DE ELEMENTO DE DESPESA EM PROJETO/ATIVIDADE EXISTENTE,JUNTO A SECRETARIA MUNICIPAL DE SAÚDE - FMS E GABINETE DO PREFEITO MUNICIPAL E DÁOUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1670/projeto_de_lei_no33-2022_banco_de_ideias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1670/projeto_de_lei_no33-2022_banco_de_ideias.pdf</t>
   </si>
   <si>
     <t>“Institui o Banco de Ideias Legislativas da Câmara Municipal de Vereadores de Paraíso.”</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1679/projeto_de_lei_n34-2022-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_de_incentivo_industrial_com_a_empresa_paraiso_calcados_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1679/projeto_de_lei_n34-2022-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_de_incentivo_industrial_com_a_empresa_paraiso_calcados_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Compromisso de Incentivo Industrial com a ‘Empresa Paraíso Calçados’, e dá outras providências.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1680/projeto_de_lei_n35-2022-_autoriza_o_poder_executivo_municipal_a_firmar_contrto_de_incentivos_com_a_empresa_neimar_de_menezes_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1680/projeto_de_lei_n35-2022-_autoriza_o_poder_executivo_municipal_a_firmar_contrto_de_incentivos_com_a_empresa_neimar_de_menezes_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Firmar Contrato de incentivos com a Empresa Neimar de Meneses, e dá outras providências.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_n36-2022-_autoriza_opoder_executivo_municipal_a_realizar_contratacao_emergencial_de_medico_clinico_geral..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_n36-2022-_autoriza_opoder_executivo_municipal_a_realizar_contratacao_emergencial_de_medico_clinico_geral..pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE 'MÉDICO CLINICO GERAL'.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_no_37-2022_-_katia-_semana_da_doacao_de_livro.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_no_37-2022_-_katia-_semana_da_doacao_de_livro.doc</t>
   </si>
   <si>
     <t>“Institui a Semana da Doação de Livros, no Município de Paraíso do Sul e dá outras providências”</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_n38-2022-_altera_dispositivos_da_lei_municipal_n1103-2011_que_dispoe_sobre_o_quadro_de_cargos_e_funcoes_estabelece_o_plano_de_carreira_dos_servidores_publicos_municipais.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_n38-2022-_altera_dispositivos_da_lei_municipal_n1103-2011_que_dispoe_sobre_o_quadro_de_cargos_e_funcoes_estabelece_o_plano_de_carreira_dos_servidores_publicos_municipais.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº1103/2011 que dispõe sobre o Quadro de Cargos e Funções, estabelece o Plano de Carreira dos Servidores Públicos Municipais de Paraíso do Sul  e dá outras providências.”</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_n39-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professoa.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_n39-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professoa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Professor (a).”</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_ei_n40-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_um_a_agente_de_combate_a_edemias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_ei_n40-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_um_a_agente_de_combate_a_edemias.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de um (a) Agente de Combate a Endemias.”</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_n41-2022-_reajusta_valor_da_bolsa_auxilio_de_estagio_alterando_lei_107-2011_e_d_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_n41-2022-_reajusta_valor_da_bolsa_auxilio_de_estagio_alterando_lei_107-2011_e_d_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“Reajusta valor da Bolsa Auxílio de Estágio alterando Lei 1079/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_n42-2022-_autoriza_a_abertura_de_credito_especial_junto_a_secretaria_municipal_de_agricultura_e_pecuaria....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_n42-2022-_autoriza_a_abertura_de_credito_especial_junto_a_secretaria_municipal_de_agricultura_e_pecuaria....pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Especial no Orçamento vigente para inclusão de elemento de despesa em projeto/atividade existente, junto à Secretaria Municipal de Agricultura e Pecuária e dá outras providências.”</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n43-2022-_autoriza_o_poder_executivo_municipal_a_custear__despesas_com_comemoracoes_do_xxxiv_aniversario_de_emancipacao_politico-administrativa_do_municipio_de_paraiso_do_sul.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n43-2022-_autoriza_o_poder_executivo_municipal_a_custear__despesas_com_comemoracoes_do_xxxiv_aniversario_de_emancipacao_politico-administrativa_do_municipio_de_paraiso_do_sul.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a custear despesas com as comemorações do XXXIV Aniversário de Emancipação Político Administrativa do município de Paraíso do Sul.”</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_no44-2022_-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_para_inclusao_de_elemento_de_despesa_em_projeto....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_no44-2022_-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_para_inclusao_de_elemento_de_despesa_em_projeto....pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente para a inclusão de elemento de despesa em projeto/atividade existente, junto á Secretaria Municipal de Assistência Social e dá outras providências.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n45-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_02dois_motoristas.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n45-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_02dois_motoristas.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de dois motoristas.”</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de dois mecânicos.”</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1704/projeto_de_lei_n47-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_05_cinco_operadores_de_maquinas..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1704/projeto_de_lei_n47-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_05_cinco_operadores_de_maquinas..pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de cinco operadores de máquinas”.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1705/projeto_de_lei_n48-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_servente.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1705/projeto_de_lei_n48-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_servente.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Servente”.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1707/projeto_de_lei_no49_aumenta_margem_consignavel_para_quarenta_por_cento_da_remueracao_dos_servidores.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1707/projeto_de_lei_no49_aumenta_margem_consignavel_para_quarenta_por_cento_da_remueracao_dos_servidores.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Parágrafo Único do Artigo 69 da Lei Municipal nº674/2004, que dispõe do Regime Jurídico dos Servidores Públicos Municipais, aumentando a margem do consignável para quarenta por cento da remuneração dos servidores.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1708/projeto_de_lei_no50_termo_de_compromisso_de_incentivo_industrial_com_a_empresa_paraiso_calcados.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1708/projeto_de_lei_no50_termo_de_compromisso_de_incentivo_industrial_com_a_empresa_paraiso_calcados.pdf</t>
   </si>
   <si>
     <t>Altera a redação de Incisos do Art. 2º da Lei nº1618/2022 que autoriza o Poder Executivo Municipal a firmar Termo de Compromisso de Incentivo Industrial com a Empresa Paraíso Calçados ,e dá outras providências.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1709/projeto_de_lei_n51-2022-_estabelece_o_quadro_de_cargos_dos_servidores_publicos_do_provimento_efetivo_cargos_em_comissao_e_funcoes_gratificadas_da_camara_municpal.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1709/projeto_de_lei_n51-2022-_estabelece_o_quadro_de_cargos_dos_servidores_publicos_do_provimento_efetivo_cargos_em_comissao_e_funcoes_gratificadas_da_camara_municpal.pdf</t>
   </si>
   <si>
     <t>‘Estabelece o Quadro de Cargos dos Servidores Públicos do Provimento Efetivo, Cargos em Comissão e Funções Gratificadas da Câmara Municipal de Vereadores de Paraíso do Sul, e dá outras providências’.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_n52-2022-_contratacao_emergencial_de_medico_clinico_geral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_n52-2022-_contratacao_emergencial_de_medico_clinico_geral.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação de 'Médico Clinico Geral'.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_n532022-_contratacao__emergencial_de_pedagogoa.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_n532022-_contratacao__emergencial_de_pedagogoa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Realizar Contratação Emergencial de 'Pedagogo(a)'.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_n54-2022_contratacao_emergencial_de_professoresas.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_n54-2022_contratacao_emergencial_de_professoresas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Realizar Contratação Emergencial de Professores(as).</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1740/projeto_de_lei_n55-2022-_autoriza_a_abertura_de_credito_especial.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1740/projeto_de_lei_n55-2022-_autoriza_a_abertura_de_credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade, junto à Secretaria de Obras e Trânsito, e dá outras providências.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_n56-202_cria_e_inclui_categoria_funcional.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_n56-202_cria_e_inclui_categoria_funcional.pdf</t>
   </si>
   <si>
     <t>Cria e inclui Categoria Funcional, e considera extinto e em extinção cargos junto ao Quadro de cargos de provimento Efetivo do munícipio de Paraíso do Sul, dado pelo Art. 3º da lei municipal nº 1103/2011.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_no__57-_2022_-_banco_de_curriculos.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_no__57-_2022_-_banco_de_curriculos.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do banco de currículos no site oficial do Poder Executivo de Paraíso do Sul/RS e dá outras providências”.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1757/projeto_de_lei_n58-2022-_insere_o_item_41_no_anexo_ii_da_lei_municipal_n1010-2009_de_2-12-2009.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1757/projeto_de_lei_n58-2022-_insere_o_item_41_no_anexo_ii_da_lei_municipal_n1010-2009_de_2-12-2009.pdf</t>
   </si>
   <si>
     <t>"Insere o item 41 no Anexo II da Lei Municipal nº1010/2009 de 22/12/2009.”</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1758/projeto_de_lei_n59-2022-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_o_hospital_paraiso....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1758/projeto_de_lei_n59-2022-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_o_hospital_paraiso....pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Convênio com o Hospital Paraíso – Associação Assistencial e Beneficente, para repasse de valores conforme Plano de Trabalho, e dá outras providências.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1760/projeto_de_lei_n60-2022.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1760/projeto_de_lei_n60-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Realizar Contratação Emergencial de Professor (a)”.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1768/projeto_de_lei_n61-2022-credito_especial-pre-sal.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1768/projeto_de_lei_n61-2022-credito_especial-pre-sal.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA,LDO e PPA) para inclusão de elemento de despesa em projeto/atividade, junto à secretaria de Obras e Trânsito, e dá outras providências.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1777/projeto_de_eli_n62-2022-_autoriza_o_poder_executivo_municipal_a_instituir_a_nota_fiscal_de_servicos_eletronica....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1777/projeto_de_eli_n62-2022-_autoriza_o_poder_executivo_municipal_a_instituir_a_nota_fiscal_de_servicos_eletronica....pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a Instituir a Nota Fiscal de Serviços Eletrônica – NFS-e, e dá outras providências”.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1778/projeto_de_lei_n63-2022-_dispoem_sobre_a_concessao_de_uso_de_bens_moveis_a_associacao_de_agricultores_de_linha_campestre-aalc_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1778/projeto_de_lei_n63-2022-_dispoem_sobre_a_concessao_de_uso_de_bens_moveis_a_associacao_de_agricultores_de_linha_campestre-aalc_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Concessão de uso de bens móveis à Associação de Agricultores de Linha Campestre – AALC e dá outras providências”.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1779/projeto_de_lei_n64-2022-_autoriza_o_poder_wxwcutivo_municipal_a_realizar_contratacao_emergencial_de_agentes_comunitarios_de_saude..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1779/projeto_de_lei_n64-2022-_autoriza_o_poder_wxwcutivo_municipal_a_realizar_contratacao_emergencial_de_agentes_comunitarios_de_saude..pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Agentes Comunitários de Saúde”.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1787/projeto_de_lei_n65-2022-_autoriza_o_poder_executivo_de_paraiso_do_sul__a_contratar_operacao_de_credito_com_a_caixa_economica_federal....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1787/projeto_de_lei_n65-2022-_autoriza_o_poder_executivo_de_paraiso_do_sul__a_contratar_operacao_de_credito_com_a_caixa_economica_federal....pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal de Paraíso do Sul a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, abrindo Crédito Especial para inclusão de Projeto/atividade no Orçamento, e dá outras providências.”</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1788/projeto_de_lei_n66-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_farmaceuticoa..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1788/projeto_de_lei_n66-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_farmaceuticoa..pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de um (a) Farmacêutico (a)”</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1795/projeto_de_lei_n67-2022.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1795/projeto_de_lei_n67-2022.pdf</t>
   </si>
   <si>
     <t>“Define as atividades insalubres e perigosas para efeitos de percepção do adicional correspondente”;</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1796/projeto_de_lei_n68-2022-_altera_o_dispositivo_na_lei_n809-2006_criando_e_incluindo_o_art._4_a_que_autoriza_a_dispensacao_de_entulho_e_sobras_de_terras.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1796/projeto_de_lei_n68-2022-_altera_o_dispositivo_na_lei_n809-2006_criando_e_incluindo_o_art._4_a_que_autoriza_a_dispensacao_de_entulho_e_sobras_de_terras.pdf</t>
   </si>
   <si>
     <t>“Altera o disposto na lei nº 809/2006 criando e incluindo o Art. 4º A que autoriza a dispensação de entulho e sobras de terras.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1797/projeto_de_lei_n68-2022-_altera_o_dispositivo_na_lei_n809-2006_criando_e_incluindo_o_art._4_a_que_autoriza_a_dispensacao_de_entulho_e_sobras_de_terras.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1797/projeto_de_lei_n68-2022-_altera_o_dispositivo_na_lei_n809-2006_criando_e_incluindo_o_art._4_a_que_autoriza_a_dispensacao_de_entulho_e_sobras_de_terras.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial e Crédito Adicional Suplementar no Orçamento vigente (LOA/LDO e PPA), junto á Secretaria de Saúde, e dá outras providências”.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1798/projeto_de_lei_n70-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_medicos_saude_da_familia_e_clinico_geral..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1798/projeto_de_lei_n70-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_medicos_saude_da_familia_e_clinico_geral..pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Médicos Saúde da Família e Clínico Geral.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1799/projeto_de_lei_n71-2022_autoriza_a_abertura_de_credito_adicional_suplementar_no_orcamento_vigente_loa-ldo_e_ppa_junto_a_secretaria_de_saude_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1799/projeto_de_lei_n71-2022_autoriza_a_abertura_de_credito_adicional_suplementar_no_orcamento_vigente_loa-ldo_e_ppa_junto_a_secretaria_de_saude_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Suplementar no Orçamento vigente (LOA/LDO e PPA), junto a Secretaria de Saúde, e dá outras providências”.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1800/projeto_de_lei_n72-2022-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1800/projeto_de_lei_n72-2022-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade....pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente (LOA/LDO e PPA) para inclusão de elemento de despesa em projeto/atividade, junto á Secretaria de Agricultura e Pecuária, e dá outras providências”.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1801/projeto_de_lei_n73-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professoa..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1801/projeto_de_lei_n73-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professoa..pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de professor (a);</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1802/projeto_de_lei_no74-2022.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1802/projeto_de_lei_no74-2022.pdf</t>
   </si>
   <si>
     <t>Institui o programa Vereador Mirim e revoga a Lei Municipal nº 1344/2017.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1811/projeto_de_lei_n75-20222.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1811/projeto_de_lei_n75-20222.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 9º da Lei Municipal nº1101/2011, que dispõe da reestruturação da Política de Assistência Social no Município e criação do Conselho Municipal de Assistência Social, e dá outras providências.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1816/projeto_de_lei_n76-2022-_dispoe_sobre_a_regularizacao_fundiaria_urbana-_reurb-_na_forma_da_lei_federal_n_13.465-2017_no_ambito_do_municipio_de_paraiso_do_sul_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1816/projeto_de_lei_n76-2022-_dispoe_sobre_a_regularizacao_fundiaria_urbana-_reurb-_na_forma_da_lei_federal_n_13.465-2017_no_ambito_do_municipio_de_paraiso_do_sul_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Regularização Fundiária Urbana - REURB - na forma da Lei Federal nº 13.465/2017 no âmbito do Município de Paraíso do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1817/projeto_de_lei_n77-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_motorista.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1817/projeto_de_lei_n77-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_motorista.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal de Paraíso do Sul a realizar Contratação Emergencial de motorista”.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1818/projetode_lei_n78-2022-_altera_dispositivos_da_lei_municipal_n_1103-2011_que_dispoe_sobre_o_quadro_decargos_e_funcoes_estsabelebe_o_plano_de_carreira_dos_servidores_publicos_municipais_de.....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1818/projetode_lei_n78-2022-_altera_dispositivos_da_lei_municipal_n_1103-2011_que_dispoe_sobre_o_quadro_decargos_e_funcoes_estsabelebe_o_plano_de_carreira_dos_servidores_publicos_municipais_de.....pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº1103/2011 que dispõe sobre o Quadro de Cargos e Funções, estabelece o Plano de Carreira dos Servidores Públicos Municipais de Paraíso do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1819/projeto_de_lei_n79-2022-_dispoe_sobre_a_concessao_de_uso__de_uso_de_bem_movel-um_veiculo_kombi_a_associacao_bombeiros_voluntarios....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1819/projeto_de_lei_n79-2022-_dispoe_sobre_a_concessao_de_uso__de_uso_de_bem_movel-um_veiculo_kombi_a_associacao_bombeiros_voluntarios....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de uso de bem móvel, um Veículo Kombi à Associação Bombeiros Voluntários de Paraíso do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1835/projeto_de_lei_n80-2022-_implementa_o_programa_municipal_de_praticas_integrativas_e_complementares_no_sus-pics_no_ambito_do_municipio_de_paraiso_do_sul.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1835/projeto_de_lei_n80-2022-_implementa_o_programa_municipal_de_praticas_integrativas_e_complementares_no_sus-pics_no_ambito_do_municipio_de_paraiso_do_sul.pdf</t>
   </si>
   <si>
     <t>Implementa o Programa Municipal de Práticas Integrativas e Complementares no SUS- PICS, no âmbito do Municipio de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1836/projeto_de_lei_n81-2022-_cria_e_estrutura_conselhos_escolares_nas_escolas_da_rede_municipal_de_ensino.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1836/projeto_de_lei_n81-2022-_cria_e_estrutura_conselhos_escolares_nas_escolas_da_rede_municipal_de_ensino.pdf</t>
   </si>
   <si>
     <t>Cria e estrutura Conselhos Escolares nas Escolas da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1837/projeto_de_lei_n82-2022-_acresce_o_item_41_do_anexo_ii_da_lei_municipal_n1010-2009_de_22-12-2022.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1837/projeto_de_lei_n82-2022-_acresce_o_item_41_do_anexo_ii_da_lei_municipal_n1010-2009_de_22-12-2022.pdf</t>
   </si>
   <si>
     <t>Acresce o item41 do Anexo II da Lei Municipal nº 1010/2009 de 22/12/2009.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1838/projeto_de_lei_n83-2022.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1838/projeto_de_lei_n83-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1856/projeto_de_lei_n84-2022_denomina_rua_rodolfo_kilian.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1856/projeto_de_lei_n84-2022_denomina_rua_rodolfo_kilian.pdf</t>
   </si>
   <si>
     <t>Denomina como "Rua Rudolfo Kilian" trecho da via pública regularizada pela Lei Municipal 1535/2021"</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1857/projeto_de_lei_n85-2022-_denomina_rua_waldemar_boijink.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1857/projeto_de_lei_n85-2022-_denomina_rua_waldemar_boijink.pdf</t>
   </si>
   <si>
     <t>Denomina como "Rua Waldemar Boijink" trecho da via pública regularizada pela Lei Municipal 1535/2021".</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1870/projeto_de_lei_n86-2022-altera_e_cria_o_conselho_municipal_de_educacao.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1870/projeto_de_lei_n86-2022-altera_e_cria_o_conselho_municipal_de_educacao.pdf</t>
   </si>
   <si>
     <t>“Revoga a Lei Municipal nº 1346/2017, de 25/04/2017 e altera a redação da Lei Municipal nº 167/1993 que cria o Conselho Municipal de Educação.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n87-2022-_contratacao_emergencial_de_motorista.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n87-2022-_contratacao_emergencial_de_motorista.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal de Paraíso do Sul a realizar Contratação Emergencial de motorista.”</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n_88-2022-_bancada_mdb_-_profissoes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n_88-2022-_bancada_mdb_-_profissoes.doc</t>
   </si>
   <si>
     <t>Institui o Projeto Profissões: Incentivo ao Mundo do Trabalho, no Município de Paraíso do Sul, RS”.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1891/projeto_de_lei_n89-2022-loa.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1891/projeto_de_lei_n89-2022-loa.pdf</t>
   </si>
   <si>
     <t>“Estima a receita e fixa a despesa do município de Paraíso do Sul-RS para o exercício financeiro de 2023.”</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_n90-2022-_autoriza_a_suplementacao_de_valores_nas_dotacao_existente_na_loa-ldo_e_ppa....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_n90-2022-_autoriza_a_suplementacao_de_valores_nas_dotacao_existente_na_loa-ldo_e_ppa....pdf</t>
   </si>
   <si>
     <t>Autoriza a suplementação de valores  nas dotações existentes na LOA,LDO e PPA, junto a Secretaria de saúde, abrindo Crédito Suplementar, a fim de atender despesas de Pessoal e Serviços Médico- hospitalares, odontológicos e laboratoriais, para suprir insuficiência orçamentaria.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1897/projeto_de_lei_n91-202_estima_a_receita_e_fixa_a_despesa_do_municipio_de_paraiso_do_sul_-rs_para_o_exercicio_financeiro_de_2023-_substituido.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1897/projeto_de_lei_n91-202_estima_a_receita_e_fixa_a_despesa_do_municipio_de_paraiso_do_sul_-rs_para_o_exercicio_financeiro_de_2023-_substituido.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Paraíso do Sul-rs para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1903/projeto_de_lei_n92-2022-credito_suplementar_transporte_escolar.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1903/projeto_de_lei_n92-2022-credito_suplementar_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>“Autoriza a suplementação de valores nas dotações existentes na LOA, LDO e PPA, junto à Secretaria Municipal de Educação e Cultura, abrindo Crédito Suplementar, a fim de atender despesas com Transporte Escolar, para suprir insuficiência orçamentária.”</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1904/projeto_de_lei_n93-2022-_suplementacao_saude-_consorcio_intemunicipal_da_regiao_centracirc....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1904/projeto_de_lei_n93-2022-_suplementacao_saude-_consorcio_intemunicipal_da_regiao_centracirc....pdf</t>
   </si>
   <si>
     <t>“Autoriza a suplementação de valores nas dotações existentes na LOA, LDO e PPA, junto à Secretaria de Saúde, abrindo Crédito Suplementar, a fim de atender despesas com Consórcio intermunicipal da Região Central- CIRC, para suprir insuficiência orçamentária”</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_resolucao__01-2022_-_autoriza_filiacao_uvergs.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_resolucao__01-2022_-_autoriza_filiacao_uvergs.doc</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Vereadores de Paraíso do Sul-RS a Associar-se a União dos Vereadores do Rio Grande do Sul-UVERGS, Autoriza a Contribuição e dá Outras Providências.”</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1759/resolucao__06-2022_-_escolha_nome_plenario.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1759/resolucao__06-2022_-_escolha_nome_plenario.doc</t>
   </si>
   <si>
     <t>"Estabelece os critérios e procedimento de escolha do nome do Plenário da Câmara de Vereadores de Paraíso do Sul."</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1844/projeto_de_resolucao__07-2022_-_aprova_relatorio_da_cpi.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1844/projeto_de_resolucao__07-2022_-_aprova_relatorio_da_cpi.doc</t>
   </si>
   <si>
     <t>“DISPÕEM SOBRE O RELATÓRIO DA COMISSÃO PARLAMENTAR DE INQUÉRITO INSTITUÍDA PELA RESOLUÇÃO Nº 02/2021 E PORTARIA  08/2021”.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1852/projeto_de__emenda_lei_organica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1852/projeto_de__emenda_lei_organica.doc</t>
   </si>
   <si>
     <t>“Altera e acresce dispositivos da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1898/resolucao__12-2022_-_altera_regiemnto_interno_posse.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1898/resolucao__12-2022_-_altera_regiemnto_interno_posse.doc</t>
   </si>
   <si>
     <t>“Altera o texto do Art.25 da Resolução 03-92- Regimento Interno- quanto a entrada, em exercício, do Presidente da Câmara de Vereadores de Paraíso do Sul”.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1652/oficio_no__01-212_-_ljrf_-_projetos_02-03-04-09.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1652/oficio_no__01-212_-_ljrf_-_projetos_02-03-04-09.doc</t>
   </si>
   <si>
     <t>Requerimento nº 01/2022/CLJRF Que postula ao Plenário dessa casa legislativa a renovação do prazo concedido a essa comissão para conclusão de seus trabalhos quanto aos Projetos de Lei nº: 02/2022, 03/2022, 04/2022, 09/2022.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1666/requerimento_002-2022_-_katia_-_cljrf_-_audiencia_publica_pl04-22.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1666/requerimento_002-2022_-_katia_-_cljrf_-_audiencia_publica_pl04-22.doc</t>
   </si>
   <si>
     <t>REQUERER, após deliberação do Plenário, a realização de Audiência Pública para tratar acerca do Projeto de Lei nº 04/2022 que “Cria e inclui funções gratificadas, junto ao quadro de cargos em comissão e funções gratificadas do Munícipio de Paraíso do Sul, dado pelo Artigo 23 da Lei Municipal 1103/2011 e suas alterações”. _x000D_
 A Vereadora Presidente da CLJRF, também solicita ao Poder Executivo Municipal, que faça a convocação e designação dos idealizadores e responsáveis pela elaboração do Projeto de Lei, para comparecerem na referida audiência para apresentarem suas considerações no debate sobre o projeto em questão.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1672/requerimento_003-_2021_-_katia_-_informacao_sobre_agua.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1672/requerimento_003-_2021_-_katia_-_informacao_sobre_agua.doc</t>
   </si>
   <si>
     <t>1)	Qual valor da taxa de água cobrada no ano de 2021?_x000D_
 2)	Qual valor do metro cúbico de excesso cobrado no ano de 2021?_x000D_
 3)	Qual o total de unidades tomadoras (ligações) de água no município de Paraíso do Sul em 2021?_x000D_
 4)	Qual valor total lançado (receita) no exercício de 2021, referentes às contas de água, com o excesso incluso?_x000D_
 5)	Qual o total de gastos do município com aquisição de produtos para tratamento da água no ano de 2021?_x000D_
 	Requeremos que todas as informações devem ser encaminhadas com a respectiva documentação comprobatória.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1689/requerimento_004-2022_-_mesa_-_audiencia_publica_cameras.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1689/requerimento_004-2022_-_mesa_-_audiencia_publica_cameras.doc</t>
   </si>
   <si>
     <t>A Mesa Diretora da Câmara Municipal de Vereadores de Paraíso do Sul, REQUERER, após deliberação do Plenário, a realização de Audiência Pública, no auditório do Plenário da Casa, para tratar acerca do sistema de vídeo monitoramento de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1739/requerimento_05-_2022-eliseu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1739/requerimento_05-_2022-eliseu.doc</t>
   </si>
   <si>
     <t>a)	Quantas horas máquina foram trabalhadas na Patrulha Agrícola a partir da data 01/01/2021 até a presente data?_x000D_
 b)	Quais produtores foram beneficiados pelos trabalhos prestados pela patrulha agrícola entre 01/01/2021 até a presente data? _x000D_
 c)	Quais os equipamentos foram utilizados e quais as respectivas horas de trabalho foram prestados para cada um dos produtores com cada espécie de equipamento?</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1848/requerimento_006-_2022_-_katia_-_farmacia_solidaria.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1848/requerimento_006-_2022_-_katia_-_farmacia_solidaria.doc</t>
   </si>
   <si>
     <t>1)	O Programa Farmácia solidária instituído pela Lei municipal nº 1.573/2021 já foi colocado em prática no âmbito Municipal? _x000D_
 2)	Caso positiva a resposta anterior, em que data foi colocado em funcionamento? Caso negativo, quais os motivos da morosidade?_x000D_
 3)	Já foi realizada alguma campanha de divulgação do programa farmácia Solidária em âmbito municipal? Caso positivo, quais meios de comunicação foram utilizados? Em que data a divulgação iniciou? Em caso de documentos de divulgação impressos encaminhar com a resposta ao presente requerimento a respectiva cópia._x000D_
 4)	Quais são os locais (pontos) de coleta dos medicamentos?  Quais os horários que as doações e retiradas de medicamento pelos beneficiários podem ser realizadas? _x000D_
 5)	Qual o servidor responsável pelo respectivo controle dos materiais coletados?_x000D_
 6)	Em caso esteja em funcionamento no município, qual o número de pessoas que já foram beneficiadas pelo “Programa Farmácia solidária” desde a sua implantação?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -3315,51 +3315,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1655/indicacao_01-2022_-_mdb_-_creche_vila.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1656/indicacao_02-2022-_darci_-_abrigo_onibus_-_boa_vista.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1673/indicacao_03-2022_-_venicio_-_estacionamento_afonso_pena.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1681/indicacao_04-2022-_katia_-_plantao_remunerado_agua.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1682/indicacao_05-2022-_katia_-_desobriga_mascara.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1683/indicacao_06-2022-_darci_-_pracinha_alfredo_schlesner.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1684/indicacao_07-2022_-_venicio_-_evento_auto_motivo.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1690/indicacao_08-2022-_katia_-_horario_especial_servidores-deficiencia.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/indicacao_09-2022-_katia_-_repasse_bombeiros_voluntarios.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/indicacao_10-2022_-jones_-_lixo.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1710/indicacao_11-2022_-_juliano_-_bom_pagador.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_12-2021_-_luciano_-_agua_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1756/indicacao_13-2022-_darci_-_abrigo_onibus_-_boa_vista.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1755/indicacao_14-2022-_katia_-_abertura_do_canteiro_central.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1761/indicacao_15-2022-_patricia_-_conselho_da_mulher.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1767/indicacao_16-2022-_juliano_-_abrigo_onibus_-_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1776/indicacao_17-2022_-_paulinho_-_reclassificacao_padroes_servidores.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1789/indicacao_18-2022_-_mdb_-_barao_von_kahlden.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1812/indicacao_19-2022-_darci-_analise_de_solo.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1843/indicacao_20-2022_-_venicio_-_iluminacao_prolongamento_1o_janeiro.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1845/indicacao_21-2022_-_venicio-esgoto_rua_ruben_carlos_ludtke.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1860/indicacao_22-2022_-_venicio-reconhecimento_rua.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1861/indicacao_23-2022_-_venicio-repovoamento_rio_jacui.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1877/indicacao_24-2022_-_darci_-_lombada__afonso_pena.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/indicacao_25-2022_-_mdb_-_crescer_legal.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1888/indicacao_26-2022-_katia_-_gazebo_as_artesas.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1892/indicacao_27-2022_-_venicio-esgoto_rua_francisco_fick.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1899/indicacao_28_-2022_-_venicio-_redutores_de_velocidade_1_de_janeiro.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/indicacao_29_-2022_-_venicio-_transporte_hidroginastica_para_agudo.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1678/01-mocao-dona_alma..docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1715/02-susepe.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1738/03-_leticia_martins.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1766/04-mocao_de_cumprimentos-_eduardo_muller.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1775/05-mocao_de_cumprimentos-_brigada_militar.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/06-mocao_de_soliedariedade_susepe.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/07-mocao_de_soliedariedade__prof.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/08-mocao_apoio_aos_fumicultores.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1810/09-mocao-_roberto_carlos.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1876/10_-_mocao_-_eja.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1881/11_-_mocao_-_daer_-_linha_onibus.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/requerimento_de_licenca_de_vereador-__darci_mundt.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/requerimento_de_licenca_de_vereador-__jones_radiske.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1657/pedido-de-providencias-001-2022-_katia_-__iluminacao_campestre.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1658/pedido-de-providencias-002-2022-_katia_-__transporte_escolar.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1659/pedido-de-providencias-003-2022-_katia_-__transporte_escolar_vila_nova.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1671/pedido-de-providencias-004-2022-_eliseu_-__troca_luminaria.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/pedido-de-providencias-005-2022-_patricia_-recuperacao_estradas_boa_vista_sul_e_norte.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1675/pedido-de-providencias-006-2022-_eliseu_-__cascalhamento.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1676/pedido-de-providencias-007-2022-_katia_-_abrigo_onibus_-_boa_vista.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1677/pedido-de-providencias-008-2022-_iluminacao_-_ivete_parreira.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1685/pedido-de-providencias-009-2022_-_tiago-_estacionamento_obliquo.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1686/pedido-de-providencias-10-2022-_katia-_recolhimento_de_lixo_campestre.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1687/pedido-de-providencias-11-2021-_venicio_-_bueiros_campestre.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1706/pedido-de-providencias-12-2021-_venicio_-_cascalhamento_campestre.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1711/pedido-de-providencias-13-2021-_juliano_-_patrolamento_barao_von_kahlden.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1712/pedido-de-providencias-14-2021-_juliano_-_acesso_fabiano_senna.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1713/pedido-de-providencias-15-2022-_patricia_-_lixeira_boa_vista.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1714/pedido-de-providencias-016-2022-_tiago-_ponte_linha_rincao_da_porta.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1716/pedido-de-providencias-017-2022-_juliano_-_limpeza_nas_laterais_das_pontes.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1717/pedido-de-providencias-18-2022-_juliano_-__iluminacao_salgado_filho.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1718/pedido-de-providencias-19-2022-_juliano_-_limpeza_valetas.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1725/pedido-de-providencias-20-2022-_venicio_-_cascalhamento_travessa_altermann.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1726/pedido-de-providencias-21-2022-_venicio_-_limpeza_valetas.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1727/pedido-de-providencias-22-2022-_venicio_-_limpeza_na_lateral_da_ponte.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/pedido-de-providencias-23-2021-_juliano_-_cascalhamento_acude_das_garcas.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/pedido-de-providencias-24-2021-_juliano_-_cascalhamento_na_estrada_da_vila.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/pedido-de-providencias-25-2022-_juliano_-__iluminacao_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/pedido-de-providencias-26-2022-_darci-__iluminacao_publica_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1735/pedido-de-providencias-27-2022-_katia_-_abrigo_parada_boa_vista.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1736/pedido-de-providencias-28-2022-_venicio-_dessassoreamento_arroio_contenda.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1737/pedido-de-providencias-29-2022-_luciano_-__pranchas_pontes_patricia.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1741/pedido-de-providencias-30-2022-_katia_-_praca_centro_melhorias.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1742/pedido-de-providencias-31-2021-_luciano_-_cascalhamento_pousada_imigrantes.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1743/pedido-de-providencias-32-2022-_darci_-_bueiro_rua_otto_carlos.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/pedido-de-providencias-33-2022-_eliseu_-_melhorias_travessa_kayzer.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/pedido-de-providencias-34-2022-_venicio-_acessibilidade_correio.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/pedido-de-providencias-35-2022-_paulinho_-_cascalhamento_sinikbu.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/pedido-de-providencias-36-2022-_eliseu_-__troca_luminaria_-_laurindo_muller.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1750/pedido-de-providencias-37-2022-_eliseu_-_luminaria_-_pinto.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1751/pedido-de-providencias-38-2022-_katia_-_cascalhamento_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1752/pedido-de-providencias-39-2022-_juliano_-_cascalhamento_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1753/pedido-de-providencias-40-2022-_patricia_-_rocadas_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1762/pedido-de-providencias-41-2022-_venicio-patrolamento_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1763/pedido-de-providencias-42-2022-_venicio-__cobertura_e_drenagem-paraiso.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1764/pedido-de-providencias-43-2022-_luciano__-_iluminacao_men_d_e_sa.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1765/pedido-de-providencias-44-2022-_venicio-_acessibilidade_fisio.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1769/pedido-de-providencias-45-2022-_darci-_estrada_alambique.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1770/pedido-de-providencias-46-2022_-_luciano_-_rocadas_linha_contenda.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1771/pedido-de-providencias-47-2022_-_luciano_-_cascalhamento_linha_neri-travessao.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1772/pedido-de-providencias-48-2022-luciano_-_dessassoreamento_arroio_paraiso.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1773/pedido-de-providencias-49-2022-_eliseu_-_luminaria_-_contenda.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1774/pedido-de-providencias-50-2022_-_eliseu-_recolhimento_de_lixo_patrimonio.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1780/pedido-de-providencias-51-2022-_luciano-__iluminacao_publica_dario_holzschuh.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1781/pedido-de-providencias-52-2022-_darci_-_cascalhamento_linha_uniao.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1782/pedido-de-providencias-53-2022-_patricia_-recuperacao_estradas_boa_vista_sul_e_norte.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1783/pedido-de-providencias-54-2022-_venicio-_patrola_travessa_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1784/pedido-de-providencias-55-2022-_venicio-_patrola_travessa_ernane_pheifer.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1785/pedido-de-providencias-56-2022-_venicio-_melhoria_estrada_acesso_ao_quilombo.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1786/pedido-de-providencias-57-2022-_juliano_-_vistoria_ponte_linha_contenda.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1790/pedido-de-providencias-58-2022-_juliano_-__iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1791/pedido-de-providencias-59-2022-_venicio_-_lixeira_linha_progresso.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1792/pedido-de-providencias-60-2022-_darci-__iluminacao_publica_campestre.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1793/pedido-de-providencias-61-2022-_darci-_esgoto_rua_e.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1794/pedido-de-providencias-62-2022-_katia_-_patrolamento_pau-a-pique.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1803/pedido-de-providencias-63-2022-_tiago-_manutencao_em_frente_287.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1804/pedido-de-providencias-64-2022-_darci-__iluminacao_-_lismara_gadtke.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1805/pedido-de-providencias-65-2022-_venicio_-__iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1806/pedido-de-providencias-66-2022-_darci_-_patrolamento_quilombo_brasileira_e_astral..doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1813/pedido-de-providencias-67-2022-_luciano-_iluminacao_publica_leo_kulmann.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1814/pedido-de-providencias-68-2022-_eliseu_-__troca_luminaria_-_silverio_streck.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1815/pedido-de-providencias-69-2022-_eliseu_-__manutencao._travesa_cemiterio.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1820/pedido-de-providencias-70-2022-_juliano_-__iluminacao_publica_capao_grande.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1821/pedido-de-providencias-71-2022-_juliano_-_cascalhamento_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/pedido-de-providencias-72-2022-_juliano_-_cascalhamento_marcos_kohn.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1824/pedido-de-providencias-74-2022-_darci_-_patrolamento_estrada_linha_sinimbu_linha_neri.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1825/pedido-de-providencias-75-2022-_venicio_-_melhorias_rincao_dos_bulsing.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/pedido-de-providencias-76-2022-_darci-boca_lobo_avenida.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/pedido-de-providencias-77-2022-_venicio_-__iluminacao_publica__boa_vista.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1828/pedido-de-providencias-78-2022-_venicio-__iluminacao_publica_-_boa_vista.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1829/pedido-de-providencias-79-2022-__venicio_-__troca_de_luminaria_-_vilmar_kiefer.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1830/pedido-de-providencias-80-2022-_luciano-_iluminacao_publica_leo_kulmann.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1831/pedido-de-providencias-81-2022-_venicio-_patrolamento_marcus_bartmann.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1832/pedido-de-providencias-82-2022-_venicio-_iluminacao_publica_leoni_ludtke.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1833/pedido-de-providencias-83-2022-_eliseu_-__troca_luminaria_-_escola_cristian.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1834/pedido-de-providencias-084-2022_-venicio-_melhoria_acesso_a_prop.cascalhamento.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1839/pedido-de-providencias-85-2022-tiago_-_cascalhamento_e_catrolamento.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1840/pedido-de-providencias-86-2022_-venicio_-_melhoria_1o_janeiro.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1841/pedido-de-providencias-87-2022_-_juliano__-_mosquito_borrachudo.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1842/pedido-de-providencias-88-2022-_eliseu_-__troca_luminaria_-_lauri_scholz.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1846/pedido-de-providencias-89-2022-_darci_-_patrolamento_travessa_sinimbu.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1847/pedido-de-providencias-34-2022-_venicio-_acessibilidade_correio.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1849/pedido-de-providencias-91-2022_-_luciano_-_agua_linha_nery.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1850/pedido-de-providencias-92-2022-_katia_-_bebedou_ro_max.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1851/pedido-de-providencias-93-2022-_darci_-_sinalizacao_de_transito.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1853/pedido-de-providencias-94-2022_-_juliano__-_patrolamento_travessao.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1854/pedido-de-providencias-95-2022_-_juliano__-_fresado_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1855/pedido-de-providencias-96-2022-_tiago-recuperacao_estrada_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1858/pedido-de-providencias-97-2022-_darci-__iluminacao_publica_campestre.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1859/pedido-de-providencias-98-2022-_luciano__-_iluminacao_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1862/pedido-de-providencias-99-2022-_venicio-_iluminacao_publica_joao_gomes.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1863/pedido-de-providencias-100-2022-_venicio-_iluminacao_publica_jaime_ricardo_maus.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1864/pedido-de-providencias-101-2022-_tiago-__iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1865/pedido-de-providencias-102-2022_-_luciano_-_melhoria_estrada_da_linha_paraguassu.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1866/pedido-de-providencias-103-2022-_darci-__iluminacao_publica_ari_milbradt.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1867/pedido-de-providencias-104-2022-_venicio_-_cascalhamento_campestre.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1868/pedido-de-providencias-105-2022-_patricia_-__troca_luminaria_-_claise_boijink.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1869/pedido-de-providencias-106-2022-_patricia_-_recolhimento_de_lixo.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1871/pedido-de-providencias-107-2022-__juliano_-__pranchas_ponte_25de_julho.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1872/pedido-de-providencias-108-2022-_darci-__pranchas_ponte_ivo_forch.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1873/pedido-de-providencias-109-2022-_juliano_-_patrolamento_barao_von_kahlden.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1874/pedido-de-providencias-110-2022-_venicio_-_cascalhamento_boa_vista.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1875/pedido-de-providencias-111-2022_-_luciano_-_rocadas_linha_contenda.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1878/pedido-de-providencias-112-2022-_venicio_-__iluminacao_publica_gilberto_flores.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1879/pedido-de-providencias-113-2022-_venicio-_esgoto_tiradentes.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1880/pedido-de-providencias-114-2022-_luciano__-_iluminacao_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/pedido-de-providencias-115-2022-_venicio-_luminaria_-_carlos_kemmerich.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/pedido-de-providencias-116-2022-_juliano_-__iluminacao_publica_hilario_kunde.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/pedido-de-providencias-117-2022-_eliseu_-_patrolamento.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1889/pedido-de-providencias-118-2022-_juliano_-__iluminacao_publica_guido_halberstadt.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1890/pedido-de-providencias-119-2022-_venicio_-__iluminacao_publica_onivio_kiefer.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1893/pedido-de-providencias-120-2022-_venicio_-__iluminacao_publica_vilmar_kiefer.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1894/pedido-de-providencias-121-2022-_patricia_-__troca_luminaria_-_odair_da_rosa.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1895/pedido-de-providencias-122-2022-_darci_-_patrolamento_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1901/pedido-de-providencias-123-2022-_venicio__-_ponte_linha_patrimonio.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1719/projeto_de_decreto_no_01-2022_-_rejeita_veto_pl_04-2022.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_decreto_no_02-2022_-_rejeita_veto_pl_28-2022.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1754/projeto_de_decreto_legislativo_003-2022.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1630/projeto_de_lei_n01-2022-_suplementacao_cmv_-loa_22.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1631/projeto_de_lei_n02-2022-_altera_lei_1103-_cria_novos_cargos.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1632/projeto_de_lei_n03-2022-_altera_a_lei_673-2004_cria_cargos_de_professor.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1633/projeto_de_lei_n04-2022-_cria_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1634/projeto_de_lei_n05-2022-_autoriza_vale_alimentacao_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1635/projeto_de_lei_n06-2022-_autoriza_vale_alimentacao_ccs.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1636/projeto_de_lei_n07-2022-_autoriza_contratacao_emergencial_serventes.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1637/projeto_de_lei_n08-2022-_autoriza_contratacao_emergencial_professores.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1638/projeto_de_lei_n09-2022_-_altera_o_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1639/projeto_de_lei_n10-2022_-_estabelece_o_indice_reposicao_serv._efet._e_cc_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1640/projeto_de_lei_n11-2022-_altera_os_valores_do_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1641/projeto_de_lei_n12-2022-_autoriza_termo_de_colcaboracao_amor_perfeito.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1642/projeto_de_lei_n13-2022-_isencao_taxa_fornecimentop_agua_-_estado_emergencia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1643/projeto_de_lei_n14-2022-_altera_a_gratificacao_dos_diretores_das_escola.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1644/projeto_de_lei_no15-2022_-__reposicao_efetivos_e_cc_legislativo.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1645/projeto_de_lei_n16-2022_-_reposicao_agentes_politicos_vereadores.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1646/projeto_de_lei_no17-2022_-_reposicao_prefeito_e_vice.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1647/projeto_de_lei_no18-2022_-__vale_alimentacao_legislativo.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1648/projeto_de_lei_no19-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1649/projeto_de_lei_no_20-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1650/projeto_de_lei_no21-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1651/projeto_de_lei_no22-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1653/projeto_de_lei_no23-2022_contratacao_emergencial_de_professores.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1654/projeto_de_lei_no24-2022_altera_a_carga_horaria_engenheiro_civil_e_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1660/projeto_de_lei_no25-2022_contratacao_emergencial_de_professor.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1661/projeto_de_lei_no26-2022_altera_a_redacao.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1662/projeto_de_lei_no_27-2022_-_altera_lei_vale_alimentacao_para_cc.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1664/projeto_de_lei_no__28-2022_-_informacoes_para_camar_municipal_de_vereadores.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1665/projeto_de_lei_no_29-2022_-_institui_sitio.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1667/projeto_de_lei_no30-2022_autoriza_o_poder_executivo_municipal_a_realizar_parcelamento_e_conceder_descontos_para_pagamento_do_imposto_predial_e_territorial_urbano_exercicio_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1668/projeto_de_lei_n31-2022-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_o_hospital_paraiso.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1669/projeto_de_lei_n32-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1670/projeto_de_lei_no33-2022_banco_de_ideias.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1679/projeto_de_lei_n34-2022-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_de_incentivo_industrial_com_a_empresa_paraiso_calcados_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1680/projeto_de_lei_n35-2022-_autoriza_o_poder_executivo_municipal_a_firmar_contrto_de_incentivos_com_a_empresa_neimar_de_menezes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_n36-2022-_autoriza_opoder_executivo_municipal_a_realizar_contratacao_emergencial_de_medico_clinico_geral..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_no_37-2022_-_katia-_semana_da_doacao_de_livro.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_n38-2022-_altera_dispositivos_da_lei_municipal_n1103-2011_que_dispoe_sobre_o_quadro_de_cargos_e_funcoes_estabelece_o_plano_de_carreira_dos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_n39-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professoa.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_ei_n40-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_um_a_agente_de_combate_a_edemias.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_n41-2022-_reajusta_valor_da_bolsa_auxilio_de_estagio_alterando_lei_107-2011_e_d_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_n42-2022-_autoriza_a_abertura_de_credito_especial_junto_a_secretaria_municipal_de_agricultura_e_pecuaria....pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n43-2022-_autoriza_o_poder_executivo_municipal_a_custear__despesas_com_comemoracoes_do_xxxiv_aniversario_de_emancipacao_politico-administrativa_do_municipio_de_paraiso_do_sul.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_no44-2022_-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_para_inclusao_de_elemento_de_despesa_em_projeto....pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n45-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_02dois_motoristas.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1704/projeto_de_lei_n47-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_05_cinco_operadores_de_maquinas..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1705/projeto_de_lei_n48-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_servente.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1707/projeto_de_lei_no49_aumenta_margem_consignavel_para_quarenta_por_cento_da_remueracao_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1708/projeto_de_lei_no50_termo_de_compromisso_de_incentivo_industrial_com_a_empresa_paraiso_calcados.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1709/projeto_de_lei_n51-2022-_estabelece_o_quadro_de_cargos_dos_servidores_publicos_do_provimento_efetivo_cargos_em_comissao_e_funcoes_gratificadas_da_camara_municpal.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_n52-2022-_contratacao_emergencial_de_medico_clinico_geral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_n532022-_contratacao__emergencial_de_pedagogoa.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_n54-2022_contratacao_emergencial_de_professoresas.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1740/projeto_de_lei_n55-2022-_autoriza_a_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_n56-202_cria_e_inclui_categoria_funcional.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_no__57-_2022_-_banco_de_curriculos.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1757/projeto_de_lei_n58-2022-_insere_o_item_41_no_anexo_ii_da_lei_municipal_n1010-2009_de_2-12-2009.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1758/projeto_de_lei_n59-2022-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_o_hospital_paraiso....pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1760/projeto_de_lei_n60-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1768/projeto_de_lei_n61-2022-credito_especial-pre-sal.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1777/projeto_de_eli_n62-2022-_autoriza_o_poder_executivo_municipal_a_instituir_a_nota_fiscal_de_servicos_eletronica....pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1778/projeto_de_lei_n63-2022-_dispoem_sobre_a_concessao_de_uso_de_bens_moveis_a_associacao_de_agricultores_de_linha_campestre-aalc_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1779/projeto_de_lei_n64-2022-_autoriza_o_poder_wxwcutivo_municipal_a_realizar_contratacao_emergencial_de_agentes_comunitarios_de_saude..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1787/projeto_de_lei_n65-2022-_autoriza_o_poder_executivo_de_paraiso_do_sul__a_contratar_operacao_de_credito_com_a_caixa_economica_federal....pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1788/projeto_de_lei_n66-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_farmaceuticoa..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1795/projeto_de_lei_n67-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1796/projeto_de_lei_n68-2022-_altera_o_dispositivo_na_lei_n809-2006_criando_e_incluindo_o_art._4_a_que_autoriza_a_dispensacao_de_entulho_e_sobras_de_terras.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1797/projeto_de_lei_n68-2022-_altera_o_dispositivo_na_lei_n809-2006_criando_e_incluindo_o_art._4_a_que_autoriza_a_dispensacao_de_entulho_e_sobras_de_terras.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1798/projeto_de_lei_n70-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_medicos_saude_da_familia_e_clinico_geral..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1799/projeto_de_lei_n71-2022_autoriza_a_abertura_de_credito_adicional_suplementar_no_orcamento_vigente_loa-ldo_e_ppa_junto_a_secretaria_de_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1800/projeto_de_lei_n72-2022-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade....pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1801/projeto_de_lei_n73-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professoa..pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1802/projeto_de_lei_no74-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1811/projeto_de_lei_n75-20222.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1816/projeto_de_lei_n76-2022-_dispoe_sobre_a_regularizacao_fundiaria_urbana-_reurb-_na_forma_da_lei_federal_n_13.465-2017_no_ambito_do_municipio_de_paraiso_do_sul_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1817/projeto_de_lei_n77-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_motorista.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1818/projetode_lei_n78-2022-_altera_dispositivos_da_lei_municipal_n_1103-2011_que_dispoe_sobre_o_quadro_decargos_e_funcoes_estsabelebe_o_plano_de_carreira_dos_servidores_publicos_municipais_de.....pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1819/projeto_de_lei_n79-2022-_dispoe_sobre_a_concessao_de_uso__de_uso_de_bem_movel-um_veiculo_kombi_a_associacao_bombeiros_voluntarios....pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1835/projeto_de_lei_n80-2022-_implementa_o_programa_municipal_de_praticas_integrativas_e_complementares_no_sus-pics_no_ambito_do_municipio_de_paraiso_do_sul.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1836/projeto_de_lei_n81-2022-_cria_e_estrutura_conselhos_escolares_nas_escolas_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1837/projeto_de_lei_n82-2022-_acresce_o_item_41_do_anexo_ii_da_lei_municipal_n1010-2009_de_22-12-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1838/projeto_de_lei_n83-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1856/projeto_de_lei_n84-2022_denomina_rua_rodolfo_kilian.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1857/projeto_de_lei_n85-2022-_denomina_rua_waldemar_boijink.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1870/projeto_de_lei_n86-2022-altera_e_cria_o_conselho_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n87-2022-_contratacao_emergencial_de_motorista.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n_88-2022-_bancada_mdb_-_profissoes.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1891/projeto_de_lei_n89-2022-loa.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_n90-2022-_autoriza_a_suplementacao_de_valores_nas_dotacao_existente_na_loa-ldo_e_ppa....pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1897/projeto_de_lei_n91-202_estima_a_receita_e_fixa_a_despesa_do_municipio_de_paraiso_do_sul_-rs_para_o_exercicio_financeiro_de_2023-_substituido.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1903/projeto_de_lei_n92-2022-credito_suplementar_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1904/projeto_de_lei_n93-2022-_suplementacao_saude-_consorcio_intemunicipal_da_regiao_centracirc....pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_resolucao__01-2022_-_autoriza_filiacao_uvergs.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1759/resolucao__06-2022_-_escolha_nome_plenario.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1844/projeto_de_resolucao__07-2022_-_aprova_relatorio_da_cpi.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1852/projeto_de__emenda_lei_organica.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1898/resolucao__12-2022_-_altera_regiemnto_interno_posse.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1652/oficio_no__01-212_-_ljrf_-_projetos_02-03-04-09.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1666/requerimento_002-2022_-_katia_-_cljrf_-_audiencia_publica_pl04-22.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1672/requerimento_003-_2021_-_katia_-_informacao_sobre_agua.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1689/requerimento_004-2022_-_mesa_-_audiencia_publica_cameras.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1739/requerimento_05-_2022-eliseu.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1848/requerimento_006-_2022_-_katia_-_farmacia_solidaria.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1655/indicacao_01-2022_-_mdb_-_creche_vila.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1656/indicacao_02-2022-_darci_-_abrigo_onibus_-_boa_vista.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1673/indicacao_03-2022_-_venicio_-_estacionamento_afonso_pena.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1681/indicacao_04-2022-_katia_-_plantao_remunerado_agua.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1682/indicacao_05-2022-_katia_-_desobriga_mascara.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1683/indicacao_06-2022-_darci_-_pracinha_alfredo_schlesner.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1684/indicacao_07-2022_-_venicio_-_evento_auto_motivo.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1690/indicacao_08-2022-_katia_-_horario_especial_servidores-deficiencia.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/indicacao_09-2022-_katia_-_repasse_bombeiros_voluntarios.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/indicacao_10-2022_-jones_-_lixo.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1710/indicacao_11-2022_-_juliano_-_bom_pagador.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1724/indicacao_12-2021_-_luciano_-_agua_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1756/indicacao_13-2022-_darci_-_abrigo_onibus_-_boa_vista.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1755/indicacao_14-2022-_katia_-_abertura_do_canteiro_central.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1761/indicacao_15-2022-_patricia_-_conselho_da_mulher.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1767/indicacao_16-2022-_juliano_-_abrigo_onibus_-_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1776/indicacao_17-2022_-_paulinho_-_reclassificacao_padroes_servidores.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1789/indicacao_18-2022_-_mdb_-_barao_von_kahlden.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1812/indicacao_19-2022-_darci-_analise_de_solo.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1843/indicacao_20-2022_-_venicio_-_iluminacao_prolongamento_1o_janeiro.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1845/indicacao_21-2022_-_venicio-esgoto_rua_ruben_carlos_ludtke.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1860/indicacao_22-2022_-_venicio-reconhecimento_rua.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1861/indicacao_23-2022_-_venicio-repovoamento_rio_jacui.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1877/indicacao_24-2022_-_darci_-_lombada__afonso_pena.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/indicacao_25-2022_-_mdb_-_crescer_legal.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1888/indicacao_26-2022-_katia_-_gazebo_as_artesas.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1892/indicacao_27-2022_-_venicio-esgoto_rua_francisco_fick.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1899/indicacao_28_-2022_-_venicio-_redutores_de_velocidade_1_de_janeiro.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/indicacao_29_-2022_-_venicio-_transporte_hidroginastica_para_agudo.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1678/01-mocao-dona_alma..docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1715/02-susepe.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1738/03-_leticia_martins.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1766/04-mocao_de_cumprimentos-_eduardo_muller.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1775/05-mocao_de_cumprimentos-_brigada_militar.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/06-mocao_de_soliedariedade_susepe.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/07-mocao_de_soliedariedade__prof.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/08-mocao_apoio_aos_fumicultores.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1810/09-mocao-_roberto_carlos.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1876/10_-_mocao_-_eja.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1881/11_-_mocao_-_daer_-_linha_onibus.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/requerimento_de_licenca_de_vereador-__darci_mundt.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/requerimento_de_licenca_de_vereador-__jones_radiske.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1657/pedido-de-providencias-001-2022-_katia_-__iluminacao_campestre.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1658/pedido-de-providencias-002-2022-_katia_-__transporte_escolar.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1659/pedido-de-providencias-003-2022-_katia_-__transporte_escolar_vila_nova.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1671/pedido-de-providencias-004-2022-_eliseu_-__troca_luminaria.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/pedido-de-providencias-005-2022-_patricia_-recuperacao_estradas_boa_vista_sul_e_norte.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1675/pedido-de-providencias-006-2022-_eliseu_-__cascalhamento.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1676/pedido-de-providencias-007-2022-_katia_-_abrigo_onibus_-_boa_vista.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1677/pedido-de-providencias-008-2022-_iluminacao_-_ivete_parreira.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1685/pedido-de-providencias-009-2022_-_tiago-_estacionamento_obliquo.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1686/pedido-de-providencias-10-2022-_katia-_recolhimento_de_lixo_campestre.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1687/pedido-de-providencias-11-2021-_venicio_-_bueiros_campestre.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1706/pedido-de-providencias-12-2021-_venicio_-_cascalhamento_campestre.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1711/pedido-de-providencias-13-2021-_juliano_-_patrolamento_barao_von_kahlden.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1712/pedido-de-providencias-14-2021-_juliano_-_acesso_fabiano_senna.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1713/pedido-de-providencias-15-2022-_patricia_-_lixeira_boa_vista.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1714/pedido-de-providencias-016-2022-_tiago-_ponte_linha_rincao_da_porta.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1716/pedido-de-providencias-017-2022-_juliano_-_limpeza_nas_laterais_das_pontes.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1717/pedido-de-providencias-18-2022-_juliano_-__iluminacao_salgado_filho.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1718/pedido-de-providencias-19-2022-_juliano_-_limpeza_valetas.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1725/pedido-de-providencias-20-2022-_venicio_-_cascalhamento_travessa_altermann.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1726/pedido-de-providencias-21-2022-_venicio_-_limpeza_valetas.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1727/pedido-de-providencias-22-2022-_venicio_-_limpeza_na_lateral_da_ponte.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/pedido-de-providencias-23-2021-_juliano_-_cascalhamento_acude_das_garcas.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/pedido-de-providencias-24-2021-_juliano_-_cascalhamento_na_estrada_da_vila.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/pedido-de-providencias-25-2022-_juliano_-__iluminacao_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/pedido-de-providencias-26-2022-_darci-__iluminacao_publica_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1735/pedido-de-providencias-27-2022-_katia_-_abrigo_parada_boa_vista.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1736/pedido-de-providencias-28-2022-_venicio-_dessassoreamento_arroio_contenda.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1737/pedido-de-providencias-29-2022-_luciano_-__pranchas_pontes_patricia.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1741/pedido-de-providencias-30-2022-_katia_-_praca_centro_melhorias.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1742/pedido-de-providencias-31-2021-_luciano_-_cascalhamento_pousada_imigrantes.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1743/pedido-de-providencias-32-2022-_darci_-_bueiro_rua_otto_carlos.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/pedido-de-providencias-33-2022-_eliseu_-_melhorias_travessa_kayzer.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/pedido-de-providencias-34-2022-_venicio-_acessibilidade_correio.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/pedido-de-providencias-35-2022-_paulinho_-_cascalhamento_sinikbu.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/pedido-de-providencias-36-2022-_eliseu_-__troca_luminaria_-_laurindo_muller.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1750/pedido-de-providencias-37-2022-_eliseu_-_luminaria_-_pinto.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1751/pedido-de-providencias-38-2022-_katia_-_cascalhamento_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1752/pedido-de-providencias-39-2022-_juliano_-_cascalhamento_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1753/pedido-de-providencias-40-2022-_patricia_-_rocadas_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1762/pedido-de-providencias-41-2022-_venicio-patrolamento_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1763/pedido-de-providencias-42-2022-_venicio-__cobertura_e_drenagem-paraiso.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1764/pedido-de-providencias-43-2022-_luciano__-_iluminacao_men_d_e_sa.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1765/pedido-de-providencias-44-2022-_venicio-_acessibilidade_fisio.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1769/pedido-de-providencias-45-2022-_darci-_estrada_alambique.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1770/pedido-de-providencias-46-2022_-_luciano_-_rocadas_linha_contenda.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1771/pedido-de-providencias-47-2022_-_luciano_-_cascalhamento_linha_neri-travessao.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1772/pedido-de-providencias-48-2022-luciano_-_dessassoreamento_arroio_paraiso.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1773/pedido-de-providencias-49-2022-_eliseu_-_luminaria_-_contenda.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1774/pedido-de-providencias-50-2022_-_eliseu-_recolhimento_de_lixo_patrimonio.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1780/pedido-de-providencias-51-2022-_luciano-__iluminacao_publica_dario_holzschuh.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1781/pedido-de-providencias-52-2022-_darci_-_cascalhamento_linha_uniao.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1782/pedido-de-providencias-53-2022-_patricia_-recuperacao_estradas_boa_vista_sul_e_norte.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1783/pedido-de-providencias-54-2022-_venicio-_patrola_travessa_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1784/pedido-de-providencias-55-2022-_venicio-_patrola_travessa_ernane_pheifer.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1785/pedido-de-providencias-56-2022-_venicio-_melhoria_estrada_acesso_ao_quilombo.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1786/pedido-de-providencias-57-2022-_juliano_-_vistoria_ponte_linha_contenda.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1790/pedido-de-providencias-58-2022-_juliano_-__iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1791/pedido-de-providencias-59-2022-_venicio_-_lixeira_linha_progresso.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1792/pedido-de-providencias-60-2022-_darci-__iluminacao_publica_campestre.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1793/pedido-de-providencias-61-2022-_darci-_esgoto_rua_e.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1794/pedido-de-providencias-62-2022-_katia_-_patrolamento_pau-a-pique.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1803/pedido-de-providencias-63-2022-_tiago-_manutencao_em_frente_287.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1804/pedido-de-providencias-64-2022-_darci-__iluminacao_-_lismara_gadtke.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1805/pedido-de-providencias-65-2022-_venicio_-__iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1806/pedido-de-providencias-66-2022-_darci_-_patrolamento_quilombo_brasileira_e_astral..doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1813/pedido-de-providencias-67-2022-_luciano-_iluminacao_publica_leo_kulmann.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1814/pedido-de-providencias-68-2022-_eliseu_-__troca_luminaria_-_silverio_streck.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1815/pedido-de-providencias-69-2022-_eliseu_-__manutencao._travesa_cemiterio.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1820/pedido-de-providencias-70-2022-_juliano_-__iluminacao_publica_capao_grande.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1821/pedido-de-providencias-71-2022-_juliano_-_cascalhamento_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/pedido-de-providencias-72-2022-_juliano_-_cascalhamento_marcos_kohn.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1824/pedido-de-providencias-74-2022-_darci_-_patrolamento_estrada_linha_sinimbu_linha_neri.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1825/pedido-de-providencias-75-2022-_venicio_-_melhorias_rincao_dos_bulsing.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/pedido-de-providencias-76-2022-_darci-boca_lobo_avenida.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/pedido-de-providencias-77-2022-_venicio_-__iluminacao_publica__boa_vista.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1828/pedido-de-providencias-78-2022-_venicio-__iluminacao_publica_-_boa_vista.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1829/pedido-de-providencias-79-2022-__venicio_-__troca_de_luminaria_-_vilmar_kiefer.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1830/pedido-de-providencias-80-2022-_luciano-_iluminacao_publica_leo_kulmann.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1831/pedido-de-providencias-81-2022-_venicio-_patrolamento_marcus_bartmann.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1832/pedido-de-providencias-82-2022-_venicio-_iluminacao_publica_leoni_ludtke.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1833/pedido-de-providencias-83-2022-_eliseu_-__troca_luminaria_-_escola_cristian.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1834/pedido-de-providencias-084-2022_-venicio-_melhoria_acesso_a_prop.cascalhamento.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1839/pedido-de-providencias-85-2022-tiago_-_cascalhamento_e_catrolamento.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1840/pedido-de-providencias-86-2022_-venicio_-_melhoria_1o_janeiro.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1841/pedido-de-providencias-87-2022_-_juliano__-_mosquito_borrachudo.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1842/pedido-de-providencias-88-2022-_eliseu_-__troca_luminaria_-_lauri_scholz.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1846/pedido-de-providencias-89-2022-_darci_-_patrolamento_travessa_sinimbu.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1847/pedido-de-providencias-34-2022-_venicio-_acessibilidade_correio.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1849/pedido-de-providencias-91-2022_-_luciano_-_agua_linha_nery.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1850/pedido-de-providencias-92-2022-_katia_-_bebedou_ro_max.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1851/pedido-de-providencias-93-2022-_darci_-_sinalizacao_de_transito.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1853/pedido-de-providencias-94-2022_-_juliano__-_patrolamento_travessao.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1854/pedido-de-providencias-95-2022_-_juliano__-_fresado_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1855/pedido-de-providencias-96-2022-_tiago-recuperacao_estrada_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1858/pedido-de-providencias-97-2022-_darci-__iluminacao_publica_campestre.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1859/pedido-de-providencias-98-2022-_luciano__-_iluminacao_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1862/pedido-de-providencias-99-2022-_venicio-_iluminacao_publica_joao_gomes.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1863/pedido-de-providencias-100-2022-_venicio-_iluminacao_publica_jaime_ricardo_maus.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1864/pedido-de-providencias-101-2022-_tiago-__iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1865/pedido-de-providencias-102-2022_-_luciano_-_melhoria_estrada_da_linha_paraguassu.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1866/pedido-de-providencias-103-2022-_darci-__iluminacao_publica_ari_milbradt.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1867/pedido-de-providencias-104-2022-_venicio_-_cascalhamento_campestre.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1868/pedido-de-providencias-105-2022-_patricia_-__troca_luminaria_-_claise_boijink.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1869/pedido-de-providencias-106-2022-_patricia_-_recolhimento_de_lixo.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1871/pedido-de-providencias-107-2022-__juliano_-__pranchas_ponte_25de_julho.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1872/pedido-de-providencias-108-2022-_darci-__pranchas_ponte_ivo_forch.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1873/pedido-de-providencias-109-2022-_juliano_-_patrolamento_barao_von_kahlden.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1874/pedido-de-providencias-110-2022-_venicio_-_cascalhamento_boa_vista.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1875/pedido-de-providencias-111-2022_-_luciano_-_rocadas_linha_contenda.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1878/pedido-de-providencias-112-2022-_venicio_-__iluminacao_publica_gilberto_flores.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1879/pedido-de-providencias-113-2022-_venicio-_esgoto_tiradentes.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1880/pedido-de-providencias-114-2022-_luciano__-_iluminacao_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/pedido-de-providencias-115-2022-_venicio-_luminaria_-_carlos_kemmerich.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/pedido-de-providencias-116-2022-_juliano_-__iluminacao_publica_hilario_kunde.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/pedido-de-providencias-117-2022-_eliseu_-_patrolamento.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1889/pedido-de-providencias-118-2022-_juliano_-__iluminacao_publica_guido_halberstadt.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1890/pedido-de-providencias-119-2022-_venicio_-__iluminacao_publica_onivio_kiefer.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1893/pedido-de-providencias-120-2022-_venicio_-__iluminacao_publica_vilmar_kiefer.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1894/pedido-de-providencias-121-2022-_patricia_-__troca_luminaria_-_odair_da_rosa.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1895/pedido-de-providencias-122-2022-_darci_-_patrolamento_linha_da_fonte.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1901/pedido-de-providencias-123-2022-_venicio__-_ponte_linha_patrimonio.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1719/projeto_de_decreto_no_01-2022_-_rejeita_veto_pl_04-2022.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_decreto_no_02-2022_-_rejeita_veto_pl_28-2022.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1754/projeto_de_decreto_legislativo_003-2022.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1630/projeto_de_lei_n01-2022-_suplementacao_cmv_-loa_22.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1631/projeto_de_lei_n02-2022-_altera_lei_1103-_cria_novos_cargos.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1632/projeto_de_lei_n03-2022-_altera_a_lei_673-2004_cria_cargos_de_professor.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1633/projeto_de_lei_n04-2022-_cria_funcoes_gratificadas.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1634/projeto_de_lei_n05-2022-_autoriza_vale_alimentacao_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1635/projeto_de_lei_n06-2022-_autoriza_vale_alimentacao_ccs.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1636/projeto_de_lei_n07-2022-_autoriza_contratacao_emergencial_serventes.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1637/projeto_de_lei_n08-2022-_autoriza_contratacao_emergencial_professores.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1638/projeto_de_lei_n09-2022_-_altera_o_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1639/projeto_de_lei_n10-2022_-_estabelece_o_indice_reposicao_serv._efet._e_cc_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1640/projeto_de_lei_n11-2022-_altera_os_valores_do_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1641/projeto_de_lei_n12-2022-_autoriza_termo_de_colcaboracao_amor_perfeito.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1642/projeto_de_lei_n13-2022-_isencao_taxa_fornecimentop_agua_-_estado_emergencia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1643/projeto_de_lei_n14-2022-_altera_a_gratificacao_dos_diretores_das_escola.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1644/projeto_de_lei_no15-2022_-__reposicao_efetivos_e_cc_legislativo.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1645/projeto_de_lei_n16-2022_-_reposicao_agentes_politicos_vereadores.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1646/projeto_de_lei_no17-2022_-_reposicao_prefeito_e_vice.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1647/projeto_de_lei_no18-2022_-__vale_alimentacao_legislativo.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1648/projeto_de_lei_no19-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1649/projeto_de_lei_no_20-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1650/projeto_de_lei_no21-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1651/projeto_de_lei_no22-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1653/projeto_de_lei_no23-2022_contratacao_emergencial_de_professores.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1654/projeto_de_lei_no24-2022_altera_a_carga_horaria_engenheiro_civil_e_farmaceutico.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1660/projeto_de_lei_no25-2022_contratacao_emergencial_de_professor.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1661/projeto_de_lei_no26-2022_altera_a_redacao.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1662/projeto_de_lei_no_27-2022_-_altera_lei_vale_alimentacao_para_cc.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1664/projeto_de_lei_no__28-2022_-_informacoes_para_camar_municipal_de_vereadores.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1665/projeto_de_lei_no_29-2022_-_institui_sitio.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1667/projeto_de_lei_no30-2022_autoriza_o_poder_executivo_municipal_a_realizar_parcelamento_e_conceder_descontos_para_pagamento_do_imposto_predial_e_territorial_urbano_exercicio_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1668/projeto_de_lei_n31-2022-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_o_hospital_paraiso.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1669/projeto_de_lei_n32-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1670/projeto_de_lei_no33-2022_banco_de_ideias.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1679/projeto_de_lei_n34-2022-_autoriza_o_poder_executivo_municipal_a_firmar_termo_de_compromisso_de_incentivo_industrial_com_a_empresa_paraiso_calcados_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1680/projeto_de_lei_n35-2022-_autoriza_o_poder_executivo_municipal_a_firmar_contrto_de_incentivos_com_a_empresa_neimar_de_menezes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_n36-2022-_autoriza_opoder_executivo_municipal_a_realizar_contratacao_emergencial_de_medico_clinico_geral..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_no_37-2022_-_katia-_semana_da_doacao_de_livro.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_n38-2022-_altera_dispositivos_da_lei_municipal_n1103-2011_que_dispoe_sobre_o_quadro_de_cargos_e_funcoes_estabelece_o_plano_de_carreira_dos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_n39-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professoa.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_ei_n40-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_um_a_agente_de_combate_a_edemias.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_n41-2022-_reajusta_valor_da_bolsa_auxilio_de_estagio_alterando_lei_107-2011_e_d_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_n42-2022-_autoriza_a_abertura_de_credito_especial_junto_a_secretaria_municipal_de_agricultura_e_pecuaria....pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1700/projeto_de_lei_n43-2022-_autoriza_o_poder_executivo_municipal_a_custear__despesas_com_comemoracoes_do_xxxiv_aniversario_de_emancipacao_politico-administrativa_do_municipio_de_paraiso_do_sul.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1701/projeto_de_lei_no44-2022_-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_para_inclusao_de_elemento_de_despesa_em_projeto....pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1702/projeto_de_lei_n45-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_02dois_motoristas.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1704/projeto_de_lei_n47-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_05_cinco_operadores_de_maquinas..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1705/projeto_de_lei_n48-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_servente.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1707/projeto_de_lei_no49_aumenta_margem_consignavel_para_quarenta_por_cento_da_remueracao_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1708/projeto_de_lei_no50_termo_de_compromisso_de_incentivo_industrial_com_a_empresa_paraiso_calcados.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1709/projeto_de_lei_n51-2022-_estabelece_o_quadro_de_cargos_dos_servidores_publicos_do_provimento_efetivo_cargos_em_comissao_e_funcoes_gratificadas_da_camara_municpal.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_n52-2022-_contratacao_emergencial_de_medico_clinico_geral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_n532022-_contratacao__emergencial_de_pedagogoa.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_n54-2022_contratacao_emergencial_de_professoresas.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1740/projeto_de_lei_n55-2022-_autoriza_a_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_n56-202_cria_e_inclui_categoria_funcional.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_no__57-_2022_-_banco_de_curriculos.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1757/projeto_de_lei_n58-2022-_insere_o_item_41_no_anexo_ii_da_lei_municipal_n1010-2009_de_2-12-2009.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1758/projeto_de_lei_n59-2022-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_o_hospital_paraiso....pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1760/projeto_de_lei_n60-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1768/projeto_de_lei_n61-2022-credito_especial-pre-sal.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1777/projeto_de_eli_n62-2022-_autoriza_o_poder_executivo_municipal_a_instituir_a_nota_fiscal_de_servicos_eletronica....pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1778/projeto_de_lei_n63-2022-_dispoem_sobre_a_concessao_de_uso_de_bens_moveis_a_associacao_de_agricultores_de_linha_campestre-aalc_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1779/projeto_de_lei_n64-2022-_autoriza_o_poder_wxwcutivo_municipal_a_realizar_contratacao_emergencial_de_agentes_comunitarios_de_saude..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1787/projeto_de_lei_n65-2022-_autoriza_o_poder_executivo_de_paraiso_do_sul__a_contratar_operacao_de_credito_com_a_caixa_economica_federal....pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1788/projeto_de_lei_n66-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_farmaceuticoa..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1795/projeto_de_lei_n67-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1796/projeto_de_lei_n68-2022-_altera_o_dispositivo_na_lei_n809-2006_criando_e_incluindo_o_art._4_a_que_autoriza_a_dispensacao_de_entulho_e_sobras_de_terras.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1797/projeto_de_lei_n68-2022-_altera_o_dispositivo_na_lei_n809-2006_criando_e_incluindo_o_art._4_a_que_autoriza_a_dispensacao_de_entulho_e_sobras_de_terras.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1798/projeto_de_lei_n70-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_medicos_saude_da_familia_e_clinico_geral..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1799/projeto_de_lei_n71-2022_autoriza_a_abertura_de_credito_adicional_suplementar_no_orcamento_vigente_loa-ldo_e_ppa_junto_a_secretaria_de_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1800/projeto_de_lei_n72-2022-_autoriza_a_abertura_de_credito_especial_no_orcamento_vigente_loa-ldo_e_ppa_para_inclusao_de_elemento_de_despesa_em_projeto-atividade....pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1801/projeto_de_lei_n73-2022-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professoa..pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1802/projeto_de_lei_no74-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1811/projeto_de_lei_n75-20222.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1816/projeto_de_lei_n76-2022-_dispoe_sobre_a_regularizacao_fundiaria_urbana-_reurb-_na_forma_da_lei_federal_n_13.465-2017_no_ambito_do_municipio_de_paraiso_do_sul_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1817/projeto_de_lei_n77-2022-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_motorista.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1818/projetode_lei_n78-2022-_altera_dispositivos_da_lei_municipal_n_1103-2011_que_dispoe_sobre_o_quadro_decargos_e_funcoes_estsabelebe_o_plano_de_carreira_dos_servidores_publicos_municipais_de.....pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1819/projeto_de_lei_n79-2022-_dispoe_sobre_a_concessao_de_uso__de_uso_de_bem_movel-um_veiculo_kombi_a_associacao_bombeiros_voluntarios....pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1835/projeto_de_lei_n80-2022-_implementa_o_programa_municipal_de_praticas_integrativas_e_complementares_no_sus-pics_no_ambito_do_municipio_de_paraiso_do_sul.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1836/projeto_de_lei_n81-2022-_cria_e_estrutura_conselhos_escolares_nas_escolas_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1837/projeto_de_lei_n82-2022-_acresce_o_item_41_do_anexo_ii_da_lei_municipal_n1010-2009_de_22-12-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1838/projeto_de_lei_n83-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1856/projeto_de_lei_n84-2022_denomina_rua_rodolfo_kilian.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1857/projeto_de_lei_n85-2022-_denomina_rua_waldemar_boijink.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1870/projeto_de_lei_n86-2022-altera_e_cria_o_conselho_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1882/projeto_de_lei_n87-2022-_contratacao_emergencial_de_motorista.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1883/projeto_de_lei_n_88-2022-_bancada_mdb_-_profissoes.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1891/projeto_de_lei_n89-2022-loa.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_n90-2022-_autoriza_a_suplementacao_de_valores_nas_dotacao_existente_na_loa-ldo_e_ppa....pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1897/projeto_de_lei_n91-202_estima_a_receita_e_fixa_a_despesa_do_municipio_de_paraiso_do_sul_-rs_para_o_exercicio_financeiro_de_2023-_substituido.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1903/projeto_de_lei_n92-2022-credito_suplementar_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1904/projeto_de_lei_n93-2022-_suplementacao_saude-_consorcio_intemunicipal_da_regiao_centracirc....pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_resolucao__01-2022_-_autoriza_filiacao_uvergs.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1759/resolucao__06-2022_-_escolha_nome_plenario.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1844/projeto_de_resolucao__07-2022_-_aprova_relatorio_da_cpi.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1852/projeto_de__emenda_lei_organica.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1898/resolucao__12-2022_-_altera_regiemnto_interno_posse.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1652/oficio_no__01-212_-_ljrf_-_projetos_02-03-04-09.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1666/requerimento_002-2022_-_katia_-_cljrf_-_audiencia_publica_pl04-22.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1672/requerimento_003-_2021_-_katia_-_informacao_sobre_agua.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1689/requerimento_004-2022_-_mesa_-_audiencia_publica_cameras.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1739/requerimento_05-_2022-eliseu.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2022/1848/requerimento_006-_2022_-_katia_-_farmacia_solidaria.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H275"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>