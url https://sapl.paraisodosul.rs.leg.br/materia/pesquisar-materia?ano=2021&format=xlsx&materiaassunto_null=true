--- v0 (2025-10-13)
+++ v1 (2026-03-16)
@@ -51,2569 +51,2569 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1389/indicacao_01-2021-_juliano_-_mocao_ao_hospital.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1389/indicacao_01-2021-_juliano_-_mocao_ao_hospital.doc</t>
   </si>
   <si>
     <t>Que a mesa diretora da Câmara Municipal de Vereadores de Paraíso do Sul faça uma homenagem pelos sessenta anos da Associação Assistencial e Beneficente Hospital Paraíso e providencie a realização de uma Sessão Solene, com a entrega de uma Moção de Congratulação à Diretoria da entidade hospitalar.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>KÁTIA HELENA SCHLESNER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que realize a abertura do canteiro no eixo da Avenida 1° de Janeiro, em frente ao posto de combustíveis Central para possibilitar que seja realizado o retorno ao saírem daquele local, evitando assim manobras arriscadas que atualmente alguns motoristas realizam.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>DARCI DELCIO MUNDT</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1390/indicacao_03-2021-_darci-_calcario.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1390/indicacao_03-2021-_darci-_calcario.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal viabilize junto a Secretaria Municipal de Agricultura e Pecuária a distribuição gratuita do calcário mineral para os agricultores do município de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PATRÍCIA PARREIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_04-2021-_isencao_impostos_mdb.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_04-2021-_isencao_impostos_mdb.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal envie ao Poder Legislativo, Projeto de Lei que conceda isenção de IPTU, ISSQN, Alvará de funcionamento, Alvará Sanitário, Taxa de Água, Alvará de Taxis, em benefício às empresas de transporte escolar, do ramo de vestuário e calçadista, também salões de belezas, barbearias, academia e demais empresas sediadas no município que sofreram restrição no funcionamento em razão dos seus produtos e serviços serem consideradas “não essenciais”, conforme Decreto do Governo do Estado, no Plano de Distanciamento Controlado.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_05-2021-_patricia_boa_vistaxx.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_05-2021-_patricia_boa_vistaxx.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a recuperação da estrada da Boa Vista Sul, limpeza urgente dos bueiros na sanga nas proximidades da residência da senhora Vera Lúcia Alves e construção de uma nova ponte ou galeria no local, para melhor vasão das águas.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1393/indicacao_06-2021-mauro-_placas_de_pare.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1393/indicacao_06-2021-mauro-_placas_de_pare.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que estude junto ao Conselho Municipal de Trânsito a possibilidade de inclusão de mão única, no sentido Centro/Linha da Fonte, na Rua Roberto Krügel no trecho entre a Avenida 1º de Janeiro e a Rua Edmundo Rohde e ainda providencie o fechamento do canteiro central no entroncamento entre a Avenida 1º de Janeiro e a Rua Roberto Krügel, nessa cidade.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1394/indicacao_07-2021-_katia_-_terapeuta_ocupacional.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1394/indicacao_07-2021-_katia_-_terapeuta_ocupacional.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a possibilidade da criação de um cargo de Terapeuta Ocupacional, e de posterior contratação do profissional competente, para desempenhar suas funções junto ao Município de Paraíso do Sul, especialmente na equipe multidisciplinar que atuará na área de educação especial, nesse Município.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1395/indicacao_08-2021-_juliano_-_entrega_de_material_presencial.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1395/indicacao_08-2021-_juliano_-_entrega_de_material_presencial.doc</t>
   </si>
   <si>
     <t>Que o Poder executivo municipal tome as medidas cabíveis, através da Secretaria Municipal de Educação e Cultura, a fim de viabilizar a entrega presencial de atividades aos alunos durante o período de aulas remotas e durante a classificação do município em bandeira preta.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal viabilize junto aos moradores proprietários das terras nas adjacências e realize o alargamento da estrada da Picada Haman, especificamente, no entroncamento com a ERS 502 (estrada da Contenda), bem como a diminuição da altura nos barrancos em ambas as margens daquela estrada, nesse município.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1397/indicacao_10-2021-_juliano_-_estacionamento_hospital.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1397/indicacao_10-2021-_juliano_-_estacionamento_hospital.doc</t>
   </si>
   <si>
     <t>Que o executivo municipal, por meio da secretaria competente, estude a possibilidade de realizar a demarcação na faixa lateral e colocação de placa indicativa de “Proibido Estacionamento” de veículos no acesso principal a entrada da rampa do Hospital Paraíso Associação Assistencial e Beneficente e ainda na mesma faixa lateral da rua, logo após o portão frontal do hospital (anexo), que o executivo municipal, por meio da secretaria competente, estude a possibilidade de colocação de placa indicativa de “estacionamento de ambulância”,</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1398/indicacao_11-2021-_pdt_-_praca_escolas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1398/indicacao_11-2021-_pdt_-_praca_escolas.doc</t>
   </si>
   <si>
     <t>Que o executivo municipal, por meio da secretaria competente, verifique as praças de brinquedos nas escolas municipais, realize a manutenção necessária, e estude a viabilidade de aquisição de brinquedos novos, especialmente nas escolas EMEF. Carlos Altermann e EMEF. Max Paulo Schlösser, e demais escolas em que se fizer necessário.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1399/indicacao_12-2021-_patricia_transp._escolar.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1399/indicacao_12-2021-_patricia_transp._escolar.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal  busque os meios viáveis de, em caráter emergencial e excepcional, realizar o pagamento de parte das despesas fixas mensais (de forma retroativa), previstos nas planilhas de custos, dos contratos suspensos do serviço de Transporte Escolar, em face da Situação de Emergência e Estado de Calamidade Pública decorrentes da Covid-19, no âmbito do Município de Paraíso ou, na impossibilidade desta medida, que haja uma negociação com as referidas empresas do Transporte Escolar para alguma modalidade de incentivo, via repasse de recursos na forma de adiantamento, com condições facilitadas e à longo prazo, de retorno aos cofres públicos</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_13-2021-_darci_-_rocadas_lambiqs.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_13-2021-_darci_-_rocadas_lambiqs.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providência a roçada nas laterais, pratolamento e manutenção na estrada que liga a Linha Contenda à Linha Patrimônio, que inicia na propriedade do Senhor Lídio Schünemann e passa pela Agroindústria Müller, e não menos importante, que seja estudado a viabilidade de alargamento da referida estrada, nesse Município.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao_14-2021_-eliseu_-_redutor_velocidade_-_vila_paraiso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao_14-2021_-eliseu_-_redutor_velocidade_-_vila_paraiso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine à Secretaria competente que execute a colocação de redutores de velocidade na Avenida Barão Von Kahlden, mais precisamente nas proximidades da Escola Duque de Caxias, do Correio situado junto à Praça, e do Campo de Futebol, na localidade de Vila Paraíso, nesse município.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao_15-2021-_katia_-bolao_municipal.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao_15-2021-_katia_-bolao_municipal.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal reinstitua o Bolão Municipal, com aquisição dos prêmios em Paraíso do Sul, para fomentar a compra no município e promover o desenvolvimento do comercio local.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao_16-2021-_katia_-_pne.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao_16-2021-_katia_-_pne.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade de criar uma forma de incentivo fiscal para as empresas do nosso município que contratarem pessoas com necessidades especiais ou alguma deficiência para seu quadro de funcionários, incentivando assim a inclusão social em nosso município.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao_17-2021-_juliano_-_r3vitalizacao_da_praca.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao_17-2021-_juliano_-_r3vitalizacao_da_praca.doc</t>
   </si>
   <si>
     <t>Que o executivo municipal, por meio da secretaria competente, estude a possiblidade de realizar um projeto de revitalização da Praça Christa Minna Würdt Gehrke, com a manutenção e aquisição de brinquedos novos para a praça infantil, melhorar a iluminação pública com a colocação de mais postes com lâmpadas, a colocação de mais bancos, melhorar a arborização com o plantio de árvores e flores, a colocação de lixeiras seletivas, quadra de vôlei de areia, caminhodromo, placa indicativa com o nome da praça, e outras possibilidades.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/indicacao_18-2021-_katia_-covid.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/indicacao_18-2021-_katia_-covid.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através da secretaria municipal de saúde, crie uma equipe multidisciplinar com médicos, enfermagem, fisioterapeuta, fonoaudiólogo, psicólogo, nutricionista, Educador Físico e Terapeuta Ocupacional, para proporcionar tratamento posterior a infecção e recuperação das sequelas causadas pelo COVID19 .</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao_19-2021_-_luciano_-_mauro_e_jones_-_hora_patrulha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao_19-2021_-_luciano_-_mauro_e_jones_-_hora_patrulha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine à Secretaria competente para que realize um estudo e faça uma readequação nos valores praticados, com a finalidade de proporcionar um preço mais acessível para as horas máquinas da Patrulha Agrícola Municipal de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao_20-2021-_patricia_caes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao_20-2021-_patricia_caes.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal crie o Conselho Municipal de Proteção e Defesa dos Animais de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao_21-2021_-_luciano_-_prancha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao_21-2021_-_luciano_-_prancha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize a compra de um caminhão prancha apropriado para o transporte das máquinas do município, buscando um deslocamento mais rápido e econômico.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_22-2021-_pista_skate-mauro_-_katia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_22-2021-_pista_skate-mauro_-_katia.doc</t>
   </si>
   <si>
     <t>Que o executivo municipal, por meio da secretaria competente, viabilize a construção de uma pista de Skate, um cercado para prática de futebol na grama e uma cobertura metálica para a Academia ao Livre na Praça Florinaldo Rohde, nesta cidade, para incentivar a prática de esportes no município.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_23-2021-_katia-_reforma_portico.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_23-2021-_katia-_reforma_portico.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para a realização de uma reforma no Pórtico de acesso à cidade de Paraíso do Sul, inclusive com implantação de um ponto de informações e referências sobre o município, com abertura para visitação pública em sua da parte superior, além da renovação da sua iluminação, causando uma melhor impressão e maior segurança na entrada de nossa cidade.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao_24-2021-_mauro-_reservatorios.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao_24-2021-_mauro-_reservatorios.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie a construção ou instalação de novos reservatórios de água em pontos específicos, especialmente na Linha Contenda, Linha Brasileira, Quilombo e onde houver a necessidade, em nosso município.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_25-2021-_patricia_banheiro_praca.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_25-2021-_patricia_banheiro_praca.doc</t>
   </si>
   <si>
     <t>Que o chefe do Poder Executivo Municipal mobilize esforços para que seja construído banheiro público, inclusive com estrutura adaptada para crianças, idosos e deficientes físicos, atendendo a demanda dos usuários da Praça Florinaldo Rohde, no centro da cidade.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_26-2021-_darci-_reservatorio_picada_hamann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_26-2021-_darci-_reservatorio_picada_hamann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie a instalação do reservatório de agua que encontra-se ocioso, na localidade de Picada Hamann, no interior do município.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao_27-2021-_katia-_esgoto_cohab.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao_27-2021-_katia-_esgoto_cohab.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para a realização da canalização e destinação final do esgoto da valeta existente nos fundos das residências do Conjunto Habitacional Ingazeiro I, no prolongamento da Rua Francisco Fick, nesta cidade.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao_28-2021-_katia-_recesso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao_28-2021-_katia-_recesso.doc</t>
   </si>
   <si>
     <t>Que a Mesa Diretora da Câmara Municipal de Vereadores de Paraíso do Sul elabore e apresente á apreciação do plenário um Projeto de Resolução que extingui o recesso parlamentar do mês de julho, e estude  a possibilidade de também reduzir o recesso previsto regimentalmente para os meses de dezembro a março, atualmente praticados pelo Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1386/indicacao_29-2021-_katia-eta.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1386/indicacao_29-2021-_katia-eta.doc</t>
   </si>
   <si>
     <t>potencialização e utilização das nascentes de águas superficiais (vertentes), para melhoria na qualidade e distribuição de água no interior, que analise a possibilidade da realização da captação das águas da fonte existente na propriedade do Sr. Gilberto Flores para utilização na ETA, diminuindo o uso do poço artesiano e ainda crie uma forma de beneficiar os proprietários das áreas cedidas</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao_30-2021-_patricia_-_area_para_praca.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao_30-2021-_patricia_-_area_para_praca.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo disponibilize uma área para tornar de uso público, em espaço para a prática de esporte e lazer nos bairros Boa Vista Sul e Norte, caso o Município não disponha deste ambiente público, que providencie a aquisição de um terreno para viabilizar a busca de recursos e elaboração de projetos para implantação da pracinha e academia ao ar livre no local.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao_31-2021-_katia-_abrigo_onibus.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao_31-2021-_katia-_abrigo_onibus.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize a construção de dois abrigos de ônibus, um no Conjunto Habitacional Ingazeiro I e outro no Ingazeiro II, no prolongamento da Rua Francisco Fick, nesta cidade.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1417/indicacao_32-2021-_katia-melhoria_na_praca.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1417/indicacao_32-2021-_katia-melhoria_na_praca.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, visando o bom uso com segurança adequada, determine a Secretaria competente que realize uma inspeção e manutenção na iluminação da Praça Florinaldo Rohde, bem como a substituição urgente dos brinquedos quebrados e enferrujados que estão causando perigo aos usuários da Pracinha de Brinquedos Dona Iracema Kelling, nesta cidade.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao_33-_2021-tiago__-_agua_potavel_linha_paraguacu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao_33-_2021-tiago__-_agua_potavel_linha_paraguacu.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que providencie a construção de uma nova rede de água na Linha Paraguassú, mais precisamente da propriedade do Sr. Dilo Drescher até a propriedade do Sr. Valcir Schuller, beneficiando vários moradores, no interior desse município.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1488/indicacao_34-2021-_katia-_escursos.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1488/indicacao_34-2021-_katia-_escursos.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, disponibilize Excursões para os alunos da rede municipal de ensino, com viagens no  Estado do Rio Grande do Sul em roteiros como zoológicos, museus, parques históricos (Ruinas de São Miguel), que seriam essenciais para o aprendizado dos nossos alunos.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1489/indicacao_35-2021_-_julianopdt_-_uniformes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1489/indicacao_35-2021_-_julianopdt_-_uniformes.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, por meio da secretaria competente, estude a possiblidade de realizar um projeto de concessão e fornecimento de uniformes escolares aos alunos regularmente matriculados na Rede Municipal de Ensino de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1526/indicacao_36-2021-_mdb_-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1526/indicacao_36-2021-_mdb_-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize com urgência a contratação emergencial de eletricista por tempo determinado, ou melhor ainda, a contrate uma empresa especializada para realizar uma inspeção, revisão e manutenção geral em toda iluminação pública do município de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1530/indicacao_37-2021_-_mauro_-_compra_de_lixeiras.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1530/indicacao_37-2021_-_mauro_-_compra_de_lixeiras.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal providencie aquisição de novas lixeiras fechadas e moveis do tipo “container” e coloque em pontos específicos, mais necessariamente próximo aos comércios, nessa cidade.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/indicacao_38-2021_-_jones_-_bonificacao_mot..doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/indicacao_38-2021_-_jones_-_bonificacao_mot..doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal elabore um plano de incentivo salarial semelhante as demais secretarias, priorizando a remuneração por produtividade ou por projetos, além disso, sugiro que o Poder Executivo Municipal elabore um plano de capacitação anual (no mínimo, um treinamento por ano) para os motoristas da secretaria de obras, visando incentivar esses profissionais a continuarem a desenvolver um bom trabalho para o crescimento do município.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao_39-2021-_katia-_esgoto_rua_e.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao_39-2021-_katia-_esgoto_rua_e.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal tome as devidas providências necessárias para solucionar a situação do esgoto pluvial e cloacal existente na Rua E, prolongamento da Rua Mathias Paul Gothardt, mais precisamente entre a esquina com a Rua sem denominação próximo ao Mercado Kelling até as proximidades da residência do senhor Sérgio da Silva, para evitar o acumulo de esgoto nas valas a céu aberto e providencie as obras necessárias para devido escoamento afim de resolver o problema recorrente de inundação da rua e invasão das águas nas residências dos moradores .</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao_40-2021-_katia_-_atencao_especial_sul_do_municipio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao_40-2021-_katia_-_atencao_especial_sul_do_municipio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal dispense uma melhor atenção para a região baixa do município, especialmente ao sul da RSC 287, com a maior disponibilidade, na Secretaria Municipal de Obras, nas manutenções periódicas e necessárias das estradas e na Secretaria de Agricultura em relação aos serviços da patrulha agrícola, beneficiando essa comunidade que muito produz e tão pouco recebe de volta por sua importante contribuição através da significativa produção agrícola, agropecuária, comercial, industrial, turística e de lazer, neste município.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_41-2021-_patricia_-_incentivo_esporte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_41-2021-_patricia_-_incentivo_esporte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal crie o Programa Municipal de Incentivo ao Esporte como principal articulador das políticas públicas de esporte no Município, possibilitado contemplar o repasse de recursos para realização de projetos e ações para a valorização dos profissionais de Educação Física e que envolvam atletas nas mais variadas modalidades esportivas, fomentando à prática regular de atividades esportivas entre crianças, adolescentes, jovens e adultos, ajudando na integração social, atuando como um instrumento de combate a drogadição, violência e a criminalidade, sendo um incentivo à vida saudável, no município.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1578/indicacao_42-2021-_darci_-_reservatorio_agua_picada_hamann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1578/indicacao_42-2021-_darci_-_reservatorio_agua_picada_hamann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie a compra de uma nova caixa d’água, a construção  de uma base de sustentação em alvenaria para suporte de forma segura e realize a reinstalação do reservatório de água na localidade de Picada Hamann, no interior do município.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_43-2021_-_katia_demarcacao_de_caminhodromo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_43-2021_-_katia_demarcacao_de_caminhodromo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie a demarcação de um caminhódromo contíguo ao canteiro central da Avenida 1º de Janeiro e realize um estudo junto ao Conselho Municipal de Trânsito, visando a colocação de quebra-molas em pontos específicos da Avenida, para proporcionar um espaço adequado e seguro aos adeptos da caminhada, em nossa cidade.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1585/indicacao_44-2021-_patricia_-_absorventes_higienicos.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1585/indicacao_44-2021-_patricia_-_absorventes_higienicos.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal crie um PROGRAMA DE FORNECIMENTO GRATUITO DE ABSORVENTES HIGIÊNICOS NAS ESCOLAS PÚBLICAS DE PARAÍSO DO SUL, beneficiando estudantes em período menstrual, visando à prevenção e riscos de doenças, bem como a evasão escolar e que,  dentro da sua realidade orçamentária, inclua nos itens de higiene das escolas o fornecimento e a distribuição dos absorventes higiênicos em quantidade adequada às necessidades de estudantes em período menstrual, por meios e formas que não exponham as meninas.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1591/indicacao_45-2021_-_katia__-_realizacao_de_feira_municipal.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1591/indicacao_45-2021_-_katia__-_realizacao_de_feira_municipal.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal viabilize a realização da FEIRA MUNICIPAL de Paraíso do Sul, com participação de expositores unicamente do município, duas vezes ao ano, em épocas apropriadas, para estimular o desenvolvimento econômico, agroindustrial, comercial, gastronômico, cultural e turístico de nosso município.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao_46-2021_-_mauro_-_folder_turistico.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao_46-2021_-_mauro_-_folder_turistico.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize a confecção de um folder (guia turístico), com mapa ilustrativo do município para divulgação das potencialidades turísticas na área gastronômica, artística e religiosa, para ser distribuído em eventos, comércios, pedágios e mesmo nos órgãos municipais de atendimento ao público, com identificação de nosso município com foco principalmente na divulgação das belezas naturais.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1611/indicacao_47-2021-_katia_-_terapeuta_ocupacional.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1611/indicacao_47-2021-_katia_-_terapeuta_ocupacional.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize a criação de um cargo de Terapeuta Ocupacional e posterior contratação do profissional competente, para desempenhar suas funções especialmente junto ao programa Estratégia da Família, podendo o mesmo ainda integrar-se à equipe multidisciplinar que atua na área de educação especial, nesse Município.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1617/indicacao_48-2021-_katia_-_leitura_agua.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1617/indicacao_48-2021-_katia_-_leitura_agua.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal crie um sistema de leitura dos gastos com água, de forma com que o contribuinte forneça mensalmente a numeração constante no hidrômetro, através de WhatsApp, E-mail, Messenger, Telefone, etc, afim de resolver o recorrente problema de excesso de consumo, causado pela prática do cálculo por média, atualmente utilizado pelo leiturista.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/indicacao_49-2021-_darci_-_abrigo_onibus.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/indicacao_49-2021-_darci_-_abrigo_onibus.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que realize a construção de um abrigo na parada do ônibus, nas proximidades da residência do Senhor Lucindo Wrasse, na localidade de Linha sinimbu, neste município.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1622/indicacao_50-2021-_todos_-_bombeiros_voluntarios.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1622/indicacao_50-2021-_todos_-_bombeiros_voluntarios.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize os trâmites necessários para repassar à Associação Bombeiros Voluntários do município de Paraíso do Sul/RS, o valor equivalente à 75% das sobras dos recursos financeiros da Câmara Municipal de Vereadores, do exercício de 2021, para auxiliar e garantir o bom desenvolvimento dos trabalhos prestados pela organização em nosso município.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1623/indicacao_51-2021_-_jones_eliseu_-_ass._juridica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1623/indicacao_51-2021_-_jones_eliseu_-_ass._juridica.doc</t>
   </si>
   <si>
     <t>Que a Mesa Diretora da Câmara Municipal de Vereadores de Paraíso do Sul, da Legislatura de 2022, edite a competente Resolução e restabeleça a carga horária que era desempenhada pelo (a) Assessor (a) Jurídico do Poder Legislativo até a edição da Resolução 01/2016.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1624/indicacao_52-2021-_todos_-_avenida_alfredo_link.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1624/indicacao_52-2021-_todos_-_avenida_alfredo_link.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize um Projeto de Lei, alterando a denominação da Avenida 1º de Janeiro, para “Avenida Alfredo Link”.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1477/01-_policia_civil.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1477/01-_policia_civil.docx</t>
   </si>
   <si>
     <t>“Moção de Apoio”, para que o Governo do Estado providencie a recomposição do efetivo da Polícia Civil no Rio Grande do Sul.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1478/02-apoio_profissionais_saude.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1478/02-apoio_profissionais_saude.docx</t>
   </si>
   <si>
     <t>Moção de Apoio” a todos os profissionais que atuam no combate ao corona vírus em nosso município, no Posto de Saúde da Sede e no Hospital da Vila Paraíso, desde o mais alto e importante cargo até a mais simples função desempenhada em favor da saúde da nossa população.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1479/03-_mocao_de_pesar-_ela_schutz.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1479/03-_mocao_de_pesar-_ela_schutz.docx</t>
   </si>
   <si>
     <t>Moção de Pesar, pelo falecimento da Ex. Primeira Dama Ela Alice Becker Schütz ocorrido no dia 20 de março de 2021.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>“Moção de Apoio”,  para que o Governo do Estado e Governo Federal incluam os caminhoneiros, professores, diretores e quadro de apoio da educação no grupo prioritário para vacinação contra o Covid-19.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1481/06-professores.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1481/06-professores.docx</t>
   </si>
   <si>
     <t>Moção de Apoio à reivindicação dos trabalhadores(as) da rede estadual de educação por reposição das perdas inflacionárias de seus salários.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1482/07-judiciario.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1482/07-judiciario.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO à aprovação irrestrita do Projeto de Lei nº 147/2021, que trata da unificação dos quadros de pessoal e institui o Plano de Carreira, Cargos, Funções e Remunerações dos Servidores do Poder Judiciário Estadual, requerendo, aos Deputados Estaduais que compõem a Assembleia Legislativa do RS, sua aprovação integral.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/08-policiais_militares.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/08-policiais_militares.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO AO AUMENTO DO NÚMERO DE VAGAS NO CURSO TÉCNICO DE SEGURANÇA PÚBLICA (CTSP/2021) DOS POLICIAIS MILITARES DO ESTADO GAÚCHO</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>Pedido de Cedência</t>
   </si>
   <si>
     <t>Of. GP nº 217/2021, que solicita a cedência do espaço da Câmara para realização de audiência pública, no dia vinte e seis de maio, para apresentação 2021 e da proposta do plano plurianual 2022/2025. Colocado em discussão não houve manifestações e em votação foi aprovada a cedência por unanimidade.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Pedido de Licença</t>
   </si>
   <si>
     <t>Eu, abaixo assinado, Juliano Müller, venho respeitosamente a Vossa Excelência, conforme estabelece o Regimento Interno desta Casa Legislativa, requerer, meu licenciamento do cargo de Vereador a contar de 09 de setembro de 2021, por prazo indeterminado, pois a contar desta data estarei ocupando o cargo de Secretário Municipal de Saúde.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/pedido-de-providencias-01-2021-darci_-_patrolamento_linha_contenda-poco_verde.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/pedido-de-providencias-01-2021-darci_-_patrolamento_linha_contenda-poco_verde.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providência a roçada lateral, pratolamento e manutenção na estrada da Linha Contenda/Poço Verde, mais precisamente da esquina Gerhke até o entroncamento do Rodeio do Herval, neste município.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/pedido-de-providencias-02-2021-juliano_-_ponte_linha_brasileira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/pedido-de-providencias-02-2021-juliano_-_ponte_linha_brasileira.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie a verificação urgente e a realização da manutenção necessária na estrutura da ponte da Linha Brasileira e ainda seja colocada placa indicativa do peso máximo suportado pela referida ponte localizada nas proximidades da residência do Sr. Leoni Oestreich.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/pedido-de-providencias-03-2021-juliano_-_ponte_pousada_dos_imigrantes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/pedido-de-providencias-03-2021-juliano_-_ponte_pousada_dos_imigrantes.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie a manutenção frequente (limpeza, roçadas laterais, estrutura física) e o conserto da lateral da ponte da Pousada dos Imigrantes, nas proximidades da Igreja Congregacional da Vila Paraíso.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1422/pedido-de-providencias-04-2021-katia-_liberacao_de_passagem_tiradentes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1422/pedido-de-providencias-04-2021-katia-_liberacao_de_passagem_tiradentes.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, agilize o mais breve possível, a liberação do transito na Avenida Tiradentes e na Rua Francisco Fick, no entrono da praça Florinaldo Rohde, no centro da cidade.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/pedido-de-providencias-05-2021-luciano-eliseu_-_patrolamento_linha_travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/pedido-de-providencias-05-2021-luciano-eliseu_-_patrolamento_linha_travessao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie a roçada nas laterais, cascalhamento onde há necessidade, na estrada da Linha Travessão, da esquina com a ERS 502 próximo à Escola Max Schlosser até a divisa com o Município de Agudo e ainda realize a manutenção e colocação de bueiros nas proximidades da residência do Sr. Auro Arguilar na mesma estrada, neste município.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1424/pedido-de-providencias-06-2021-_luciano_-_acesso_rural_rafael.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1424/pedido-de-providencias-06-2021-_luciano_-_acesso_rural_rafael.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, a realização de patrolamento e cascalhamento na a antiga estrada que ligava a Linha Neri à Linha Travessão, atualmente acesso às propriedades rurais dos Senhores Rafael Langbecker, Oscar Link, Celso Ruff, Edo Dumke e outros, neste município.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1425/pedido-de-providencias-07-2021-_katia-_agua_varzea.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1425/pedido-de-providencias-07-2021-_katia-_agua_varzea.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente para que seja estabelecido, o mais rápido possível, o fornecimento de água potável de boa qualidade, para os moradores da localidade da Linha Várzea, neste município.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1426/pedido-de-providencias-08-2021-_luciano-eliseu_-_bueiros_linha_patricia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1426/pedido-de-providencias-08-2021-_luciano-eliseu_-_bueiros_linha_patricia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, a realização da substituição dos bueiros existentes na estrada da Linha Patrícia, nas proximidades do acesso a antiga Escola Municipal 25 de Julho, por bueiros de maior diâmetro para melhor vasão das águas, naquele local, neste município.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/pedido-de-providencias-09-2021-_luciano-eliseu_-_velha_linha_patricia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/pedido-de-providencias-09-2021-_luciano-eliseu_-_velha_linha_patricia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providencie a roçada nas laterais, patrolamento e cascalhamento onde houver necessidade na antiga estrada da Linha Patrícia, no trecho compreendido entre a residência do Sr. Ciro Ari Jagnow até a residência do Sr. Leonel Lüdtke, passando na antiga Escola Municipal 25 de Julho neste município.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1428/pedido-de-providencias-10-2021-_tiago-__praca_de_brinquedos.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1428/pedido-de-providencias-10-2021-_tiago-__praca_de_brinquedos.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que adquira uma Praça de brinquedos em madeira plástica para ser instalada na Praça Florinaldo Rohde.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1429/pedido-de-providencias-11-2021_-_patricia-agua_picada_schunemann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1429/pedido-de-providencias-11-2021_-_patricia-agua_picada_schunemann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que realize a reconstrução do poço, acidentalmente entulhado por um operador da Prefeitura, na propriedade da família de Aniéli Schünemann, na Picada Schünemann, Linha Patrícia, nesse município.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1430/pedido-de-providencias-12-2021_-_eliseu-ponte_linha_patricia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1430/pedido-de-providencias-12-2021_-_eliseu-ponte_linha_patricia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue a manutenção e conserto na Ponte da Linha Patrícia, interior do Município.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1431/pedido-de-providencias-13-2021_-_darci_-_rocadas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1431/pedido-de-providencias-13-2021_-_darci_-_rocadas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue com urgência a roçada na Estada Hamann, na estrada do Pau a Pique e na Estrada Adi Dutra, no interior desse município.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1432/pedido-de-providencias-14-2021-_eliseu-_patrolamento_e_cascalhamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1432/pedido-de-providencias-14-2021-_eliseu-_patrolamento_e_cascalhamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue o cascalhamento e o patrolamento da estrada da Picada kemmerich, na Linha Travessão no interior do Município.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1433/pedido-de-providencias-15-2021-_patricia_-_limpeza_na_lateral_das_estradas_boa_vista_sul_e_norte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1433/pedido-de-providencias-15-2021-_patricia_-_limpeza_na_lateral_das_estradas_boa_vista_sul_e_norte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado o pratolamento, cascalhamento e a roçadas das margens das estradas com a retirada de galhos e arbustos que estão invadindo as vias de passagem de veículos e prejudicando o tráfego na Boa Vista Sul e Boa Vista Norte, neste município.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1434/pedido-de-providencias-16-2021-_katia_-_limprza_rua_francisco_fick.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1434/pedido-de-providencias-16-2021-_katia_-_limprza_rua_francisco_fick.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a roçadas nas margens e a limpeza das valetas da estrada prolongamento da Rua Francisco Fick, que dá acesso aos conjuntos habitacionais Ingazeiros I e II, nesta cidade.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1435/pedido-de-providencias-17-2021-_tiago-_ampliacao_rede_de_agua.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1435/pedido-de-providencias-17-2021-_tiago-_ampliacao_rede_de_agua.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie Ampliação da Rede Água da residência do Senhor Silverio Dickow até a residência do Lidio Kunde, no interior do município.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/pedido-de-providencias-18-2021-_darci-__iluminacao_publica_linha_brasileira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/pedido-de-providencias-18-2021-_darci-__iluminacao_publica_linha_brasileira.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade e sendo viável, determine a Secretaria competente que providencie a colocação de um novo ponto de iluminação pública em frente a propriedade do Senhor Ademar Abich, na localidade de Linha Brasileira, neste município.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1437/pedido-de-providencias-19-2021-_patricia_-_iluminacao_publica_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1437/pedido-de-providencias-19-2021-_patricia_-_iluminacao_publica_boa_vista.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal, determine a Secretaria competente, que estude a viabilidade da instalação de novos pontos de iluminação pública na travessa entre a RSC 287 e o Mercado Bela Vista, na Boa Vista Sul e que, não menos importante, seja feito o reparo e/ou troca das lâmpadas já existentes que apresentam problemas no referido trecho, neste município.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1438/pedido-de-providencias-20-2021-_luciano_-_placas_indicativas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1438/pedido-de-providencias-20-2021-_luciano_-_placas_indicativas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a colocação de placas indicativas no acesso à antiga estrada da Linha Patrícia no entroncamento que dá acesso a antiga Escola 25 de Julho e no entroncamento da estrada da Linha Marcondes com a estrada da Linha Paraguassu, próximo a Escola Benjamim Constant, no interior do município.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1439/pedido-de-providencias-21-2021-_luciano_-__iluminacao_publica_neri.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1439/pedido-de-providencias-21-2021-_luciano_-__iluminacao_publica_neri.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade e sendo viável, determine a Secretaria competente que providencie a colocação de um novo ponto de iluminação pública em frente a propriedade do Senhor Danilo Schüller, na localidade de Linha Neri, neste município.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1440/pedido-de-providencias-22-2021-_eliseu_-_placas_indicativas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1440/pedido-de-providencias-22-2021-_eliseu_-_placas_indicativas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a colocação de placas indicativas de perímetro urbano, velocidade máxima permitida e indicação de escola e passagem de pedestres, na Avenida Barão Von Kahlden e onde houver necessidade no perímetro urbano da Vila Paraíso, nesse município.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1441/pedido-de-providencias-23-2021-_mauro_-_podas_linha_marcondes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1441/pedido-de-providencias-23-2021-_mauro_-_podas_linha_marcondes.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, entre em contato com a Empresa Fornecedora de Energia Elétrica – RGE e solicite que seja realizada de imediato a poda nas arvores existentes abaixo da rede na localidade de Linha Marcondes, mais especificamente entre a residência do Sr. Valtair Pheifer até a propriedade do Sr. Joel Machado, neste Município.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1442/pedido-de-providencias-24-2021-_juliano_-_agua_picada_bundt.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1442/pedido-de-providencias-24-2021-_juliano_-_agua_picada_bundt.doc</t>
   </si>
   <si>
     <t>Que o executivo municipal, por meio da secretaria competente, providencie a possibilidade de ampliação de rede água até a residência do senhor Elindo Kirchhof e de Joice Kirchhof, situada acima da Picada Bundt, na estrada geral da Esquina Gerhke em direção à Linha Campestre.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1443/pedido-de-providencias-25-2021_-_juliano_-_iluminacao_nilvo_kiefer.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1443/pedido-de-providencias-25-2021_-_juliano_-_iluminacao_nilvo_kiefer.doc</t>
   </si>
   <si>
     <t>Que o executivo municipal, por meio da secretaria competente, providencie a possibilidade de colocação de um novo ponto de iluminação pública em frente da residência do senhor Nilvo Kiefer, na Linha Contenda.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1444/pedido-de-providencias-26-2021_-tiago_-_recolocacao_pinguela.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1444/pedido-de-providencias-26-2021_-tiago_-_recolocacao_pinguela.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através da Secretaria de Obras realize a recolocação de uma pinguela com cabos de aço que dá acesso à propriedade do Senhor Ciro Forsch, na Localidade de Pousada dos Imigrantes, neste município.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1445/pedido-de-providencias-27-2021-_eliseu_-_limpeza_patrolamento_travessa_sinimbu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1445/pedido-de-providencias-27-2021-_eliseu_-_limpeza_patrolamento_travessa_sinimbu.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado patrolamento e roçada nas margens e a limpeza das valetas da estrada travessa do cemitério da Linha Sinimbú, que inicia na Escola Cristian Gadtke até a antiga ACUPA, neste município.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1446/pedido-de-providencias-28-2021-_eliseu_-_limpeza_av._von_kahlden_e_ricardo_ludtke.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1446/pedido-de-providencias-28-2021-_eliseu_-_limpeza_av._von_kahlden_e_ricardo_ludtke.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a roçada nas margens e a limpeza das valetas da Avenida Barão Von Kahlden, no trecho entre a Escola Duque de Caxias e o Comércio Pía House e a Rua Ricardo Ludtke, na Vila Paraíso, nesse município.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1447/pedido-de-providencias-29-2021-_darci-__iluminacao_publica_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1447/pedido-de-providencias-29-2021-_darci-__iluminacao_publica_contenda.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através da secretaria competente, providencie o conserto das lâmpadas da iluminação pública na Vila localizada na Contenda, próxima a comunidade Martinho Lutero, mais precisamente nas proximidades da residência do Senhor João Alves, neste município.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1448/pedido-de-providencias-30-2021-_tiago-__iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1448/pedido-de-providencias-30-2021-_tiago-__iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie o colocação novos pontos de iluminação pública na estrada geral da Linha Progresso, entre ap residência do Sr. Carlos Roberto Manzke, até  a propriedade do Sr. Glicério Kemmerich, nesse município.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente qu	e continue realizando a coleta periódica do lixo na localidade de Picada Kemmerich, na Linha Travessão, no interior desse Município.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1450/pedido-de-providencias-32-2021-_mauro_-_iluminacao_publica_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1450/pedido-de-providencias-32-2021-_mauro_-_iluminacao_publica_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade e sendo viável, determine a Secretaria competente que providencie a colocação de três novos pontos de iluminação pública nas proximidades do Pavilhão Comunitário e da residência do Sr. Delmar Milbradt, na Linha Campestre, neste município.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1451/pedido-de-providencias-33-2021-_darci-__iluminacao_publica__campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1451/pedido-de-providencias-33-2021-_darci-__iluminacao_publica__campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie a colocação de um novo ponto de iluminação pública nas proximidades das residências do Senhor Abel Cerentini e do Sr. Samuel Broll, na localidade de Linha Campestre, neste município.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1452/pedido-de-providencias-34-2021-_luciano_-_ajuste_pinguela_e_luz.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1452/pedido-de-providencias-34-2021-_luciano_-_ajuste_pinguela_e_luz.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que realize a colocação de iluminação pública próximo a pinguela situada no Arroio Paraíso nas proximidades da residência do Sr. Valdoivo Wrasse, na Linha Patrícia e providencie a realização dos devidos ajustes e regulagens nos cabos de aço na referida travessia, proporcionando uma melhor segurança aos usuários.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1453/pedido-de-providencias-35-2021-_eliseu-_iluminacao_publica_linha_paraguasu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1453/pedido-de-providencias-35-2021-_eliseu-_iluminacao_publica_linha_paraguasu.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a conserto das luminárias, mais precisamente em frente à Propriedade do Sr. Airton Seiboth e do Sr. Márcio Seiboth, na Linha Paraguassu no interior deste Município.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1454/pedido-de-providencias-36-2021-_katia_-_limpeza_poco_verde.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1454/pedido-de-providencias-36-2021-_katia_-_limpeza_poco_verde.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providência a roçada nas laterais na estrada da Linha Contenda/Poço Verde, mais precisamente da esquina Gerhke até o entroncamento do Rodeio do Herval, neste município.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1455/pedido-de-providencias-37-2021_-_darci_-_patrolamento_e_rocada.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1455/pedido-de-providencias-37-2021_-_darci_-_patrolamento_e_rocada.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que providência a roçada lateral, pratolamento e manutenção na estrada da Localidade do Quilombo e Picada das Gamelas, no interior desse município.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1456/pedido-de-providencias-38-2021-_katia_-_limpeza_tiradentes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1456/pedido-de-providencias-38-2021-_katia_-_limpeza_tiradentes.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a limpeza das valetas da Avenida Tiradentes, principalmente no trecho entre a Rua Francisco Fick e o Arroio Preguiça, bem como nas demais ruas e avenidas que se faz necessário, e ainda realize o carregamento imediato das sobras de terras retiradas das valetas, não deixando as mesmas nas ruas da cidade.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1457/pedido-de-providencias-39-2021-_katia_-_rocada_e_melhorias.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1457/pedido-de-providencias-39-2021-_katia_-_rocada_e_melhorias.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a limpeza das valetas, roçadas nas laterais e manutenção com patrolamento e cascalhamento, na estrada do Capão Grande e ainda realize o carregamento imediato das sobras de terras retiradas das valetas, não deixando as mesmas nas margens das estradas, como de costume.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1458/pedido-de-providencias-40-2021-_katia_-_agua_contenda.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1458/pedido-de-providencias-40-2021-_katia_-_agua_contenda.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que realize uma análise da qualidade da água e providencie uma tampa para o reservatório instalado na propriedade do Senhor Gilmar Kiefer, na localidade de Contenda, interior do município.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1459/pedido-de-providencias-41-2021-_katia_-__iluminacao_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1459/pedido-de-providencias-41-2021-_katia_-__iluminacao_boa_vista.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria que realize uma inspeção na iluminação pública em toda a extensão do prolongamento da Avenida 1º de Janeiro, efetue a manutenção nas luminárias que não estão funcionando e seja realizada a colocação de novos pontos onde se faz necessário, na localidade de Boa Vista Norte, nesta cidade.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1460/pedido-de-providencias-42-2021-_patricia_-__iluminacao_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1460/pedido-de-providencias-42-2021-_patricia_-__iluminacao_boa_vista.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determina a Secretaria competente que analise e instale lâmpadas de iluminação pública necessárias para oferecer melhor visibilidade e segurança aos moradores da entrada da Boa Vista Sul, nas proximidades da residência de Leandro Koltz da Rosa.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1461/pedido-de-providencias-43-2021-_patricia_-__lixeira_boa_vista.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1461/pedido-de-providencias-43-2021-_patricia_-__lixeira_boa_vista.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a Secretaria competente o estudo e a instalação de lixeiras que comportem a demanda do lixo produzido pela comunidade da Boa Vista Sul, na esquina do Mercado Boa Vista e que as lixeiras sejam adequadas, não permitindo o acesso de animais.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1462/pedido-de-providencias-44-2021-_luciano_-_bueiros_linha_travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1462/pedido-de-providencias-44-2021-_luciano_-_bueiros_linha_travessao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, a realização da substituição do bueiro quebrado, na estrada da Linha Travessão, nas proximidades da residência do Sr. Jacir Kemmerich, neste município.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1463/pedido-de-providencias-45-2021-_eliseu-_patrolamento_e_cascalhamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1463/pedido-de-providencias-45-2021-_eliseu-_patrolamento_e_cascalhamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que efetue o cascalhamento e o patrolamento da estrada que dá acesso a propriedade de Vantoir Mayer, na Linha Travessão.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1464/pedido-de-providencias-46-2021-_eliseu-_patrolamento_paraguassu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1464/pedido-de-providencias-46-2021-_eliseu-_patrolamento_paraguassu.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que efetue o cascalhamento e o patrolamento da estrada geral da Linha Paraguassú, mais precisamente em frente as propriedades dos senhores Gilmar Drecher e Aldo Belling, neste município.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1465/pedido-de-providencias-47-2021-_katia_-__iluminacao_avenidas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1465/pedido-de-providencias-47-2021-_katia_-__iluminacao_avenidas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que realize uma inspeção na iluminação das Avenidas 1º de Janeiro e Avenida Afonso Pena, efetue a manutenção nas luminárias que não estão funcionando, que faça a colocação de novos pontos onde se faz necessário, e ainda seja realizada uma padronização das lâmpadas, causando um melhor aspecto visual, no centro da nossa cidade.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1466/pedido-de-providencias-48-2021-_katia_-__estrada_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1466/pedido-de-providencias-48-2021-_katia_-__estrada_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a limpeza das valetas, roçadas nas laterais e manutenção com patrolamento, cascalhamento e alargamento nos trechos estreitos, próximo o acesso do Sr. Telmo Bernardes, nas proximidades do entroncamento com a estrada que dá acesso aos Lovatto e Massierer, entre outros locais onde se fizer necessário, na estrada da Linha Campestre, neste município.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1467/pedido-de-providencias-49-2021-_patricia_-_iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1467/pedido-de-providencias-49-2021-_patricia_-_iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a Secretaria competente que realize a instalação de um ponto de iluminação pública nas proximidades da residência da senhora Luciana Conti, na localidade de Linha Campestre, neste município.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1468/pedido-de-providencias-50-2021-_darci-__iluminacao_publica_linha_brasileira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1468/pedido-de-providencias-50-2021-_darci-__iluminacao_publica_linha_brasileira.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade e sendo viável, determine a Secretaria competente que providencie a colocação de um novo ponto de iluminação pública em frente a propriedade do Senhor Jairo Abich, na localidade de Linha Brasileira, neste município.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1469/pedido-de-providencias-51-2021-_eliseu-_iluminacao_publica_mangueirinha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1469/pedido-de-providencias-51-2021-_eliseu-_iluminacao_publica_mangueirinha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a conserto das luminárias, mais precisamente em frente à Propriedade do Sr. Jorge Karsburg e onde mais houver necessidade, em toda a extensão da estrada da Mangueirinha e Travessa Altermann, no interior deste Município.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/pedido-de-providencias-52-2021-_mauro_-_areia_cancha_de_volei.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/pedido-de-providencias-52-2021-_mauro_-_areia_cancha_de_volei.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, disponibilize algumas cargas de areia, somente o suficiente para a instalação de uma quadra de areia, para pratica de vôlei ou até mesmo futebol de areia, junto ao campo de futebol da Vila Paraíso, neste município.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que realize uma inspeção e a substituição das lâmpadas fracas e queimadas e a colocação de novas lâmpadas potentes, proporcionado uma melhor iluminação do campo de futebol, da Vila Paraíso, neste Município.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1472/pedido-de-providencias-54-2021-_darci_-_acesso_brandao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1472/pedido-de-providencias-54-2021-_darci_-_acesso_brandao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, a realização de melhoria no acesso à propriedade do Senhor João Brandão, na localidade de Linha da Fonte, neste município.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1473/pedido-de-providencias-55-2021-_patricia_-_ilum._pub._lar_idoso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1473/pedido-de-providencias-55-2021-_patricia_-_ilum._pub._lar_idoso.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a Secretaria competente que realize a manutenção da iluminação pública e instalação de novos pontos nas proximidades do Residencial de Idosos Paraíso e da residência do senhor Márcio Abich, na localidade de Linha Quilombo, neste município.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1474/pedido-de-providencias-56-2021-_katia_-__iluminacao_cohab.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1474/pedido-de-providencias-56-2021-_katia_-__iluminacao_cohab.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que realize uma inspeção na iluminação no prolongamento da Rua Francisco Fick, realize a substituição das lâmpadas que não estão funcionando e coloque novos pontos, mais necessariamente no trecho entre os conjuntos Habitacionais I e II, nessa cidade.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1475/pedido-de-providencias-57-2021-luciano_-_dessassoreamento_arroio_paraiso.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1475/pedido-de-providencias-57-2021-luciano_-_dessassoreamento_arroio_paraiso.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal viabilize o desassoreamento do Arroio Paraíso, no trecho entre a ponte da Vila Paraíso até a Ponte da Linha Travessão, nos pontos específicos onde há necessidade, nesse município.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1476/pedido-de-providencias-58-2021-_darci-__iluminacao_mangueirinha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1476/pedido-de-providencias-58-2021-_darci-__iluminacao_mangueirinha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie a colocação de um novo ponto de iluminação pública em frente a propriedade do Senhor Marcelo Wrasse, na localidade de Mangueirinha na ERS 502, neste município.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/pedido-de-providencias-59-2021-_katia_-__iluminacao_roberto_schutz.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/pedido-de-providencias-59-2021-_katia_-__iluminacao_roberto_schutz.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que realize a manutenção na iluminação pública no Rua Roberto Schütz, mais precisamente no trecho entre as Avenidas Tiradentes e Primeiro de Janeiro, nessa cidade.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1491/pedido-de-providencias-60-2021-_darci_-_travessa_altermann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1491/pedido-de-providencias-60-2021-_darci_-_travessa_altermann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a limpeza das valetas e bueiros, roçadas nas laterais e manutenção com patrolamento e cascalhamento, em toda extensão da estrada na Travessa Altermann, nesse município.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1492/pedido-de-providencias-61-2021-_eliseu_-_ponte_poco_verde.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1492/pedido-de-providencias-61-2021-_eliseu_-_ponte_poco_verde.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que realize a reforma urgente na Ponte de madeira situada nas proximidades do Poço Verde, no interior do município.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1527/pedido-de-providencias-62-2021-_katia_-_abrigos_rsc_287.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1527/pedido-de-providencias-62-2021-_katia_-_abrigos_rsc_287.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal viabilize a reforma dos abrigos existentes nas paradas de ônibus às margens da RSC 287, no perímetro do município de Paraíso do Sul, dando ênfase ao abrigo parcialmente destruído, no acesso ao Quilombo, em frente ao Residencial de Idosos Paraíso na localidade de Contenda, nesse município.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1528/pedido-de-providencias-63-2021-_darci_-_placas_indicativas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1528/pedido-de-providencias-63-2021-_darci_-_placas_indicativas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a colocação de placas indicativas de velocidade máxima permitida, indicação de escola infantil e passagem de pedestres, na Travessa Laurí Katzer, no centro da cidade.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1529/pedido-de-providencias-64-2021-_eliseu-_acesso_vilmar_kirchhof.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1529/pedido-de-providencias-64-2021-_eliseu-_acesso_vilmar_kirchhof.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que disponibilize cascalho para a construção do acesso à propriedade do senhor Vilmar Kirchhof, às margens da RSC 287 na localidade de Contenda, ao lado da propriedade do Senhor Juremí Ratzlaff, neste município.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a colocação de placas indicativas no entroncamento da estrada da Linha Marcondes com a estrada da Linha Paraguassu, e realize a manutenção da iluminação pública próximo a Escola Benjamim Constant, no interior do município.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1536/pedido-de-providencias-66-2021-_mauro_-_iluminacao_publica_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1536/pedido-de-providencias-66-2021-_mauro_-_iluminacao_publica_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie a colocação de dois novos pontos de iluminação pública nas proximidades da propriedade do Senhor Arnaldo Milbradt, e próximo a agroindústria Sabor Caseiro de Rodrigo Züge na localidade de Linha Campestre, neste município.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1537/pedido-de-providencias-67-2021-_eliseu_-_bueiros_paulo_matte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1537/pedido-de-providencias-67-2021-_eliseu_-_bueiros_paulo_matte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, a realização da desobstrução dos bueiros existentes na estrada da Linha Patrícia, nas proximidades da propriedade do Sr. Paulo Matte, para melhor escoamento das águas evitando maiores estragos naquela estrada, neste município.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1538/pedido-de-providencias-68-2021-_darci_-_estrada_contenda-_mabgueirinha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1538/pedido-de-providencias-68-2021-_darci_-_estrada_contenda-_mabgueirinha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal gestione junto ao DAER/RS a realização melhoria imediata da estrada estadual ERS 502, no trecho entre a RSC 287 na Contenda, até o Arroio Barriga na Mangueirinha, e ainda estude a possibilidade da realização de termo de acordo entre Estado e Munícipio, visando a manutenção compartilhada dessa importante estrada, nesse município.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1539/pedido-de-providencias-69-2021-_darci_-_estrada_quilombo_e_linha_brasileira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1539/pedido-de-providencias-69-2021-_darci_-_estrada_quilombo_e_linha_brasileira.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através da Secretaria competente, realize a manutenção com patrolamento, cascalhamento e abertura das valetas, nas estradas das localidades de Quilombo e Linha Brasileira, nesse município.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a realização da reforma da cabeceira da ponte tipo galeria, sob o Arroio Preguiça, na Rua Otto Carlos Luis Kirsch, próximo à propriedade do Senhor Laurí Sthal, nesse município.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1556/pedido-de-providencias-71-2021_-_luciano_-_agua_linha_nery.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1556/pedido-de-providencias-71-2021_-_luciano_-_agua_linha_nery.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que providencie a expansão da nova rede de água da Linha Néri, beneficiando os moradores da estrada de acesso à Linha Sinimbu, mais precisamente entre a residência do senhor Danilo Schüller até a residência do senhor Robson Moraes, beneficiando um número expressivo de pessoas, no interior desse município.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1557/pedido-de-providencias-72-2021-katia-_estacionamento_carros_funcionarios.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1557/pedido-de-providencias-72-2021-katia-_estacionamento_carros_funcionarios.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, disponibilize um local, em cada órgão, para estacionamento oficial dos veículos dos servidores públicos municipais e realize a demarcação das vagas de estacionamento nas vias públicas, com as devidas distâncias, para otimizar o espaço e oferecer mais vagas de estacionamento, especialmente no centro da nossa cidade.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/pedido-de-providencias-73-2021_-_darci_-_abrigo_mangueirinha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/pedido-de-providencias-73-2021_-_darci_-_abrigo_mangueirinha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine à Secretaria competente que realize a reforma do abrigo na parada de ônibus localizada na entrada da estrada que dá acesso à propriedade do Senhor Claudio Alves, próximo à divisa com Cachoeira do Sul, na Mangueirinha neste Município.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1559/pedido-de-providencias-74-2021_-_eliseu-_parada_de_onibus.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1559/pedido-de-providencias-74-2021_-_eliseu-_parada_de_onibus.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal através da Secretaria Municipal de Obras e Trânsito, providencie a colocação de um abrigo junto a parada de ônibus localizada nas proximidades da residência de Alexandre Moraes, no Quilombo, podendo ser utilizado o abrigo que se encontra ocioso, localizado nas proximidades da residência de Pâmela Drescher, na Linha Travessão, neste município.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1560/pedido-de-providencias-75-2021-_katia_-_retorno_das_atividades_escolinha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1560/pedido-de-providencias-75-2021-_katia_-_retorno_das_atividades_escolinha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, retorne as atividades desenvolvidas pelo município através das escolinhas, fomentando prática esportiva incentivando o futsal e vôlei, para minimizar os efeitos da pandemia sendo uma ótima oportunidade de socialização trazendo benefícios até mesmo para a saúde mental de nossas crianças e adolescentes.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1561/pedido-de-providencias-76-2021-_luciano_-_bueiros_ditmar_holzchuh.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1561/pedido-de-providencias-76-2021-_luciano_-_bueiros_ditmar_holzchuh.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, a realização da substituição do bueiro quebrado, no acesso à propriedade do senhor Ditmar Holzschuh, na Linha Patrícia nesse município.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1563/pedido-de-providencias-77-2021-_luciano_-_estrada_da_linha_patrimonio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1563/pedido-de-providencias-77-2021-_luciano_-_estrada_da_linha_patrimonio.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através da Secretaria competente, realize a manutenção com patrolamento, cascalhamento onde houver necessidade, e abertura das valetas em toda a extensão da estrada da Linha Patrimônio, com atenção especial na parte que inicia na Linha Patrícia até as subidas próximo a propriedade de Ciro Knirsch, nesse município.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1564/pedido-de-providencias-78-2021-_darci-__iluminacao_mangueirinha.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1564/pedido-de-providencias-78-2021-_darci-__iluminacao_mangueirinha.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie a colocação de um novo ponto de iluminação pública em frente a propriedade do Senhor Maurí Altermann, na localidade de Mangueirinha na ERS 502, neste município.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1571/pedido-de-providencias-79-2021-_patricia_-recuperacao_estradas_boa_vista_sul_e_norte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1571/pedido-de-providencias-79-2021-_patricia_-recuperacao_estradas_boa_vista_sul_e_norte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a recuperação urgente, com pratolamento, cascalhamento, limpeza das valetas e roçadas das margens das estradas com a retirada de galhos e arbustos que estão invadindo as vias de passagem de veículos e prejudicando o tráfego na Boa Vista Sul e Boa Vista Norte, neste município.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1572/pedido-de-providencias-80-2021-_katia_-_estrada_picada_schunemann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1572/pedido-de-providencias-80-2021-_katia_-_estrada_picada_schunemann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, através da Secretaria competente, realize a manutenção com patrolamento, cascalhamento onde houver necessidade e troca de bueiros que encontra-se quebrados, na estrada da Picada Schunemann, nesse município.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1573/pedido-de-providencias-80-2021-_katia_-_estrada_picada_schunemann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1573/pedido-de-providencias-80-2021-_katia_-_estrada_picada_schunemann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente a realização, com urgência, do fornecimento de produto biológico para o combate da larva do mosquito borrachudo, junto aos mananciais, neste município.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1574/pedido-de-providencias-82-2021-_eliseu-_iluminacao_publica_olavo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1574/pedido-de-providencias-82-2021-_eliseu-_iluminacao_publica_olavo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a recolocação da luminária, existente no ponto em frente à propriedade de Olavo Dumke, próximo à Escola Cristian Gadtke, na Linha Sinimbú, no interior deste Município.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1575/pedido-de-providencias-83-2021-_eliseu_-_estrada_getulio_sanson.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1575/pedido-de-providencias-83-2021-_eliseu_-_estrada_getulio_sanson.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a realização de melhorias na estrada do Quilombo, mais precisamente em frente a propriedade de Getúlio Sanson, com desobstrução da valeta existente e providencie algumas cargas de cascalho para melhoria no acesso à sua propriedade, neste município.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1579/pedido-de-providencias-84-2021-_darci-_tampa_frente_padaria.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1579/pedido-de-providencias-84-2021-_darci-_tampa_frente_padaria.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, realize a reforma ou substituição da tampa do duto de manutenção da rede telefônica, fabricada em concreto, situada em frente a Padaria Avenida, próximo à esquina da Rua Augusto Rohde com a Avenida 1º de Janeiro, no centro da cidade.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1580/pedido-de-providencias-85-2021-_tiago-_iluminacao_publica_levino.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1580/pedido-de-providencias-85-2021-_tiago-_iluminacao_publica_levino.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a recolocação da luminária, em frente ao acesso à propriedade de Levino Martin, e que seja realizada uma revisão e manutenção em toda extensão na localidade de Linha Rincão da Porta, no interior deste Município.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1587/pedido-de-providencias-86-2021-_katia_-_turno_unico_s._obras.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1587/pedido-de-providencias-86-2021-_katia_-_turno_unico_s._obras.doc</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal, estude a possibilidade de decretar turno único junto à Secretaria Municipal de Obras e Trânsito, no período da manhã, para proporcionar um melhor desempenho nos trabalhos da secretaria, diminuindo os custos com deslocamento e evitando a exposição dos funcionários ao sol nos períodos mais quente do dia.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1588/pedido-de-providencias-87-2021-_mauro_-_iluminacao_publica_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1588/pedido-de-providencias-87-2021-_mauro_-_iluminacao_publica_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie a colocação de um novo ponto de iluminação pública nas proximidades da propriedade do Senhor Ildo Milbradt, na localidade de Linha Campestre, neste município.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1589/pedido-de-providencias-88-2021-_luciano_-_placas_indicativas_roberto_krugel.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1589/pedido-de-providencias-88-2021-_luciano_-_placas_indicativas_roberto_krugel.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que realize a colocação de placas sinalizadoras de rua preferencial no entroncamento das Ruas Roberto Krugel e Augusto Lüdtke com a Rua Oto Carlos Luis Kirsch, nessa cidade.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/pedido-de-providencias-89-2021-_darci_-_patrolamento_travessa_sinimbu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/pedido-de-providencias-89-2021-_darci_-_patrolamento_travessa_sinimbu.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado patrolamento, cascalhamento  bem como a substituição de bueiros que encontram-se quebrados e obstruídos  na estrada travessa do cemitério da Linha Sinimbú, que inicia na Escola Cristian Gadtke até às proximidades da  antiga ACUPA, neste município.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/pedido-de-providencias-90-2021-_luciano_-__iluminacao_picada_schunemann.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/pedido-de-providencias-90-2021-_luciano_-__iluminacao_picada_schunemann.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade e sendo viável, determine a Secretaria competente que providencie a colocação de um novo ponto de iluminação pública na entrada da estrada da Picada Schünemann, na Linha Patrícia, nas proximidades da residência de Cristiano Schünemann, neste município.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1596/pedido-de-providencias-91-2021-_eliseu-_iluminacao_publica_marilena_pume.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1596/pedido-de-providencias-91-2021-_eliseu-_iluminacao_publica_marilena_pume.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que seja realizada a manutenção da luminária existente em frente e residência da Senhora Marilena Pume da Rosa, na localidade de Rincão da Boa Vista Sul(1461), no interior deste Município.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1609/pedido-de-providencias-92-2021-_mauro_-_bueiros_campestre.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1609/pedido-de-providencias-92-2021-_mauro_-_bueiros_campestre.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie as melhorias necessárias, com substituição de bueiros que encontram-se quebrados, na estrada localizada na Linha Campestre, mais precisamente no trecho que dá acesso aos Lovatto e Massierer, nesse município.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1610/pedido-de-providencias-93-2021-_katia_-_limpeza_valetas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1610/pedido-de-providencias-93-2021-_katia_-_limpeza_valetas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizada a limpeza das valetas da Rua Roberto Krügel, no aglomerado de residências no acesso à Linha da Fonte e realize o carregamento imediato das sobras de terras retiradas das valetas, não deixando as mesmas nas ruas da cidade, como de costume.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1613/pedido-de-providencias-94-2021-_patricia_-_iluminacao_tiradentes.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1613/pedido-de-providencias-94-2021-_patricia_-_iluminacao_tiradentes.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, conforme a solicitação e demanda dos moradores, realize a manutenção da iluminação pública na Avenida Tiradentes com a troca e instalação de novas lâmpadas e em demais pontos onde houver necessidade, no centro da cidade.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1614/pedido-de-providencias-95-2021-_katia_-__iluminacao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1614/pedido-de-providencias-95-2021-_katia_-__iluminacao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que realize a manutenção na iluminação pública na sequência da Avenida 1º de Janeiro, mais precisamente no trecho da Rua Willy Roos até a Rua Ruben Carlos Lüdtke, bem como na Rua E, no trecho entre a Rua Ruben Carlos Lüdtke até a RSC 287, nessa cidade.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1615/pedido-de-providencias-96-2021-_patricia_-_limpeza_na_lateral_das_estradas_travessao.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1615/pedido-de-providencias-96-2021-_patricia_-_limpeza_na_lateral_das_estradas_travessao.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que seja realizado a limpeza das valetas e a roçadas da vegetação das margens da estrada geral da Linha Travessão e da estrada conhecida como Picada Kemmerich, com a retirada de galhos e arbustos que estão invadindo as vias de passagem de veículos e prejudicando a boa trafegabilidade naquela localidade, neste município.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/pedido-de-providencias-97-2021-_katia_-__iluminacao_-_paiva.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/pedido-de-providencias-97-2021-_katia_-__iluminacao_-_paiva.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que realize a manutenção na iluminação pública na Rua que dá acesso à Vila existente nas proximidades da Serraria Paiva, na Linha Progresso, nessa cidade.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1625/pedido-de-providencias-98-2021-_katia_-_plantao_remunerado_motoristas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1625/pedido-de-providencias-98-2021-_katia_-_plantao_remunerado_motoristas.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, urgentemente, tome as devidas providências, para regulamentar o sistema de plantão e sobreaviso de forma remunerada aos motoristas da Secretaria de Saúde de Paraíso do Sul, para, de uma forma justa, garantir a eficiência nos trabalhos desenvolvidos por esses profissionais nesse município.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1626/pedido-de-providencias-99-2021-_luciano_-__pranchas_pontes_patricia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1626/pedido-de-providencias-99-2021-_luciano_-__pranchas_pontes_patricia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que efetue a manutenção, principalmente nas pranchas, das pontes de madeira da Linha Patrícia, sendo as duas nas proximidades da propriedade de Juliano Achterberg, bem como a ponte de acesso à Escola 25 de julho, neste município.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1541/projeto_de_decreto_no_01-2021.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1541/projeto_de_decreto_no_01-2021.doc</t>
   </si>
   <si>
     <t>“Rejeita o Veto Total ao Projeto de Lei nº 19/2021.”</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1598/projeto_de_decreto_no_02-2021_-_rejeita_veto_pl_43-2021.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1598/projeto_de_decreto_no_02-2021_-_rejeita_veto_pl_43-2021.doc</t>
   </si>
   <si>
     <t>"Rejeita o Veto Total ao Projeto de Lei nº 43/2021."</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1620/projeto_de_decreto_no_03-2021_-_rejeita_veto_pl_54-2021.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1620/projeto_de_decreto_no_03-2021_-_rejeita_veto_pl_54-2021.doc</t>
   </si>
   <si>
     <t>“Rejeita o Veto Total ao Projeto de Lei nº 54/2021.”</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1621/projeto_de_decreto_no_04-2021_-_rejeita_veto_pl_39-2021.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1621/projeto_de_decreto_no_04-2021_-_rejeita_veto_pl_39-2021.doc</t>
   </si>
   <si>
     <t>“Rejeita o Veto Parcial ao Projeto de Lei nº 39/2021.”</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1484/projeto_de_lei_n01-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1484/projeto_de_lei_n01-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Convênio com o Hospital Paraíso-Associação Assistencial e Beneficiênte,para repasse de valores conforme Plano de trabalho, e dá outras providências.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1485/projeto_de_lei_n02-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1485/projeto_de_lei_n02-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de até 02(dois)profissionais Medico Clinico Geral .</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_lei_n03-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_lei_n03-2021.pdf</t>
   </si>
   <si>
     <t>Aprova a Relação Municipal de Medicamentos Essenciais – REMUME de Paraíso do Sul, como instrumento técnico-normativo que reúne o elenco de medicamentos padronizados utilizados pela Secretaria Municipal de Saúde, revogando a Lei nº 1459/2019.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>Autoriza a inclusão de projeto na LOA, LDO e PPA, junto à Secretaria Municipal de Obras e Trânsito, abrindo Crédito Especial, a fim de atender despesas relacionadas ao Termo de Convênio com o Estado do RS – FPE nº 3053/2020, Processo nº 20/2200-0002123-3.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>Regulariza, reconhecendo como situação consolidada, via pública existente na área urbana do município de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 1243/2014 QUE INSTITUI, NO ÂMBITO DO MUNICÍPIO DE PARAÍSO DO SUL, A SEMANA MUNICIPAL DA MULHER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1495/projeto_de_lei_no_08-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1495/projeto_de_lei_no_08-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Professor (a).</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1496/projeto_de_lei_no_09-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1496/projeto_de_lei_no_09-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de vacinas para enfrentamento da pandemia covid19</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1497/projeto_de_lei_no_10-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1497/projeto_de_lei_no_10-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR PARCELAMENTO E CONCEDER DESCONTOS PARA PAGAMENTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) NO EXERCÍCIO 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1498/projeto_de_lei_no_11-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1498/projeto_de_lei_no_11-2021.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE ACOMPANHAMENTO E DE CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO – FUNDEB DE QUE TRATA A LEI FEDERAL Nº 14.113, DE 25 DE DEZEMBRO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1499/projeto_de_lei_n_12-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1499/projeto_de_lei_n_12-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFISSIONAIS DE SAÚDE.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1500/projeto_de_lei_n_13-2021-_patrulha_agricula.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1500/projeto_de_lei_n_13-2021-_patrulha_agricula.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA “PATRULHA AGRÍCOLA MECANIZADA DO MUNICÍPIO DE PARAÍSO DO SUL”, REVOGANDO AS LEIS MUNICIPAIS Nº 995/2009 E 1380/2017.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1501/projeto_de_lei_n_14-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1501/projeto_de_lei_n_14-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente para inclusão de elementos de despesa em projeto/atividade existente, junto à Secretaria Municipal de Educação e Cultura, e dá outras providências.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1502/projeto_de_lei_n_15-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1502/projeto_de_lei_n_15-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSORES (AS).</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_lei_n_16-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_lei_n_16-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE COMPROMISSO DE INCENTIVO INDUSTRIAL COM A ‘EMPRESA D. S. CALÇADOS’, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1504/projeto_de_lei_n_17-2021-_contratacao_emergencial_de_serventes.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1504/projeto_de_lei_n_17-2021-_contratacao_emergencial_de_serventes.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE SERVENTES.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_n_18-2021-_credito_especial_projeto-ativ._secretaria_de_obras.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_n_18-2021-_credito_especial_projeto-ativ._secretaria_de_obras.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente para inclusão de elemento de despesa em projeto/atividade existente, junto à Secretaria Municipal de Obras e Trânsito, e dá outras providências.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1506/projeto_de_lei_no_19-2021_-_bolao_municipal.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1506/projeto_de_lei_no_19-2021_-_bolao_municipal.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Instituir o Bolão Municipal.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1507/projeto_de_lei_n20-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1507/projeto_de_lei_n20-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o quadriênio 2022-2025 e dá outras providências.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1508/projeto_de_lei_n21-2021-_credito_especial-_programa_informatiza_aps.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1508/projeto_de_lei_n21-2021-_credito_especial-_programa_informatiza_aps.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de projeto/atividade na LOA, LDO e PPA, junto à Secretaria Municipal de Saúde, abrindo Crédito Especial, a fim de atender ao Programa Informatiza APS.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1509/projeto_de_lei_n22-2021-_credito_especial_-_programa_nota_fiscal_gaucha.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1509/projeto_de_lei_n22-2021-_credito_especial_-_programa_nota_fiscal_gaucha.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de projeto/atividade na LOA, LDO e PPA, junto à Secretaria Municipal de Saúde, abrindo Crédito Especial, para uso de recursos do Programa Nota Fiscal Gaúcha.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_n23-202_credito_especial-_assistencia_social.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_n23-202_credito_especial-_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de projeto/atividade na LOA, LDO e PPA, junto à Secretaria Municipal de Assistência Social, abrindo Crédito Especial, para uso de recursos provenientes da Portaria Federal nº 369 de 29 de abril de 2020.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Paraíso do Sul a realizar Contratação Emergencial de Enfermeiro Municipal.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_n25-2021-credito_especial-_programa_qualifar-sus.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_n25-2021-credito_especial-_programa_qualifar-sus.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de projeto/atividade na LOA, LDO e PPA, junto à Secretaria Municipal de Saúde, abrindo Crédito Especial, para uso de recursos do Programa Qualifar-SUS.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1513/projeto_de_lei_n26-2021contratacao_emergencial_de_professor.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1513/projeto_de_lei_n26-2021contratacao_emergencial_de_professor.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Professores (as).</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1514/projeto_de_lei_n27-2021-_programa_chamar_192samu.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1514/projeto_de_lei_n27-2021-_programa_chamar_192samu.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de projeto/atividade na LOA, LDO e PPA, junto à Secretaria Municipal de Saúde, abrindo Crédito Especial, para uso de recursos do Programa Chamar 192 - SAMU.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1515/pl_-_patricia_parreira_-_institui_o_banco_municipal_de_materiais_ortopedicos.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1515/pl_-_patricia_parreira_-_institui_o_banco_municipal_de_materiais_ortopedicos.docx</t>
   </si>
   <si>
     <t>Institui o “Banco Municipal de Materiais Ortopédicos” no âmbito do Município de Paraíso do Sul/RS.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_n29-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_n29-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Paraíso do Sul a realizar Contratação Emergencial de Engenheiro (a) Civil.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_n30-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_n30-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Médico Saúde da Família.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_n31-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_n31-2021.pdf</t>
   </si>
   <si>
     <t>Reestruturação do Regime Próprio de Providencia social dos Servidores Municipais de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_n32-202_1-denomina_como_praca_alfredo_linnk_....pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_n32-202_1-denomina_como_praca_alfredo_linnk_....pdf</t>
   </si>
   <si>
     <t>Denomina como Praça Alfredo Link , o terreno em formato triangular situado na confluência da Avenida Primeiro de janeiro com a Rua Alfredo Schlesner, neste Município.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1525/ata_022_sessao_extraordinaria_08.07.2021.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1525/ata_022_sessao_extraordinaria_08.07.2021.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Paraíso do Sul a realizar Contratação Emergencial de 02 (dois) Motoristas.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_lei_no34-2021-contratacao_emerg._de_dois_medicos_clin.geral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_lei_no34-2021-contratacao_emerg._de_dois_medicos_clin.geral.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de até 02 (dois) profissionais ‘Médico Clínico Geral’.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal  a celebrar Termo de convênio com o Estado do Rio Grande do Sul por intermédio da Secretaria de Articulação e Apoio aos municípios para o desenvolvimento de ações no âmbito do Programa Pavimenta.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1522/projeto_de_le_n36-2021-transporte_motorizado_privado_e_remunerado.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1522/projeto_de_le_n36-2021-transporte_motorizado_privado_e_remunerado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o serviço de transporte motorizado, privado e remunerado de passageiros na categoria  Aplicações de internet.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1523/projeto_de_lei_n37-2021-amprotabaco.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1523/projeto_de_lei_n37-2021-amprotabaco.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a integrar o município de Paraíso do sul à Amprotabaco, e dá outras providências.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito Especial no Orçamento vigente para inclusão de elemento de despesa em projeto/atividade junto a secretaria municipal de saúde-FMS</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>VENICIO ADELAR DE LIMA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1597/projeto_de_lei_no_39-2021_-_isencao_mei_-_alterado.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1597/projeto_de_lei_no_39-2021_-_isencao_mei_-_alterado.doc</t>
   </si>
   <si>
     <t>“Altera a Lei Nº 1010/2009 que institui o Código Tributário Municipal, incluindo o §1° no artigo 69, para conceder isenção de taxas ao MEI.”</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS  DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2022."</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_n41-2021-_autorizao_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_eletricista..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_n41-2021-_autorizao_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_eletricista..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Paraíso do Sul a realizar a contratação Emergencial de Eletricista.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1531/projeto_de_lei_n42-2021-_delimita_o_perimetro_urbano_da_sede_do_municipio_de_paraiso_do_sul_alterando_a_lei_municipaln988-2009.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1531/projeto_de_lei_n42-2021-_delimita_o_perimetro_urbano_da_sede_do_municipio_de_paraiso_do_sul_alterando_a_lei_municipaln988-2009.pdf</t>
   </si>
   <si>
     <t>Delimita o perímetro urbano da sede do município de Paraíso do SUL, alterando a Lei Municipal nº988/2009.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_n43-2021_-_patricia_oftalmo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_n43-2021_-_patricia_oftalmo.doc</t>
   </si>
   <si>
     <t>Estabelece o agendamento de consultas de oftalmologia e otorrinolaringologia em caráter preferencial para crianças em fase escolar.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUSÃO DE ELEMENTO DE DESPESA PARA O PROJETO/ATIVIDADE EXISTENTE,JUNTO À SECRETARIA MUNICIPAL DE SAÚDE-FMS.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1552/projeto_de_lei_n45-2021-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professoresas._2.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1552/projeto_de_lei_n45-2021-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professoresas._2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSORES.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1562/projeto_de_lei_n46-2021-_institui_o_programa_farmacia_solidaria_no_ambito_do_municipio_de_paraiso_do_sul_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1562/projeto_de_lei_n46-2021-_institui_o_programa_farmacia_solidaria_no_ambito_do_municipio_de_paraiso_do_sul_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA FÁRMACIA SOLIDÁRIA NO ÂMBITO DO MUNICÍPIO DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS'.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1543/projeto_de_lei_n47-2021-_autoriza_o_poder_executivo_municipal_a_prestar_servico_a_titulo_de_incentivo_industrial_para_a_empresa_gilmar_emilio_achterberg__cia_ltda.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1543/projeto_de_lei_n47-2021-_autoriza_o_poder_executivo_municipal_a_prestar_servico_a_titulo_de_incentivo_industrial_para_a_empresa_gilmar_emilio_achterberg__cia_ltda.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRESTAR SERVIÇOS A TITULO DE INCENTIVO INDUSTRIAL PARA EMPRESA `GILMAR EMILIO ACHTERBERG E CIA LTDA´</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1592/projeto_de_lei_n48-2021-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_conceder_o_uso_de_bens_moveis_com_a_finalidade_de_descentralizar_o_programa_patrulha_agricola_mecanizada..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1592/projeto_de_lei_n48-2021-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_conceder_o_uso_de_bens_moveis_com_a_finalidade_de_descentralizar_o_programa_patrulha_agricola_mecanizada..pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL A CONSEDER O USO DE BENS E MÓVEIS,COM A FINALIDADE DE DESCENTRALIZAR O PROGRAMA PATRULHA AGRICULA MECANIZADA.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1565/projeto_de_lei_n49-2021-_dispoe_sobre_o_regime_de_previdencia_complementar-rpc_no_ambito_do_municipio_de_paraiso_do_sul_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1565/projeto_de_lei_n49-2021-_dispoe_sobre_o_regime_de_previdencia_complementar-rpc_no_ambito_do_municipio_de_paraiso_do_sul_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIME DE PREVIDÊNCIA COMPLEMENTAR -RPC NO ÂMBITO DO MUNICÍPIO DE PARAÍDO DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1566/scan0032.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1566/scan0032.pdf</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA DE DESENVOLVIMENTO DA BOVINOCULTURA DE LEITE COMERCIAL DE PARAÍSO DO SUL -GUTTE MILCH".</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1583/scan0026.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1583/scan0026.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE COLABORAÇÃO COM A  OSC CONSELHO COMUNITÁRIO PRÓ -SEGURANÇA PÚBLICA DE PARAÍSO DO SUL (CONSEPRO),E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1586/scan0027.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1586/scan0027.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERO DE COLABORAÇÃO COM A OSCIP ASSOCIAÇÃO INSTITUTO CRESCER LEGAL;E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1581/scan0028.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1581/scan0028.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO DE COOPERAÇÃO COM O MUNICÍPIO DE CERRO BRANCO,PARA GESTÃO ASSOCIADAS DE SERVIÇOS PÚBLICOS NAS ÁREAS LIMITROFES, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_n54-2021-_institui_o_sitio_institucional_da_prefeitura_de_paraiso_do_sul_como_o_local_oficial_de_publicacao_dos_atos_municipais_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_n54-2021-_institui_o_sitio_institucional_da_prefeitura_de_paraiso_do_sul_como_o_local_oficial_de_publicacao_dos_atos_municipais_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O SÍTIO INSTITUCIONAL DA PREFEITURA DE PARAÍSO DO SUL COMO LOCAL OFICIAL DE PUBLICAÇÃO DOS ATOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1593/projeto_de_lei_n55-2021-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1593/projeto_de_lei_n55-2021-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE (LOA/LDO E PPA)PARA INCLUSÃO DE PROJETO/ATIVIDADE,JUNTO A CÂMARA MUNICIPAL DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1601/projeto_de_lei_no_56-2021_-_institui_a_semana_da_agua_no_municipio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1601/projeto_de_lei_no_56-2021_-_institui_a_semana_da_agua_no_municipio.doc</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA MUNICIPAL DA ÁGUA NO MUNICÍPIO DE PARAÍSO DO SUL, ESTADO DO RIO GRANDE DO SUL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO §2º DO ARTIGO 13, E INCLUI O §8º NO ARTIGO 17 DA LEI MUNICIPAL Nº1108/2011,QUE REESTRUTURA O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES DO MUNICÍPIO ,REVOGANDO A LEI MUNICIPAL Nº1531/2020.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1603/projeto_de_lei_n58-2021-_institui_o_codigo_de_obras_do_municipio_de_paraiso_do_sul_disciplina_a_sua_aplicacao_e_da_outas_providencias..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1603/projeto_de_lei_n58-2021-_institui_o_codigo_de_obras_do_municipio_de_paraiso_do_sul_disciplina_a_sua_aplicacao_e_da_outas_providencias..pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE OBRAS DO MUNICÍPIO DE PARAÍSO DO SUL, DICIPLINA A SUA APLICAÇÃO E DÁ OUTRAS PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1604/projeto_de_lei_59-2021-dispoe_sobre_o_parcelamento_do_solo_urbano_de_paraiso_do_sul_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1604/projeto_de_lei_59-2021-dispoe_sobre_o_parcelamento_do_solo_urbano_de_paraiso_do_sul_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DO SOLO URBANO DE PARAÍSO DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1612/projeto_de_lei_n60-2021-estima_a_receita_e_fixa_a_despesa_do_municipio_de_paraiso_do_sul-rs_para_o_exercicio_finnceiro_de_2022..pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1612/projeto_de_lei_n60-2021-estima_a_receita_e_fixa_a_despesa_do_municipio_de_paraiso_do_sul-rs_para_o_exercicio_finnceiro_de_2022..pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARAÍSO DO SUL-RS PARA O EXERCÍCIO FINANCEIRO DE 2022.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1627/projeto_de_lei_n61-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1627/projeto_de_lei_n61-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Especial no Orçamento vigente(LOA/ LDO E PPA) para inclusão de projeto/ atividade junto a Prefeitura Municipal de Paraíso do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>Altera a redação do §2º do artigo 1º, e altera o artigo 3º da Lei Municipal nº1582/2021,que reestrutura o Regime Próprio de Previdência Social dos Servidores do Municipio .</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1629/projeto_de_lei_n63-2021-_cria_o_programa_de_desenvolvimento_da_secagem_e_armazenagem_de_graos_na_agricultura_familiar_de_paraiso_do_sul-_armazena_paraiso._2.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1629/projeto_de_lei_n63-2021-_cria_o_programa_de_desenvolvimento_da_secagem_e_armazenagem_de_graos_na_agricultura_familiar_de_paraiso_do_sul-_armazena_paraiso._2.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Secagem e Armazenagem de Grãos na Agricultura Familiar de Paraíso do Sul-  ARMAZENA PARAÍSO</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1605/resolucao_n001-2021-_acata_parecer.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1605/resolucao_n001-2021-_acata_parecer.doc</t>
   </si>
   <si>
     <t>"ACATA INTEGRALMENTE O PARECER JURIDICO Nº01/2021,DE 17 DE MAIO DE 2021,EITIDO PELO ASSESSOR JURÍDICO DA CÂMARA MUNICÍPAL DE VEREADORES,PARA QUE SURTA SEUS EFEITOS LEGAIS."</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1606/projeto_de_resolucao_n02-2021.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1606/projeto_de_resolucao_n02-2021.pdf</t>
   </si>
   <si>
     <t>" CRIA A COMISSÃO PARLAMENTAR DE INQUÉRITO (CPI), COM A FINALIDADE DE INVESTIGAR POSSÍVEIS IRREGULARIDADES PRATICADAS PELO VEREADOR JULIANO MULLER, INFORMADAS PELO MINISTÉRIO PÚBLICO ESTADUAL ATRAVÉS DO OFÍCIO Nº 01708.000.294/2021-0003."</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1542/requerimento_001-2021_-_jones-_creditos_tributarios.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1542/requerimento_001-2021_-_jones-_creditos_tributarios.doc</t>
   </si>
   <si>
     <t>1 – Qual o valor total atual do crédito tributário que o Município de Paraiso do Sul tem a receber? Desse valor, qual a quantia foi objeto de lançamento e qual a quantia já foi objeto de inscrição em dívida ativa?  _x000D_
 2- Apresentar a lista completa e atualizada de devedores tributários junto ao Município de Paraíso do Sul, encaminhando conjuntamente, de forma clara e expressa.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/requerimento_002-_2021-_progressistas.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/requerimento_002-_2021-_progressistas.doc</t>
   </si>
   <si>
     <t>1)	Qual o andamento do Projeto que prevê a aquisição de uma retroescavadeira, cuja emenda foi destinada pelo Deputado Federal Pedro Wesfalen?_x000D_
 2)	Foi realizado o Processo Licitatório? Caso positivo encaminhar cópia comprobatória;</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/requerimento_003-2021_-_katia_convocacao_sec.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/requerimento_003-2021_-_katia_convocacao_sec.doc</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada vem, através do presente, em conformidade com o art. 229 do Regimento Interno da Câmara Municipal de Vereadores, REQUERER, após deliberação do Plenário, que seja realizada a convocação do Secretário Municipal de Obras, Sr. José Luís da Silva Ferreira, para trazer informações referente aos trabalhos da Secretaria Municipal de Obras, realizados no primeiro trimestre deste ano.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1546/requerimento_004-_2021_-_katia_-_acessibilidade.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1546/requerimento_004-_2021_-_katia_-_acessibilidade.doc</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, considerando o disposto no Of. GP nº 024/2021, vem através do presente REQUERER que seja solicitado ao Poder Executivo Municipal as seguintes informações, quanto a Acessibilidade do Prédio da Prefeitura Municipal de Paraíso do Sul:</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1547/requerimento_005-_2021_-_katia_-_fnde.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1547/requerimento_005-_2021_-_katia_-_fnde.doc</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, vem através do presente REQUERER ao Poder Executivo Municipal, quanto aos recursos do Fundo Nacional de Desenvolvimento da Educação – FNDE recebidos no ano de 2020</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1548/requerimento_006-_2021_-_katia_-_dengue.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1548/requerimento_006-_2021_-_katia_-_dengue.doc</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, vem através do presente REQUERER ao Poder Executivo Municipal, quanto as ações de combate à dengue no município.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1549/requerimento_007-_2021_-_katia_-_acesso_asfaltico.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1549/requerimento_007-_2021_-_katia_-_acesso_asfaltico.doc</t>
   </si>
   <si>
     <t>Os Vereadores infra-assinados, vem através do presente REQUERER ao Poder Executivo Municipal, quanto ao projeto de acesso asfáltico da Contenda na RSC 287 à Vila Paraíso VRS 509.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1550/requerimento_008-2021_-_juliano_convocacao_milton.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1550/requerimento_008-2021_-_juliano_convocacao_milton.doc</t>
   </si>
   <si>
     <t>O Vereador infra-assinado vem, através do presente, em conformidade com o art. 229 do Regimento Interno da Câmara Municipal de Vereadores, REQUERER, após deliberação do Plenário, que seja realizada a convocação do Químico do município, Sr. Milton Seifert, para trazer informações referente ao sistema de abastecimento de água em Paraíso do Sul.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_009-2021_-_jones-_creditos_tributarios_2.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_009-2021_-_jones-_creditos_tributarios_2.doc</t>
   </si>
   <si>
     <t>O Vereador infra-assinado veem, através do presente, Considerando que, conforme consulta on line no site do Tribunal de Contas do Estado (TCE) o Município de Paraíso do Sul tem um crédito tributário/dívida de R$ 549.092,45 (posição em 01/01/2020) e que, no final do ano em 30/11/2020, esse valor subiu para R$ 776.726,29 ou seja, teve aumento significativo de R$ 227.633,84 e, ainda, considerando os termos da lei municipal 1.465 de 2019 “LEI SOBRE O PROTESTO ATIVO”, o vereador, Sr. JONES DIEGO RADISKE, no uso de suas atribuições legais oriundas do exercício do seu mandato, vem através do presente requisitar ao Poder Executivo Municipal as seguintes informações:</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1554/requerimento_010-_2021_-_mdb_-_video_monitoramento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1554/requerimento_010-_2021_-_mdb_-_video_monitoramento.doc</t>
   </si>
   <si>
     <t>Os Vereadores infra-assinados, vem através do presente REQUISITAR ao Poder Executivo Municipal, quanto ao projeto de vídeo monitoramento.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1555/requerimento_011-_2021_-_katia_-_agua_rodeio_herval.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1555/requerimento_011-_2021_-_katia_-_agua_rodeio_herval.doc</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, vem através do presente, considerando o acordo firmado entre os municípios de Paraíso do Sul e Cerro com vistas a perfuração de poço artesiano e construção de rede água na localidade de Rodeio do Herval.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1576/requerimento_012-2021_-_convocacao_valdir_oscar_temp.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1576/requerimento_012-2021_-_convocacao_valdir_oscar_temp.doc</t>
   </si>
   <si>
     <t>Convocação do Secretário Municipal de Administração, Sr. Valdir Oscar Temp, para trazer informações referente aos trabalhos da Secretaria Municipal de Administração realizados no ano de 2021 e planejamentos para o ano de 2022.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1577/requerimento_014-_2021_-_mdb_-_gastos_com_relogio.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1577/requerimento_014-_2021_-_mdb_-_gastos_com_relogio.doc</t>
   </si>
   <si>
     <t>1)	Qual o valor gasto com o referido relógio?_x000D_
 2)	O relógio foi adquirido com recursos próprios ou vinculados? _x000D_
 3)	Foi realizado processo licitatório? (em caso positivo enviar cópia, caso negativo justificar)_x000D_
 4)	O Processo licitatório foi devidamente publicado conforme o disposto na Lei 8.666?</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1590/requerimento_015-_2021-_progressistas_-_acadeia_de_saude.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1590/requerimento_015-_2021-_progressistas_-_acadeia_de_saude.doc</t>
   </si>
   <si>
     <t>1)	Qual o valor gasto para a construção da referida academia?_x000D_
 2)	A construção da academia foi custeada com recursos próprios ou de emenda parlamentar?_x000D_
 3)	Em caso ter sido de emenda parlamentar:_x000D_
 a)	Qual o valor recebido?_x000D_
 b)	Qual Deputado ou Senador que destinou os recursos?_x000D_
 c)	Qual o valor da contrapartida do município? _x000D_
 4)	A academia já está em funcionamento?_x000D_
 5)	Em caso positivo:_x000D_
 a)	Existe algum profissional técnico que orienta os usuários da forma correta de utilização dos equipamentos?_x000D_
 b)	Existe algum tipo de orientação sobre a finalidade e utilização correta dos equipamentos?_x000D_
 6)	Em caso negativo:_x000D_
 a)	Quando a academia será liberada para utilização?_x000D_
 b)	Será disponibilizado um profissional técnico, ou alguma outra forma de orientação para o uso seguro e correto dos equipamentos?</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1600/requerimento_016-_2021_-_mdb_-_ponte_da_linha_brasileira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1600/requerimento_016-_2021_-_mdb_-_ponte_da_linha_brasileira.doc</t>
   </si>
   <si>
     <t>1)	Existe projeto técnico com ART, para a sua construção?_x000D_
 2)	Quem é o responsável técnico pela execução da obra?_x000D_
 3)	Qual o valor total orçado para a obra de construção?_x000D_
 4)	Realmente ocorreu o rompimento da parede de contenção e o esperdício de concreto no arroio como imagens em anexo?_x000D_
 5)	Houve danos ambientais pelo concreto espalhado no arroio?_x000D_
 6)	Qual o valor gasto com o concreto desperdiçado?_x000D_
 7)	Qual a situação atual da obra?_x000D_
 8)	Foi realizado sindicância ou processo administrativo para apurar o responsável pelo ocorrido?_x000D_
 9)	Qual o prejuízo que o erário público teve com a referida ocorrência?</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1616/requerimento_017-2021_-_convocacao_juliano_muller.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1616/requerimento_017-2021_-_convocacao_juliano_muller.doc</t>
   </si>
   <si>
     <t>Convocação do Secretário Municipal de Saúde, Sr. Juliano Müller, para trazer informações sobre os seguintes assuntos:_x000D_
 a)	Situação do processo de implantação do Programa 192 (SAMU) em Paraíso do Sul;_x000D_
 b)	Nota do Município de Paraíso do Sul, no Portal da Transparência em relação a vacinação contra o COVID 19.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2922,51 +2922,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1389/indicacao_01-2021-_juliano_-_mocao_ao_hospital.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1390/indicacao_03-2021-_darci-_calcario.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_04-2021-_isencao_impostos_mdb.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_05-2021-_patricia_boa_vistaxx.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1393/indicacao_06-2021-mauro-_placas_de_pare.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1394/indicacao_07-2021-_katia_-_terapeuta_ocupacional.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1395/indicacao_08-2021-_juliano_-_entrega_de_material_presencial.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1397/indicacao_10-2021-_juliano_-_estacionamento_hospital.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1398/indicacao_11-2021-_pdt_-_praca_escolas.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1399/indicacao_12-2021-_patricia_transp._escolar.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_13-2021-_darci_-_rocadas_lambiqs.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao_14-2021_-eliseu_-_redutor_velocidade_-_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao_15-2021-_katia_-bolao_municipal.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao_16-2021-_katia_-_pne.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao_17-2021-_juliano_-_r3vitalizacao_da_praca.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/indicacao_18-2021-_katia_-covid.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao_19-2021_-_luciano_-_mauro_e_jones_-_hora_patrulha.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao_20-2021-_patricia_caes.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao_21-2021_-_luciano_-_prancha.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_22-2021-_pista_skate-mauro_-_katia.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_23-2021-_katia-_reforma_portico.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao_24-2021-_mauro-_reservatorios.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_25-2021-_patricia_banheiro_praca.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_26-2021-_darci-_reservatorio_picada_hamann.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao_27-2021-_katia-_esgoto_cohab.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao_28-2021-_katia-_recesso.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1386/indicacao_29-2021-_katia-eta.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao_30-2021-_patricia_-_area_para_praca.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao_31-2021-_katia-_abrigo_onibus.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1417/indicacao_32-2021-_katia-melhoria_na_praca.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao_33-_2021-tiago__-_agua_potavel_linha_paraguacu.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1488/indicacao_34-2021-_katia-_escursos.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1489/indicacao_35-2021_-_julianopdt_-_uniformes.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1526/indicacao_36-2021-_mdb_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1530/indicacao_37-2021_-_mauro_-_compra_de_lixeiras.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/indicacao_38-2021_-_jones_-_bonificacao_mot..doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao_39-2021-_katia-_esgoto_rua_e.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao_40-2021-_katia_-_atencao_especial_sul_do_municipio.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_41-2021-_patricia_-_incentivo_esporte.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1578/indicacao_42-2021-_darci_-_reservatorio_agua_picada_hamann.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_43-2021_-_katia_demarcacao_de_caminhodromo.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1585/indicacao_44-2021-_patricia_-_absorventes_higienicos.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1591/indicacao_45-2021_-_katia__-_realizacao_de_feira_municipal.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao_46-2021_-_mauro_-_folder_turistico.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1611/indicacao_47-2021-_katia_-_terapeuta_ocupacional.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1617/indicacao_48-2021-_katia_-_leitura_agua.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/indicacao_49-2021-_darci_-_abrigo_onibus.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1622/indicacao_50-2021-_todos_-_bombeiros_voluntarios.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1623/indicacao_51-2021_-_jones_eliseu_-_ass._juridica.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1624/indicacao_52-2021-_todos_-_avenida_alfredo_link.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1477/01-_policia_civil.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1478/02-apoio_profissionais_saude.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1479/03-_mocao_de_pesar-_ela_schutz.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1481/06-professores.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1482/07-judiciario.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/08-policiais_militares.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/pedido-de-providencias-01-2021-darci_-_patrolamento_linha_contenda-poco_verde.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/pedido-de-providencias-02-2021-juliano_-_ponte_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/pedido-de-providencias-03-2021-juliano_-_ponte_pousada_dos_imigrantes.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1422/pedido-de-providencias-04-2021-katia-_liberacao_de_passagem_tiradentes.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/pedido-de-providencias-05-2021-luciano-eliseu_-_patrolamento_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1424/pedido-de-providencias-06-2021-_luciano_-_acesso_rural_rafael.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1425/pedido-de-providencias-07-2021-_katia-_agua_varzea.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1426/pedido-de-providencias-08-2021-_luciano-eliseu_-_bueiros_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/pedido-de-providencias-09-2021-_luciano-eliseu_-_velha_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1428/pedido-de-providencias-10-2021-_tiago-__praca_de_brinquedos.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1429/pedido-de-providencias-11-2021_-_patricia-agua_picada_schunemann.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1430/pedido-de-providencias-12-2021_-_eliseu-ponte_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1431/pedido-de-providencias-13-2021_-_darci_-_rocadas.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1432/pedido-de-providencias-14-2021-_eliseu-_patrolamento_e_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1433/pedido-de-providencias-15-2021-_patricia_-_limpeza_na_lateral_das_estradas_boa_vista_sul_e_norte.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1434/pedido-de-providencias-16-2021-_katia_-_limprza_rua_francisco_fick.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1435/pedido-de-providencias-17-2021-_tiago-_ampliacao_rede_de_agua.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/pedido-de-providencias-18-2021-_darci-__iluminacao_publica_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1437/pedido-de-providencias-19-2021-_patricia_-_iluminacao_publica_boa_vista.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1438/pedido-de-providencias-20-2021-_luciano_-_placas_indicativas.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1439/pedido-de-providencias-21-2021-_luciano_-__iluminacao_publica_neri.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1440/pedido-de-providencias-22-2021-_eliseu_-_placas_indicativas.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1441/pedido-de-providencias-23-2021-_mauro_-_podas_linha_marcondes.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1442/pedido-de-providencias-24-2021-_juliano_-_agua_picada_bundt.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1443/pedido-de-providencias-25-2021_-_juliano_-_iluminacao_nilvo_kiefer.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1444/pedido-de-providencias-26-2021_-tiago_-_recolocacao_pinguela.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1445/pedido-de-providencias-27-2021-_eliseu_-_limpeza_patrolamento_travessa_sinimbu.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1446/pedido-de-providencias-28-2021-_eliseu_-_limpeza_av._von_kahlden_e_ricardo_ludtke.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1447/pedido-de-providencias-29-2021-_darci-__iluminacao_publica_contenda.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1448/pedido-de-providencias-30-2021-_tiago-__iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1450/pedido-de-providencias-32-2021-_mauro_-_iluminacao_publica_campestre.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1451/pedido-de-providencias-33-2021-_darci-__iluminacao_publica__campestre.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1452/pedido-de-providencias-34-2021-_luciano_-_ajuste_pinguela_e_luz.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1453/pedido-de-providencias-35-2021-_eliseu-_iluminacao_publica_linha_paraguasu.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1454/pedido-de-providencias-36-2021-_katia_-_limpeza_poco_verde.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1455/pedido-de-providencias-37-2021_-_darci_-_patrolamento_e_rocada.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1456/pedido-de-providencias-38-2021-_katia_-_limpeza_tiradentes.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1457/pedido-de-providencias-39-2021-_katia_-_rocada_e_melhorias.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1458/pedido-de-providencias-40-2021-_katia_-_agua_contenda.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1459/pedido-de-providencias-41-2021-_katia_-__iluminacao_boa_vista.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1460/pedido-de-providencias-42-2021-_patricia_-__iluminacao_boa_vista.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1461/pedido-de-providencias-43-2021-_patricia_-__lixeira_boa_vista.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1462/pedido-de-providencias-44-2021-_luciano_-_bueiros_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1463/pedido-de-providencias-45-2021-_eliseu-_patrolamento_e_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1464/pedido-de-providencias-46-2021-_eliseu-_patrolamento_paraguassu.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1465/pedido-de-providencias-47-2021-_katia_-__iluminacao_avenidas.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1466/pedido-de-providencias-48-2021-_katia_-__estrada_campestre.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1467/pedido-de-providencias-49-2021-_patricia_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1468/pedido-de-providencias-50-2021-_darci-__iluminacao_publica_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1469/pedido-de-providencias-51-2021-_eliseu-_iluminacao_publica_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/pedido-de-providencias-52-2021-_mauro_-_areia_cancha_de_volei.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1472/pedido-de-providencias-54-2021-_darci_-_acesso_brandao.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1473/pedido-de-providencias-55-2021-_patricia_-_ilum._pub._lar_idoso.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1474/pedido-de-providencias-56-2021-_katia_-__iluminacao_cohab.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1475/pedido-de-providencias-57-2021-luciano_-_dessassoreamento_arroio_paraiso.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1476/pedido-de-providencias-58-2021-_darci-__iluminacao_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/pedido-de-providencias-59-2021-_katia_-__iluminacao_roberto_schutz.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1491/pedido-de-providencias-60-2021-_darci_-_travessa_altermann.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1492/pedido-de-providencias-61-2021-_eliseu_-_ponte_poco_verde.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1527/pedido-de-providencias-62-2021-_katia_-_abrigos_rsc_287.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1528/pedido-de-providencias-63-2021-_darci_-_placas_indicativas.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1529/pedido-de-providencias-64-2021-_eliseu-_acesso_vilmar_kirchhof.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1536/pedido-de-providencias-66-2021-_mauro_-_iluminacao_publica_campestre.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1537/pedido-de-providencias-67-2021-_eliseu_-_bueiros_paulo_matte.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1538/pedido-de-providencias-68-2021-_darci_-_estrada_contenda-_mabgueirinha.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1539/pedido-de-providencias-69-2021-_darci_-_estrada_quilombo_e_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1556/pedido-de-providencias-71-2021_-_luciano_-_agua_linha_nery.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1557/pedido-de-providencias-72-2021-katia-_estacionamento_carros_funcionarios.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/pedido-de-providencias-73-2021_-_darci_-_abrigo_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1559/pedido-de-providencias-74-2021_-_eliseu-_parada_de_onibus.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1560/pedido-de-providencias-75-2021-_katia_-_retorno_das_atividades_escolinha.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1561/pedido-de-providencias-76-2021-_luciano_-_bueiros_ditmar_holzchuh.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1563/pedido-de-providencias-77-2021-_luciano_-_estrada_da_linha_patrimonio.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1564/pedido-de-providencias-78-2021-_darci-__iluminacao_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1571/pedido-de-providencias-79-2021-_patricia_-recuperacao_estradas_boa_vista_sul_e_norte.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1572/pedido-de-providencias-80-2021-_katia_-_estrada_picada_schunemann.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1573/pedido-de-providencias-80-2021-_katia_-_estrada_picada_schunemann.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1574/pedido-de-providencias-82-2021-_eliseu-_iluminacao_publica_olavo.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1575/pedido-de-providencias-83-2021-_eliseu_-_estrada_getulio_sanson.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1579/pedido-de-providencias-84-2021-_darci-_tampa_frente_padaria.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1580/pedido-de-providencias-85-2021-_tiago-_iluminacao_publica_levino.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1587/pedido-de-providencias-86-2021-_katia_-_turno_unico_s._obras.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1588/pedido-de-providencias-87-2021-_mauro_-_iluminacao_publica_campestre.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1589/pedido-de-providencias-88-2021-_luciano_-_placas_indicativas_roberto_krugel.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/pedido-de-providencias-89-2021-_darci_-_patrolamento_travessa_sinimbu.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/pedido-de-providencias-90-2021-_luciano_-__iluminacao_picada_schunemann.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1596/pedido-de-providencias-91-2021-_eliseu-_iluminacao_publica_marilena_pume.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1609/pedido-de-providencias-92-2021-_mauro_-_bueiros_campestre.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1610/pedido-de-providencias-93-2021-_katia_-_limpeza_valetas.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1613/pedido-de-providencias-94-2021-_patricia_-_iluminacao_tiradentes.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1614/pedido-de-providencias-95-2021-_katia_-__iluminacao.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1615/pedido-de-providencias-96-2021-_patricia_-_limpeza_na_lateral_das_estradas_travessao.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/pedido-de-providencias-97-2021-_katia_-__iluminacao_-_paiva.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1625/pedido-de-providencias-98-2021-_katia_-_plantao_remunerado_motoristas.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1626/pedido-de-providencias-99-2021-_luciano_-__pranchas_pontes_patricia.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1541/projeto_de_decreto_no_01-2021.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1598/projeto_de_decreto_no_02-2021_-_rejeita_veto_pl_43-2021.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1620/projeto_de_decreto_no_03-2021_-_rejeita_veto_pl_54-2021.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1621/projeto_de_decreto_no_04-2021_-_rejeita_veto_pl_39-2021.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1484/projeto_de_lei_n01-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1485/projeto_de_lei_n02-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_lei_n03-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1495/projeto_de_lei_no_08-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1496/projeto_de_lei_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1497/projeto_de_lei_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1498/projeto_de_lei_no_11-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1499/projeto_de_lei_n_12-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1500/projeto_de_lei_n_13-2021-_patrulha_agricula.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1501/projeto_de_lei_n_14-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1502/projeto_de_lei_n_15-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_lei_n_16-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1504/projeto_de_lei_n_17-2021-_contratacao_emergencial_de_serventes.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_n_18-2021-_credito_especial_projeto-ativ._secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1506/projeto_de_lei_no_19-2021_-_bolao_municipal.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1507/projeto_de_lei_n20-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1508/projeto_de_lei_n21-2021-_credito_especial-_programa_informatiza_aps.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1509/projeto_de_lei_n22-2021-_credito_especial_-_programa_nota_fiscal_gaucha.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_n23-202_credito_especial-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_n25-2021-credito_especial-_programa_qualifar-sus.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1513/projeto_de_lei_n26-2021contratacao_emergencial_de_professor.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1514/projeto_de_lei_n27-2021-_programa_chamar_192samu.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1515/pl_-_patricia_parreira_-_institui_o_banco_municipal_de_materiais_ortopedicos.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_n29-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_n30-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_n31-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_n32-202_1-denomina_como_praca_alfredo_linnk_....pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1525/ata_022_sessao_extraordinaria_08.07.2021.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_lei_no34-2021-contratacao_emerg._de_dois_medicos_clin.geral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1522/projeto_de_le_n36-2021-transporte_motorizado_privado_e_remunerado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1523/projeto_de_lei_n37-2021-amprotabaco.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1597/projeto_de_lei_no_39-2021_-_isencao_mei_-_alterado.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_n41-2021-_autorizao_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_eletricista..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1531/projeto_de_lei_n42-2021-_delimita_o_perimetro_urbano_da_sede_do_municipio_de_paraiso_do_sul_alterando_a_lei_municipaln988-2009.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_n43-2021_-_patricia_oftalmo.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1552/projeto_de_lei_n45-2021-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professoresas._2.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1562/projeto_de_lei_n46-2021-_institui_o_programa_farmacia_solidaria_no_ambito_do_municipio_de_paraiso_do_sul_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1543/projeto_de_lei_n47-2021-_autoriza_o_poder_executivo_municipal_a_prestar_servico_a_titulo_de_incentivo_industrial_para_a_empresa_gilmar_emilio_achterberg__cia_ltda.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1592/projeto_de_lei_n48-2021-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_conceder_o_uso_de_bens_moveis_com_a_finalidade_de_descentralizar_o_programa_patrulha_agricola_mecanizada..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1565/projeto_de_lei_n49-2021-_dispoe_sobre_o_regime_de_previdencia_complementar-rpc_no_ambito_do_municipio_de_paraiso_do_sul_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1566/scan0032.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1583/scan0026.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1586/scan0027.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1581/scan0028.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_n54-2021-_institui_o_sitio_institucional_da_prefeitura_de_paraiso_do_sul_como_o_local_oficial_de_publicacao_dos_atos_municipais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1593/projeto_de_lei_n55-2021-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1601/projeto_de_lei_no_56-2021_-_institui_a_semana_da_agua_no_municipio.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1603/projeto_de_lei_n58-2021-_institui_o_codigo_de_obras_do_municipio_de_paraiso_do_sul_disciplina_a_sua_aplicacao_e_da_outas_providencias..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1604/projeto_de_lei_59-2021-dispoe_sobre_o_parcelamento_do_solo_urbano_de_paraiso_do_sul_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1612/projeto_de_lei_n60-2021-estima_a_receita_e_fixa_a_despesa_do_municipio_de_paraiso_do_sul-rs_para_o_exercicio_finnceiro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1627/projeto_de_lei_n61-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1629/projeto_de_lei_n63-2021-_cria_o_programa_de_desenvolvimento_da_secagem_e_armazenagem_de_graos_na_agricultura_familiar_de_paraiso_do_sul-_armazena_paraiso._2.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1605/resolucao_n001-2021-_acata_parecer.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1606/projeto_de_resolucao_n02-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1542/requerimento_001-2021_-_jones-_creditos_tributarios.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/requerimento_002-_2021-_progressistas.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/requerimento_003-2021_-_katia_convocacao_sec.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1546/requerimento_004-_2021_-_katia_-_acessibilidade.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1547/requerimento_005-_2021_-_katia_-_fnde.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1548/requerimento_006-_2021_-_katia_-_dengue.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1549/requerimento_007-_2021_-_katia_-_acesso_asfaltico.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1550/requerimento_008-2021_-_juliano_convocacao_milton.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_009-2021_-_jones-_creditos_tributarios_2.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1554/requerimento_010-_2021_-_mdb_-_video_monitoramento.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1555/requerimento_011-_2021_-_katia_-_agua_rodeio_herval.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1576/requerimento_012-2021_-_convocacao_valdir_oscar_temp.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1577/requerimento_014-_2021_-_mdb_-_gastos_com_relogio.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1590/requerimento_015-_2021-_progressistas_-_acadeia_de_saude.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1600/requerimento_016-_2021_-_mdb_-_ponte_da_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1616/requerimento_017-2021_-_convocacao_juliano_muller.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1389/indicacao_01-2021-_juliano_-_mocao_ao_hospital.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1390/indicacao_03-2021-_darci-_calcario.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1391/indicacao_04-2021-_isencao_impostos_mdb.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/indicacao_05-2021-_patricia_boa_vistaxx.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1393/indicacao_06-2021-mauro-_placas_de_pare.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1394/indicacao_07-2021-_katia_-_terapeuta_ocupacional.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1395/indicacao_08-2021-_juliano_-_entrega_de_material_presencial.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1397/indicacao_10-2021-_juliano_-_estacionamento_hospital.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1398/indicacao_11-2021-_pdt_-_praca_escolas.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1399/indicacao_12-2021-_patricia_transp._escolar.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1400/indicacao_13-2021-_darci_-_rocadas_lambiqs.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao_14-2021_-eliseu_-_redutor_velocidade_-_vila_paraiso.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao_15-2021-_katia_-bolao_municipal.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao_16-2021-_katia_-_pne.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao_17-2021-_juliano_-_r3vitalizacao_da_praca.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/indicacao_18-2021-_katia_-covid.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao_19-2021_-_luciano_-_mauro_e_jones_-_hora_patrulha.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao_20-2021-_patricia_caes.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao_21-2021_-_luciano_-_prancha.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao_22-2021-_pista_skate-mauro_-_katia.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao_23-2021-_katia-_reforma_portico.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao_24-2021-_mauro-_reservatorios.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao_25-2021-_patricia_banheiro_praca.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao_26-2021-_darci-_reservatorio_picada_hamann.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao_27-2021-_katia-_esgoto_cohab.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao_28-2021-_katia-_recesso.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1386/indicacao_29-2021-_katia-eta.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao_30-2021-_patricia_-_area_para_praca.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao_31-2021-_katia-_abrigo_onibus.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1417/indicacao_32-2021-_katia-melhoria_na_praca.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao_33-_2021-tiago__-_agua_potavel_linha_paraguacu.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1488/indicacao_34-2021-_katia-_escursos.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1489/indicacao_35-2021_-_julianopdt_-_uniformes.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1526/indicacao_36-2021-_mdb_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1530/indicacao_37-2021_-_mauro_-_compra_de_lixeiras.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/indicacao_38-2021_-_jones_-_bonificacao_mot..doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao_39-2021-_katia-_esgoto_rua_e.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao_40-2021-_katia_-_atencao_especial_sul_do_municipio.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao_41-2021-_patricia_-_incentivo_esporte.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1578/indicacao_42-2021-_darci_-_reservatorio_agua_picada_hamann.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1584/indicacao_43-2021_-_katia_demarcacao_de_caminhodromo.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1585/indicacao_44-2021-_patricia_-_absorventes_higienicos.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1591/indicacao_45-2021_-_katia__-_realizacao_de_feira_municipal.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao_46-2021_-_mauro_-_folder_turistico.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1611/indicacao_47-2021-_katia_-_terapeuta_ocupacional.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1617/indicacao_48-2021-_katia_-_leitura_agua.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/indicacao_49-2021-_darci_-_abrigo_onibus.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1622/indicacao_50-2021-_todos_-_bombeiros_voluntarios.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1623/indicacao_51-2021_-_jones_eliseu_-_ass._juridica.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1624/indicacao_52-2021-_todos_-_avenida_alfredo_link.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1477/01-_policia_civil.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1478/02-apoio_profissionais_saude.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1479/03-_mocao_de_pesar-_ela_schutz.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1481/06-professores.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1482/07-judiciario.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/08-policiais_militares.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/pedido-de-providencias-01-2021-darci_-_patrolamento_linha_contenda-poco_verde.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/pedido-de-providencias-02-2021-juliano_-_ponte_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/pedido-de-providencias-03-2021-juliano_-_ponte_pousada_dos_imigrantes.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1422/pedido-de-providencias-04-2021-katia-_liberacao_de_passagem_tiradentes.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/pedido-de-providencias-05-2021-luciano-eliseu_-_patrolamento_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1424/pedido-de-providencias-06-2021-_luciano_-_acesso_rural_rafael.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1425/pedido-de-providencias-07-2021-_katia-_agua_varzea.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1426/pedido-de-providencias-08-2021-_luciano-eliseu_-_bueiros_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/pedido-de-providencias-09-2021-_luciano-eliseu_-_velha_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1428/pedido-de-providencias-10-2021-_tiago-__praca_de_brinquedos.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1429/pedido-de-providencias-11-2021_-_patricia-agua_picada_schunemann.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1430/pedido-de-providencias-12-2021_-_eliseu-ponte_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1431/pedido-de-providencias-13-2021_-_darci_-_rocadas.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1432/pedido-de-providencias-14-2021-_eliseu-_patrolamento_e_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1433/pedido-de-providencias-15-2021-_patricia_-_limpeza_na_lateral_das_estradas_boa_vista_sul_e_norte.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1434/pedido-de-providencias-16-2021-_katia_-_limprza_rua_francisco_fick.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1435/pedido-de-providencias-17-2021-_tiago-_ampliacao_rede_de_agua.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/pedido-de-providencias-18-2021-_darci-__iluminacao_publica_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1437/pedido-de-providencias-19-2021-_patricia_-_iluminacao_publica_boa_vista.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1438/pedido-de-providencias-20-2021-_luciano_-_placas_indicativas.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1439/pedido-de-providencias-21-2021-_luciano_-__iluminacao_publica_neri.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1440/pedido-de-providencias-22-2021-_eliseu_-_placas_indicativas.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1441/pedido-de-providencias-23-2021-_mauro_-_podas_linha_marcondes.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1442/pedido-de-providencias-24-2021-_juliano_-_agua_picada_bundt.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1443/pedido-de-providencias-25-2021_-_juliano_-_iluminacao_nilvo_kiefer.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1444/pedido-de-providencias-26-2021_-tiago_-_recolocacao_pinguela.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1445/pedido-de-providencias-27-2021-_eliseu_-_limpeza_patrolamento_travessa_sinimbu.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1446/pedido-de-providencias-28-2021-_eliseu_-_limpeza_av._von_kahlden_e_ricardo_ludtke.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1447/pedido-de-providencias-29-2021-_darci-__iluminacao_publica_contenda.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1448/pedido-de-providencias-30-2021-_tiago-__iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1450/pedido-de-providencias-32-2021-_mauro_-_iluminacao_publica_campestre.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1451/pedido-de-providencias-33-2021-_darci-__iluminacao_publica__campestre.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1452/pedido-de-providencias-34-2021-_luciano_-_ajuste_pinguela_e_luz.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1453/pedido-de-providencias-35-2021-_eliseu-_iluminacao_publica_linha_paraguasu.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1454/pedido-de-providencias-36-2021-_katia_-_limpeza_poco_verde.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1455/pedido-de-providencias-37-2021_-_darci_-_patrolamento_e_rocada.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1456/pedido-de-providencias-38-2021-_katia_-_limpeza_tiradentes.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1457/pedido-de-providencias-39-2021-_katia_-_rocada_e_melhorias.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1458/pedido-de-providencias-40-2021-_katia_-_agua_contenda.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1459/pedido-de-providencias-41-2021-_katia_-__iluminacao_boa_vista.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1460/pedido-de-providencias-42-2021-_patricia_-__iluminacao_boa_vista.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1461/pedido-de-providencias-43-2021-_patricia_-__lixeira_boa_vista.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1462/pedido-de-providencias-44-2021-_luciano_-_bueiros_linha_travessao.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1463/pedido-de-providencias-45-2021-_eliseu-_patrolamento_e_cascalhamento.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1464/pedido-de-providencias-46-2021-_eliseu-_patrolamento_paraguassu.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1465/pedido-de-providencias-47-2021-_katia_-__iluminacao_avenidas.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1466/pedido-de-providencias-48-2021-_katia_-__estrada_campestre.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1467/pedido-de-providencias-49-2021-_patricia_-_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1468/pedido-de-providencias-50-2021-_darci-__iluminacao_publica_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1469/pedido-de-providencias-51-2021-_eliseu-_iluminacao_publica_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/pedido-de-providencias-52-2021-_mauro_-_areia_cancha_de_volei.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1472/pedido-de-providencias-54-2021-_darci_-_acesso_brandao.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1473/pedido-de-providencias-55-2021-_patricia_-_ilum._pub._lar_idoso.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1474/pedido-de-providencias-56-2021-_katia_-__iluminacao_cohab.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1475/pedido-de-providencias-57-2021-luciano_-_dessassoreamento_arroio_paraiso.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1476/pedido-de-providencias-58-2021-_darci-__iluminacao_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/pedido-de-providencias-59-2021-_katia_-__iluminacao_roberto_schutz.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1491/pedido-de-providencias-60-2021-_darci_-_travessa_altermann.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1492/pedido-de-providencias-61-2021-_eliseu_-_ponte_poco_verde.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1527/pedido-de-providencias-62-2021-_katia_-_abrigos_rsc_287.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1528/pedido-de-providencias-63-2021-_darci_-_placas_indicativas.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1529/pedido-de-providencias-64-2021-_eliseu-_acesso_vilmar_kirchhof.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1536/pedido-de-providencias-66-2021-_mauro_-_iluminacao_publica_campestre.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1537/pedido-de-providencias-67-2021-_eliseu_-_bueiros_paulo_matte.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1538/pedido-de-providencias-68-2021-_darci_-_estrada_contenda-_mabgueirinha.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1539/pedido-de-providencias-69-2021-_darci_-_estrada_quilombo_e_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1556/pedido-de-providencias-71-2021_-_luciano_-_agua_linha_nery.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1557/pedido-de-providencias-72-2021-katia-_estacionamento_carros_funcionarios.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/pedido-de-providencias-73-2021_-_darci_-_abrigo_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1559/pedido-de-providencias-74-2021_-_eliseu-_parada_de_onibus.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1560/pedido-de-providencias-75-2021-_katia_-_retorno_das_atividades_escolinha.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1561/pedido-de-providencias-76-2021-_luciano_-_bueiros_ditmar_holzchuh.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1563/pedido-de-providencias-77-2021-_luciano_-_estrada_da_linha_patrimonio.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1564/pedido-de-providencias-78-2021-_darci-__iluminacao_mangueirinha.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1571/pedido-de-providencias-79-2021-_patricia_-recuperacao_estradas_boa_vista_sul_e_norte.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1572/pedido-de-providencias-80-2021-_katia_-_estrada_picada_schunemann.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1573/pedido-de-providencias-80-2021-_katia_-_estrada_picada_schunemann.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1574/pedido-de-providencias-82-2021-_eliseu-_iluminacao_publica_olavo.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1575/pedido-de-providencias-83-2021-_eliseu_-_estrada_getulio_sanson.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1579/pedido-de-providencias-84-2021-_darci-_tampa_frente_padaria.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1580/pedido-de-providencias-85-2021-_tiago-_iluminacao_publica_levino.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1587/pedido-de-providencias-86-2021-_katia_-_turno_unico_s._obras.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1588/pedido-de-providencias-87-2021-_mauro_-_iluminacao_publica_campestre.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1589/pedido-de-providencias-88-2021-_luciano_-_placas_indicativas_roberto_krugel.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/pedido-de-providencias-89-2021-_darci_-_patrolamento_travessa_sinimbu.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/pedido-de-providencias-90-2021-_luciano_-__iluminacao_picada_schunemann.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1596/pedido-de-providencias-91-2021-_eliseu-_iluminacao_publica_marilena_pume.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1609/pedido-de-providencias-92-2021-_mauro_-_bueiros_campestre.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1610/pedido-de-providencias-93-2021-_katia_-_limpeza_valetas.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1613/pedido-de-providencias-94-2021-_patricia_-_iluminacao_tiradentes.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1614/pedido-de-providencias-95-2021-_katia_-__iluminacao.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1615/pedido-de-providencias-96-2021-_patricia_-_limpeza_na_lateral_das_estradas_travessao.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/pedido-de-providencias-97-2021-_katia_-__iluminacao_-_paiva.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1625/pedido-de-providencias-98-2021-_katia_-_plantao_remunerado_motoristas.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1626/pedido-de-providencias-99-2021-_luciano_-__pranchas_pontes_patricia.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1541/projeto_de_decreto_no_01-2021.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1598/projeto_de_decreto_no_02-2021_-_rejeita_veto_pl_43-2021.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1620/projeto_de_decreto_no_03-2021_-_rejeita_veto_pl_54-2021.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1621/projeto_de_decreto_no_04-2021_-_rejeita_veto_pl_39-2021.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1484/projeto_de_lei_n01-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1485/projeto_de_lei_n02-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_lei_n03-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1495/projeto_de_lei_no_08-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1496/projeto_de_lei_no_09-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1497/projeto_de_lei_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1498/projeto_de_lei_no_11-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1499/projeto_de_lei_n_12-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1500/projeto_de_lei_n_13-2021-_patrulha_agricula.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1501/projeto_de_lei_n_14-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1502/projeto_de_lei_n_15-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1503/projeto_de_lei_n_16-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1504/projeto_de_lei_n_17-2021-_contratacao_emergencial_de_serventes.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1505/projeto_de_lei_n_18-2021-_credito_especial_projeto-ativ._secretaria_de_obras.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1506/projeto_de_lei_no_19-2021_-_bolao_municipal.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1507/projeto_de_lei_n20-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1508/projeto_de_lei_n21-2021-_credito_especial-_programa_informatiza_aps.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1509/projeto_de_lei_n22-2021-_credito_especial_-_programa_nota_fiscal_gaucha.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_n23-202_credito_especial-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_n25-2021-credito_especial-_programa_qualifar-sus.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1513/projeto_de_lei_n26-2021contratacao_emergencial_de_professor.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1514/projeto_de_lei_n27-2021-_programa_chamar_192samu.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1515/pl_-_patricia_parreira_-_institui_o_banco_municipal_de_materiais_ortopedicos.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_n29-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_n30-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_n31-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_n32-202_1-denomina_como_praca_alfredo_linnk_....pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1525/ata_022_sessao_extraordinaria_08.07.2021.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_lei_no34-2021-contratacao_emerg._de_dois_medicos_clin.geral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1522/projeto_de_le_n36-2021-transporte_motorizado_privado_e_remunerado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1523/projeto_de_lei_n37-2021-amprotabaco.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1597/projeto_de_lei_no_39-2021_-_isencao_mei_-_alterado.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1533/projeto_de_lei_n41-2021-_autorizao_poder_executivo_municipal_de_paraiso_do_sul_a_realizar_contratacao_emergencial_de_eletricista..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1531/projeto_de_lei_n42-2021-_delimita_o_perimetro_urbano_da_sede_do_municipio_de_paraiso_do_sul_alterando_a_lei_municipaln988-2009.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1532/projeto_de_lei_n43-2021_-_patricia_oftalmo.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1552/projeto_de_lei_n45-2021-_autoriza_o_poder_executivo_municipal_a_realizar_contratacao_emergencial_de_professoresas._2.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1562/projeto_de_lei_n46-2021-_institui_o_programa_farmacia_solidaria_no_ambito_do_municipio_de_paraiso_do_sul_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1543/projeto_de_lei_n47-2021-_autoriza_o_poder_executivo_municipal_a_prestar_servico_a_titulo_de_incentivo_industrial_para_a_empresa_gilmar_emilio_achterberg__cia_ltda.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1592/projeto_de_lei_n48-2021-_autoriza_o_poder_executivo_municipal_de_paraiso_do_sul_a_conceder_o_uso_de_bens_moveis_com_a_finalidade_de_descentralizar_o_programa_patrulha_agricola_mecanizada..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1565/projeto_de_lei_n49-2021-_dispoe_sobre_o_regime_de_previdencia_complementar-rpc_no_ambito_do_municipio_de_paraiso_do_sul_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1566/scan0032.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1583/scan0026.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1586/scan0027.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1581/scan0028.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_n54-2021-_institui_o_sitio_institucional_da_prefeitura_de_paraiso_do_sul_como_o_local_oficial_de_publicacao_dos_atos_municipais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1593/projeto_de_lei_n55-2021-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1601/projeto_de_lei_no_56-2021_-_institui_a_semana_da_agua_no_municipio.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1603/projeto_de_lei_n58-2021-_institui_o_codigo_de_obras_do_municipio_de_paraiso_do_sul_disciplina_a_sua_aplicacao_e_da_outas_providencias..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1604/projeto_de_lei_59-2021-dispoe_sobre_o_parcelamento_do_solo_urbano_de_paraiso_do_sul_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1612/projeto_de_lei_n60-2021-estima_a_receita_e_fixa_a_despesa_do_municipio_de_paraiso_do_sul-rs_para_o_exercicio_finnceiro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1627/projeto_de_lei_n61-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1629/projeto_de_lei_n63-2021-_cria_o_programa_de_desenvolvimento_da_secagem_e_armazenagem_de_graos_na_agricultura_familiar_de_paraiso_do_sul-_armazena_paraiso._2.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1605/resolucao_n001-2021-_acata_parecer.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1606/projeto_de_resolucao_n02-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1542/requerimento_001-2021_-_jones-_creditos_tributarios.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/requerimento_002-_2021-_progressistas.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/requerimento_003-2021_-_katia_convocacao_sec.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1546/requerimento_004-_2021_-_katia_-_acessibilidade.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1547/requerimento_005-_2021_-_katia_-_fnde.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1548/requerimento_006-_2021_-_katia_-_dengue.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1549/requerimento_007-_2021_-_katia_-_acesso_asfaltico.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1550/requerimento_008-2021_-_juliano_convocacao_milton.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1553/requerimento_009-2021_-_jones-_creditos_tributarios_2.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1554/requerimento_010-_2021_-_mdb_-_video_monitoramento.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1555/requerimento_011-_2021_-_katia_-_agua_rodeio_herval.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1576/requerimento_012-2021_-_convocacao_valdir_oscar_temp.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1577/requerimento_014-_2021_-_mdb_-_gastos_com_relogio.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1590/requerimento_015-_2021-_progressistas_-_acadeia_de_saude.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1600/requerimento_016-_2021_-_mdb_-_ponte_da_linha_brasileira.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2021/1616/requerimento_017-2021_-_convocacao_juliano_muller.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H245"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>