--- v0 (2025-10-13)
+++ v1 (2026-03-13)
@@ -54,171 +54,171 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>emenda</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1383/emenda___ao_projeto_de_lei__n11-2020.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1383/emenda___ao_projeto_de_lei__n11-2020.doc</t>
   </si>
   <si>
     <t>Altera a redação dos parágrafos § 1º, §2º, §3º e § 4º do art. 1º do Projeto de Lei nº 11/2020 que Autoriza o Poder Executivo Municipal a realizar parcelamento e conceder descontos para pagamento do Imposto Predial e Territorial Urbano (IPTU), no exercício 2020, e dá outras providências”.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1379/indicacao_001-2020_-_breno_-_agua_linha_patricia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1379/indicacao_001-2020_-_breno_-_agua_linha_patricia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, estude a possibilidade de construção de uma barragem na Linha Patrícia para irrigação das lavouras de arroz que captam água do Arroio da Porta, no interior deste município.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1384/indicacao_002-2020_-_breno_-_faixa_de_pedestres_afonso_pena.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1384/indicacao_002-2020_-_breno_-_faixa_de_pedestres_afonso_pena.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que providencie a reforma e pintura da lombada e faixa de segurança em frente a Escola Afonso Pena, nesta cidade.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>CIRO ARI JAGNOW</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1380/01-_moca0_de_pesar-_arlindo_forsch.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1380/01-_moca0_de_pesar-_arlindo_forsch.docx</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares do Senhor Arlindo Forsch pelo seu falecimento ocorrido no dia 27 de fevereiro de 2020, de autoria do vereador Ciro Ari Jagnow-PP.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1377/pedido-de-providencias-001-2020_-_ciro-__pinguela_l_patricia.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1377/pedido-de-providencias-001-2020_-_ciro-__pinguela_l_patricia.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a reconstrução da pinguela localizada próxima a propriedade do Sr. Valdoivo Wrasse, na localidade de Linha Patrícia no interior do município.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1378/pedido-de-providencias-002-2020_-_eliseu-__reparo_ponte.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1378/pedido-de-providencias-002-2020_-_eliseu-__reparo_ponte.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente o conserto da lateral da ponte da pousada dos Imigrantes próximo a Igreja Congregacional da Vila Paraíso no interior do município.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1385/pedido_de_providencias_003-2020-_ciro-__iluminacao_publica.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1385/pedido_de_providencias_003-2020-_ciro-__iluminacao_publica.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que providencie o conserto da iluminação pública mais precisamente em frente a propriedade do Senhor José Orquiz e demais moradores da Vila sem denominação na localidade de Contenda, interior do município.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1381/projeto_de_lei_no_10-2020.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1381/projeto_de_lei_no_10-2020.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no orçamento vigente para incluso de elemento de despesa em atividade existente, junto a Secretaria Municipal de Turismo, Esporte e Lazer, e dá outras providências.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1382/projeto_de_lei_no11-2020.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1382/projeto_de_lei_no11-2020.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar parcelamento e conceder descontos para pagamento do Imposto Predial e Territorial Urbano (IPTU) no exercício 2020, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -525,67 +525,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1383/emenda___ao_projeto_de_lei__n11-2020.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1379/indicacao_001-2020_-_breno_-_agua_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1384/indicacao_002-2020_-_breno_-_faixa_de_pedestres_afonso_pena.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1380/01-_moca0_de_pesar-_arlindo_forsch.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1377/pedido-de-providencias-001-2020_-_ciro-__pinguela_l_patricia.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1378/pedido-de-providencias-002-2020_-_eliseu-__reparo_ponte.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1385/pedido_de_providencias_003-2020-_ciro-__iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1381/projeto_de_lei_no_10-2020.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1382/projeto_de_lei_no11-2020.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1383/emenda___ao_projeto_de_lei__n11-2020.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1379/indicacao_001-2020_-_breno_-_agua_linha_patricia.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1384/indicacao_002-2020_-_breno_-_faixa_de_pedestres_afonso_pena.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1380/01-_moca0_de_pesar-_arlindo_forsch.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1377/pedido-de-providencias-001-2020_-_ciro-__pinguela_l_patricia.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1378/pedido-de-providencias-002-2020_-_eliseu-__reparo_ponte.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1385/pedido_de_providencias_003-2020-_ciro-__iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1381/projeto_de_lei_no_10-2020.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2020/1382/projeto_de_lei_no11-2020.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="136.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>