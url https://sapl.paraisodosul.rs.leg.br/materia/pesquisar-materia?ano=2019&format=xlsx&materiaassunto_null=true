--- v0 (2025-10-12)
+++ v1 (2026-03-15)
@@ -51,1280 +51,1280 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>emenda</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1272/1272_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1272/1272_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ALTERA A DISPOSIÇÕES DO CAPITULO III DA LEI MUNICIPAL Nº 1103/2011, DE 22/11/2018, REFERENTE AOS CARGOS EM COMISSÕES E FUNÇÕES GRATIFICADAS DO PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL.&amp;#8221; _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CIRO ARI JAGNOW</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1273/1273_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1273/1273_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE SEJA ESTENDIDA A REDE DE ÁGUA  DA LINHA PATRÍCIA ATÉ A PROPRIEDADE DO SENHOR MÁRCIO DUMKE E DEMAIS MORADORES DA LOCALIDADE QUE AINDA NÃO POSSUEM ACESSO Á REDE DE ÁGUA.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1283/1283_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1283/1283_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A REFORMA E PINTURA DA LOMBADA E FAIXA DE SEGURANÇA EM FRENTE A ESCOLA AFONSO PENA, NESTA CIDADE. </t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1284/1284_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1284/1284_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE CONCLUA O SERVIÇO QUE INICIOU; E REALIZE O CASCALHAMENTO EM FRENTE A RESIDÊNCIA DO SR. DILVO HONNEF NA ESTRADA VELHA DA LINHA PATRÍCIA, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1286/1286_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1286/1286_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">         QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A COLOCAÇÃO DE PLACAS INDICATIVAS NO INTERIOR E REFORMA OU REPOSIÇÃO DAS PLACAS EXISTENTES ONDE SE FIZER NECESSÁRIO NA SEDE DO MUNICÍPIO.      		</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PATRÍCIA PARREIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1293/1293_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1293/1293_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE A PREFEITURA MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE - QUEBRA MOLAS, NA RUA AILTON CARDOSO, NA BOA VISTA SUL, NO TRECHO QUE COMPREENDE O CALÇAMENTO, ENTRE O MERCADO BOA VISTA E A RESIDÊNCIA DA SENHORA MARA CARDOSO.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1339/indicacao_007-2019-_patricia__breno_radio_agrudo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1339/indicacao_007-2019-_patricia__breno_radio_agrudo.doc</t>
   </si>
   <si>
     <t>Que a mesa diretora da câmara Municipal de Vereadores de Paraíso do Sul faça uma homenagem pelos quarenta anos da Rádio Agudo e providencie a Realização de uma Sessão solene, com a entrega de uma moção de parabenização aos representantes da empresa.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1342/indicacao_008-2019-_todos__radio_agrudo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1342/indicacao_008-2019-_todos__radio_agrudo.doc</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1358/indicacao_009-2019-_todos__celetro.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1358/indicacao_009-2019-_todos__celetro.doc</t>
   </si>
   <si>
     <t>Que a mesa diretora da câmara Municipal de Vereadores de Paraíso do Sul faça uma homenagem pelos cinquenta anos da Cooperativa de Eletrificação Rural Jacuí (CELETRO) e providencie a Realização de uma Sessão Solene, com a entrega de uma moção de parabenização aos representantes da empresa.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1359/indicacao_010-2019-_patricia_-som_automotivo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1359/indicacao_010-2019-_patricia_-som_automotivo.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal construa um Centro de Eventos, e/ou adquira ou providencie um espaço para realização de eventos de lazer, nas mais diferentes formas de manifestação cultural; Um ambiente que possa propiciar momentos de descontração e de lazer, especialmente aos jovens e famílias, sem prejudicar e atrapalhar o dia-a-dia dos demais moradores.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1373/indicacao_012-2019-breno-_mao_de_obra_local.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1373/indicacao_012-2019-breno-_mao_de_obra_local.doc</t>
   </si>
   <si>
     <t>Que a mesa diretora da Câmara Municipal de Vereadores de Paraíso do Sul faça uma homenagem pelos vinte e cinco anos do Rotary Club e providencie a realização de uma Sessão Solene, com a entrega de uma Moção de Congratulação aos representantes do clube de serviços.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1374/indicacao_012-2019-breno-_mao_de_obra_local.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1374/indicacao_012-2019-breno-_mao_de_obra_local.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine em seus editais de licitação um percentual mínimo de uso de mão de obra local para as empresas que vencem as diferentes modalidades de licitações para obras do município, para assim gerar emprego e renda para os moradores de Paraíso do Sul-RS</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1375/indicacao_013-2019-ciro-_adesivo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1375/indicacao_013-2019-ciro-_adesivo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, faça uma campanha e crie um adesivo para identificar os veículos emplacados em nosso município.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1376/indicacao_014-2019_-_breno-_bueiros.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1376/indicacao_014-2019_-_breno-_bueiros.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que faça a colocação de tubos, na Boa Vista Sul, mais precisamente, em frente à residência do Senhor Eder Ferraz.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1294/1294_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1294/1294_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">LEITURA DA MOÇÃO DE VOTO DE CONGRATULAÇÕES POR INICIATIVA DO VEREADOR BRENO DE OLIVEIRA PARABENIZANDO A EMPRESA DICKOW ALIMENTOS LTDA PELO ANIVERSÁRIO DE 60 ANOS DE HISTÓRIA E COLABORAÇÃO COM O MUNICÍPIO DE PARAÍSO DO SUL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1355/003-_moca0_de_pesar-_aldemar_friedrich.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1355/003-_moca0_de_pesar-_aldemar_friedrich.docx</t>
   </si>
   <si>
     <t>Leitura da moção de pesar aos familiares do Senhor Aldemar Friedrich pelo seu falecimento ocorrido no dia 1º de setembro de 2019.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1274/1274_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1274/1274_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO DA ESTRADA DA LINHA VÁRZEA EM TODA A SUA EXTENSÃO, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1275/1275_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1275/1275_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O CONSERTO E A MANUTENÇÃO DOS BRINQUEDOS NA PRAÇA DA VILA PARAÍSO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1276/1276_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1276/1276_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL,  ENVIE OFÍCIO AO DAER DE CACHOEIRA DO SUL SOLICITANDO QUE O MESMO REALIZE O PATROLAMENTO E ROÇADAS NA RS 502 ENTRE CORTADO  (NOVO CABRAIS), PARAÍSO DO SUL, TABOÃO E CACHOEIRA DO SUL.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1277/1277_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1277/1277_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, REALIZE MELHORIAS TAIS COMO ROÇADAS E ILUMINAÇÃO PÚBLICA NO ACESSO AO PÓRTICO DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1278/1278_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1278/1278_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE DÁ ACESSO A PROPRIEDADE DA FAMÍLIA LAMKAMMER NA LINHA PARAGUAÇU, NO INTERIOR DO MUNICÍPIO._x000D_
 			                        _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1279/1279_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1279/1279_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE REALIZE O CASCALHAMENTO NA ENTRADA DAS PROPRIEDADES DO SENHOR ANTÔNIO MACHADO E DO SENHOR VANTUIR MAYER NA LINHA TRAVESSÃO E NA PROPRIEDADE DO SENHOR MARLON RUFF NA LINHA NÉRI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1280/1280_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1280/1280_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                   QUE O PODER EXECUTIVO MUNICIPAL DETERMINE JUNTO A SECRETARIA COMPETENTE A DISTRIBUIÇÃO GRATUITA DO CALCÁRIO MINERAL PARA OS AGRICULTORES DO MUNICÍPIO DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1281/1281_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1281/1281_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CONSERTO DE ILUMINAÇÃO PÚBLICA EM FRENTE A PROPRIEDADE DO SENHOR JOÃO CAMARGO NA LINHA CAMPESTRE, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1282/1282_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1282/1282_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE CONCLUA O SERVIÇO QUE INICIOU; E REALIZE O CASCALHAMENTO EM FRENTE A RESIDÊNCIA DO SR. DILVO HONNEF NA ESTRADA VELHA DA LINHA PATRÍCIA, NO INTERIOR DO MUNICÍPIO._x000D_
 		_x000D_
 </t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1285/1285_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1285/1285_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, PROVIDENCIE A ELABORAÇÃO DE UM PROJETO PARA EXECUÇÃO DA SEGUNDA ETAPA DAS QUADRAS COBERTAS DAS ESCOLAS MUNICIPAIS RODRIGUES ALVES E PROFESSORA CÉLIA MILDA SCHLESNER SCHIEFELBEIN E REALIZE SEU CADASTRAMENTO NO SINCONV PARA POSTERIOR BUSCA DE RECURSOS ATRAVÉS DE EMENDA PARLAMENTAR.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1287/1287_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1287/1287_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A TROCA DOS BOLEIROS QUEBRADOS, DA ESTRADA GERAL DA LINHA RIÇÃO DA PORTA, ENTRE A PROPRIEDADE DO SR. FRITOLDO BECKER E EMO ALTERMANN. </t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1288/1288_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1288/1288_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO E CASCALHAMENTO DA ESTRADA DA LINHA CONTENDA, EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1290/1290_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1290/1290_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE SEJA FEITA A TROCA DAS LÂMPADAS QUE ESTÃO QUEIMADAS OU QUE APRESENTEM PROBLEMAS NAS LOCALIDADES DA BOA VISTA SUL E NORTE. </t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1291/1291_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1291/1291_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE SEJA FEITO O PATROLAMENTO, CASCALHAMENTO E LIMPEZA DAS MARGENS DAS ESTRADAS COM A RETIRADA DE GALHOS E ARBUSTOS QUE ESTÃO INVADINDO AS VIAS DE PASSAGEM DOS VEÍCULOS E PREJUDICANDO O TRÁFEGO NA BOA VISTA NORTE E SUL. </t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1292/1292_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1292/1292_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE A PREFEITURA MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE FAÇA O ESTUDO, INVESTIMENTO E OBRA NECESSÁRIA PARA MELHORAR O ABASTECIMENTO E A QUALIDADE DA ÁGUA AOS TOMADORES DA REGIÃO BAIXA DO QUILOMBO, QUE, DE ACORDO COM OS MORADORES, ESTÁ EM PÉSSIMAS CONDIÇÕES, ESPECIALMENTE NOS DIAS APÓS CHUVAS NA LOCALIDADE.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1304/pedido-de-providencias-016-2019_-_ciro_-__patro_BGoKl6l.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1304/pedido-de-providencias-016-2019_-_ciro_-__patro_BGoKl6l.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue a reposição de cascalho e o patrolamento da estrada, mais precisamente no acesso as propriedades dos Senhores, Luismar Karsburg  e Delio Drescher na Linha Travessão, no interior do Município.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1305/pedido-de-providencias-017-2019_-_ciro-__pingue_XTlrdpm.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1305/pedido-de-providencias-017-2019_-_ciro-__pingue_XTlrdpm.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente o conserto da pinguela localizada próximo a propriedade do Sr. Valdoivo Wrasse, na localidade de Linha Patrícia no interior do município.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1307/pedido-de-providencias-018-2019-_ciro-_iluminac_hkP2nBh.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1307/pedido-de-providencias-018-2019-_ciro-_iluminac_hkP2nBh.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a conserto da luminária, mais precisamente em frente à Sociedade Mem de Sá, na Linha Contenda no interior deste Município.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1308/pedido-de-providencias-019-2019_-ciro_-_patrola_c1oN1VN.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1308/pedido-de-providencias-019-2019_-ciro_-_patrola_c1oN1VN.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que providencie a colocação  de cascalho em frente a residência do senhor Leomar Garske na Avenida Imigrantes e realize o patrolamento da referida Avenida e nas demais ruas e avenidas da cidade que se fizerem necessário.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1309/pedido-de-providencias-020-2019_-_tiago-_limpez_B7yLUuD.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1309/pedido-de-providencias-020-2019_-_tiago-_limpez_B7yLUuD.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, a limpeza com roçada nas laterais, cascalhamento e patrolamento da estrada geral da Linha Sinimbu, principalmente no trecho que compreende a Escola Cristian Gadtke até a ACUPA, no interior de nosso Município.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1314/pedido-de-providencias-021-2019-_ciro-_iluminac_HPY5qGH.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1314/pedido-de-providencias-021-2019-_ciro-_iluminac_HPY5qGH.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente a revisão e troca das lâmpadas queimadas em toda extensão da localidade de Vila Paraíso especialmente em frente à propriedade do Senhor Elemar Schott e ainda em frente a propriedade da Senhora Edila Koltz na Linha Patrícia no interior deste Município.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1315/pedido-de-providencias-022-2019-_ciro-_acessibilidade.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1315/pedido-de-providencias-022-2019-_ciro-_acessibilidade.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que estude a viabilidade de construir uma rampa ou realize a instalação de um corrimão na entrada do Correio da Vila Paraíso no interior deste Município.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1316/pedido-de-providencias-023-2019-ciro-_borrachudo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1316/pedido-de-providencias-023-2019-ciro-_borrachudo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente a necessidade do fornecimento de produto biológico para combate do mosquito borrachudo para que o mesmo seja efetuado duas vezes ao ano para o combate da larva do mosquito, junto aos mananciais (córregos, arroios, etc.), neste Município.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1319/pedido-de-providencias-024-2019-breno-_patrolam_BFZi0Qo.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1319/pedido-de-providencias-024-2019-breno-_patrolam_BFZi0Qo.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue o cascalhamento e o patrolamento das estradas das localidades de Quilombo e Pau-a-Pique, no interior do Município.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>DITMAR HOLSZCHUH</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1320/pedido-de-providencias-025-2019-ditmar-_troca_de_bueiro.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1320/pedido-de-providencias-025-2019-ditmar-_troca_de_bueiro.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue a troca do bueiro quebrado na rua que dá acesso ao CTG Aconchego dos Tauras e ao Clube Familiar na Vila Paraíso.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1321/pedido-de-providencias-026-2019-ciro-_vereficac_hleWbw9.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1321/pedido-de-providencias-026-2019-ciro-_vereficac_hleWbw9.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente que realize a vistoria em todas pontes antigas do município, especialmente a ponte próxima a Igreja Congregacional da Vila Paraíso.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1324/pedido-de-providencias-027-2019_-tiago-ponte_li_55hqcL9.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1324/pedido-de-providencias-027-2019_-tiago-ponte_li_55hqcL9.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue a manutenção e conserto na cabeceira da Ponte próximo a propriedade do Senhor Gilberto Abich na Localidade de Linha brasileira, interior do Município.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1325/pedido-de-providencias-028-2019-_dutti-_agua_linha_neri.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1325/pedido-de-providencias-028-2019-_dutti-_agua_linha_neri.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que seja estendida a rede de água potável desde a propriedade do Senhor Arcildo Halberstadt até a propriedade do Senhor Márcio Pfeifer na localidade de Linha Néri, interior do município.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1326/pedido-de-providencias-029-2019-ciro-_rocada_e__uL7w9jh.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1326/pedido-de-providencias-029-2019-ciro-_rocada_e__uL7w9jh.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue o patrolamento e roçada da Estrada Velha da Linha Patrícia no interior do Município.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1333/pedido-de-providencias-030-2019_-_tiago-abrigo__POVb6td.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1333/pedido-de-providencias-030-2019_-_tiago-abrigo__POVb6td.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine à Secretaria competente a construção de um abrigo de ônibus na Localidade de Boa Vista Sul, em frente a Marcenaria do Fontoura na RSC 287.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1334/pedido-de-providencias-031-2019-ciro-_conserto__NDygHJg.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1334/pedido-de-providencias-031-2019-ciro-_conserto__NDygHJg.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente a limpeza de um bueiro, o conserto da cabeceira do mesmo,  além da limpeza referida valeta que se encontra o bueiro em frente a propriedade do Senhor Celson Schüller na localidade de Linha Patrícia, interior de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1335/pedido-de-providencias-032-2019-ciro-_conserto__4njD0Pw.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1335/pedido-de-providencias-032-2019-ciro-_conserto__4njD0Pw.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria conserto da cabeceira de um bueiro nas proximidades da propriedade do Senhor Loribaldo Friederich na localidade de Linha Patrícia, interior de Paraíso do Sul.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1336/pedido-de-providencias-033-2019-breno-_escoamen_JDXocHn.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1336/pedido-de-providencias-033-2019-breno-_escoamen_JDXocHn.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue o escoamento da água em frente ao Mercado Rede Fort até a boca de lobo mais próxima, na Avenida Afonso Pena, nesta cidade.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1337/pedido-de-providencias-034-2019-patricia-__lixeira.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1337/pedido-de-providencias-034-2019-patricia-__lixeira.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que realize a instalação de uma nova lixeira, com maior capacidade de armazenamento, na esquina da Rua Ailton Cardoso, que dá acesso a Escola Professora Célia Milda Schlesner Schiefelbein.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1338/pedido-de-providencias-035-2019-eliseu-patrolam_sZA6SRX.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1338/pedido-de-providencias-035-2019-eliseu-patrolam_sZA6SRX.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente o patrolamento com urgência nas localidades de Linha Contenda e estrada do Poço Verde em toda a sua Extensão, no interior do município.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1340/pedido-de-providencias-036-2019-breno-_transpor_a2PTR4y.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1340/pedido-de-providencias-036-2019-breno-_transpor_a2PTR4y.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, disponibilize o transporte gratuito para pacientes que realizam consultas em oftalmologia em Faxinal do Soturno, tendo em vista a grande demanda e a necessidade de o município disponibilizar a gratuidade do serviço, e o transporte atender a Lei Orgânica da Saúde (art.7º da lei 8080-1990) destacando a gratuidade na prestação do serviço de acordo com as diretrizes previstas no art.198 da Constituição Federal.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1343/pedido-de-providencias-_037-2019-_ciro-__reform_qc2YYNc.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1343/pedido-de-providencias-_037-2019-_ciro-__reform_qc2YYNc.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que efetue a troca das pranchas-guia da ponte que dá acesso ao Pavilhão 25 de julho que estão muito danificadas na Linha Patrícia, no interior do município.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1350/pedido-de_-rovidencias-_038-2014_-_eliseu_-_pat_oEYI8Ew.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1350/pedido-de_-rovidencias-_038-2014_-_eliseu_-_pat_oEYI8Ew.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente que efetue a reposição de bueiros nas cabeceiras das entradas e posterior cascalhamento e o patrolamento da estrada, mais precisamente no acesso as propriedades dos Senhores, Luismar Karsburg e Délio Drescher na Linha Travessão, no interior do Município.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1351/pedido-de-providencias-039-2019_-_eliseu-__lama_nVCFqpE.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1351/pedido-de-providencias-039-2019_-_eliseu-__lama_nVCFqpE.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a Secretaria competente que realize a substituição das Lâmpadas  queimadas no Ginásio Municipal.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1354/pedido-de-providencias-040-2019-patricia-__para_iRUUubH.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1354/pedido-de-providencias-040-2019-patricia-__para_iRUUubH.doc</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal determine a secretaria competente que realize a instalação de uma parada de ônibus na estrada que transpassa a Localidade de Boa vista Sul, próximo da curva acentuada ali existente e da residência de  Fabrício Kieffer .</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1360/pedido-de-providencias-041-2019-breno_-_medico-_saude.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1360/pedido-de-providencias-041-2019-breno_-_medico-_saude.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo, dentro das possibilidades, efetue a contratação de mais  um médico para atendimento no posto de saúde da Sede do município, possibilitando o atendimento nos sábados e volta dos plantões.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1361/pedido-_de-_providencias-_042-2019-_eliseu.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1361/pedido-_de-_providencias-_042-2019-_eliseu.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine à Secretaria competente, com a máxima urgência, a colocação de uma proteção de pedra na cabeceira da ponte localizada na Vila Paraíso, no interior deste Município.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1362/pedido-_de-_providencias-_043-2019_-_breno-_cas_CGqGYTE.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1362/pedido-_de-_providencias-_043-2019_-_breno-_cas_CGqGYTE.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal determine a secretaria competente o cascalhamento e patrolamento na estrada da localidade de Linha Patrimônio, mais precisamente na subida do morro e aonde se necessário, neste município.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1369/pedido-de-providencias-045-2019-_ciro_-_acesso__fFSh9Ak.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1369/pedido-de-providencias-045-2019-_ciro_-_acesso__fFSh9Ak.doc</t>
   </si>
   <si>
     <t>Que PEDE.Que o Poder Executivo Municipal, determine a Secretaria competente, que realize a colocação de cascalho na entrada da propriedade do Senhor Celso Dumke na Linha Néri, no interior do município.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1372/pedido-de-providencias-046-2019-_breno_-_patrolamento.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1372/pedido-de-providencias-046-2019-_breno_-_patrolamento.doc</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, determine a Secretaria competente, que realize o patrolamento da Estrada do Monumento do Imigrante na Linha Várzea no interior do município.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1297/projeto_de_decreto_n001-2019aprovado_legislativ_a8JAp7n.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1297/projeto_de_decreto_n001-2019aprovado_legislativ_a8JAp7n.doc</t>
   </si>
   <si>
     <t>Aprova as Contas do Município de Paraíso do Sul, relativas ao exercício financeiro do ano de 2015.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1306/projeto_de_decreto_n002-2019_aprovado_legislati_Z4Payfw.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1306/projeto_de_decreto_n002-2019_aprovado_legislati_Z4Payfw.doc</t>
   </si>
   <si>
     <t>Aprova as Contas do Município de Paraíso do Sul, relativas ao exercício financeiro do ano de 2016.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1263/1263_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1263/1263_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, ANUAL, E FIXA PERCENTUAL DE AUMENTO REAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER EXECUTIVO, APOSENTADOS E PENSIONISTAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1264/1264_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1264/1264_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O HOSPITAL PARAÍSO- ASSOCIAÇÃO ASSISTENCIAL E BENEFICENTE, PARA REPASSE DE VALORES CONFORME PLANO DE TRABALHO, INCLUINDO ELEMENTO DE DESPESA E ABRINDO CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE&amp;#8221;.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1265/1265_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1265/1265_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR UNITÁRIO DO VALE-ALIMENTAÇÃO, CONFORME PREVISÃO DO ART. 2º, § 1º DA LEI MUNICIPAL 1282/2015, DE 23/06/2015.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1266/1266_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1266/1266_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, E FIXA PERCENTUAL DE AUMENTO REAL SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER LEGISLATIVO MUNICIPAL&amp;#8221;.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1267/1267_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1267/1267_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE REVISÃO GERAL E ANUAL SOBRE SUBSÍDIOS E REMUNERAÇÕES DOS AGENTES POLÍTICOS, VEREADORES, FIXANDO O ÍNDICE DE REPOSIÇÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1268/1268_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1268/1268_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE REVISÃO GERAL E ANUAL SOBRE AS REMUNERAÇÕES E SUBSÍDIOS DOS AGENTES POLÍTICOS, PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS, FIXANDO O ÍNDICE DE REPOSIÇÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1269/1269_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1269/1269_texto_integral.doc</t>
   </si>
   <si>
     <t>FIXA O VALOR UNITÁRIO DO VALE-ALIMENTAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL, CONFORME PREVISÃO DO ART. 2º, § 1º DA LEI MUNICIPAL 1283/2015, DE 23/06/2015.&amp;#8221;</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1270/1270_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1270/1270_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DE CAPUT E INCLUI PARÁGRAFO NO ART. 3º DA LEI MUNICIPAL Nº 1340/2017, DE 04/04/2017, QUE VERSA SOBRE A CELEBRAÇÃO DE TERMO DE COLABORAÇÃO ENTRE O PODER EXECUTIVO MUNICIPAL E A ASSOCIAÇÃO BENEFICENTE AMOR PERFEITO- ABRIGO TRANSITÓRIO</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1271/1271_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1271/1271_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A INCLUSÃO DE PROJETO/ATIVIDADE NA LOA, LDO E PPA, JUNTO AO GABINETE DO PREFEITO MUNICIPAL, ABRINDO CRÉDITO ESPECIAL, A FIM DE ATENDER DESPESAS COM O SISTEMA DE CONTROLE INTERNO DO MUNICÍPIO&amp;#8221;. </t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1299/projeto_de_lei_n10-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1299/projeto_de_lei_n10-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito especial no Orçamento vigente, para atender despesas com a aquisição de máquinas e implementos agrícolas para a Patrulha agrícola Mecanizada, e dá outras providências.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1300/projeto_de_lei_n12-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1300/projeto_de_lei_n12-2019.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos das Categorias Funcionais de ´Fiscal de Tributos´ e ´Psicólogo´, integrantes do Quadro de Cargos de Provimento Efetivo da Lei 1103/2011, com alteração pela Lei 1374/2017</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1301/projeto_de_lei_n13-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1301/projeto_de_lei_n13-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar parcelamento e conceder descontos para pagamento do Imposto Predial e Territorial Urbano (IPTU) no exercício 2019, e dá outras providências”.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1302/projeto_de_lei_n14-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1302/projeto_de_lei_n14-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a custear despesas com comemorações do XXXI Aniversário de Emancipação Politico-Administrativo do município de Paraíso do Sul”.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1303/projeto_de_lei_n15-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1303/projeto_de_lei_n15-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de Professores(as)”. Este com pedido de regime de urgência especial. O pedido do regime de urgência especial foi aprovado e a matéria irá tramitar na ordem do dia.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1289/1289_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1289/1289_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE PARAISENSE NOTÁVEL À SRA.  ANANDA MÜLLER._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1295/projeto_de_lei_no17-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1295/projeto_de_lei_no17-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a custear despesas do Torneio Mirim de Futebol de Campo- Edor Bernardo Lüdtke, edição 2019.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1296/projeto_de_lei_n18-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1296/projeto_de_lei_n18-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente, para alocar e viabilizar a transfêrencia de recursos oriundos do Fundo Nacional de Saúde, destinados ao Hospital Paraíso- Associação Assistêncial e Beneficente, e dá outras providências.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1310/projeto_de_lei_n19-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1310/projeto_de_lei_n19-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de projeto/atividade e programa na LOA, LDO e PPA, junto a Secretaria de Turismo, Esporte e Lazer, abrindo crédito Especial, a fim de atender despesas com investimento em infraestrutura esportiva.”</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1311/projeto_de_lei_n20-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1311/projeto_de_lei_n20-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente para inclusão de elemento de despesa em atividade existente, e dá outras providências”.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1312/projeto_de_lei_n21-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1312/projeto_de_lei_n21-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no Orçamento vigente para inclusão de elemento de despesa em atividade existente, e dá outras providências.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1313/projeto_de_lei_no_22-2019.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1313/projeto_de_lei_no_22-2019.doc</t>
   </si>
   <si>
     <t>Cria a Ouvidoria Legislativa Municipal de Paraíso do Sul e dá outras providências”.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1317/projeto_de_lei_n23-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1317/projeto_de_lei_n23-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Colaboração com a Associação Cultural de Paraíso do Sul- PROPARAÍSO, abrindo Crédito Especial.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1318/projeto_de_lei_n24-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1318/projeto_de_lei_n24-2019.pdf</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Orçamento vigente para inclusão de elemento de despesa em atividade existente, e dá outras providências”.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1322/projeto_de_lei_n25-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1322/projeto_de_lei_n25-2019.pdf</t>
   </si>
   <si>
     <t>Aprova a Relação Municipal de Medicamentos Essenciais –REMUME  de Paraíso do Sul, como instrumento técnico-normativo que reúne o elenco de medicamentos padronizados utilizados pela Secretaria Municipal de Saúde”.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1323/projeto_de_lei_n26-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1323/projeto_de_lei_n26-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de um (a) Agente de Combate a Edemias’.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1327/projeto_de_lei_no27-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1327/projeto_de_lei_no27-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operações de Crédito com a Caixa Econômica Federal, para compra de três máquinas pesadas- Secretária de Obras e Trânsito”.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1328/projeto_de_lei_no28-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1328/projeto_de_lei_no28-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo  a  Contratar Operações de Crédito com a Caixa Econômica Federal, para compra de uma Van Escolar- Secretária de Educação e Cultura</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1329/projeto_de_lei_n29-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1329/projeto_de_lei_n29-2019.pdf</t>
   </si>
   <si>
     <t>“Altera disposições e inclui Categorias Funcionais no Quadro de Cargos de Provimento Efetivo do município de Paraíso do Sul, dado pela Lei Municipal n°1103/2011 e suas alterações, revogando artigos das Leis Municipais n°1361/2017, 1374/2017 e 1390/2018.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1330/projeto_de_lei_n30-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1330/projeto_de_lei_n30-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de projeto/atividade na LOA, LDO e PPA, junto a Secretaria Municipal de Saúde, abrindo Crédito Especial, a fim de atender despesas com educação e formação em saúde, revogando a Lei Municipal n°1449/2019</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1331/projeto_de_lei_n31-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1331/projeto_de_lei_n31-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Paraíso do Sul a firmar Termo de Convênio com o Município de Agudo, visando o custeio de despesas com transporte escolar, abrindo Crédito Especial</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1332/projeto_de_lei_n32-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1332/projeto_de_lei_n32-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Contratação Emergencial de 03 (três) profissionais “Médico Clínico geral”</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1341/projeto_de_eli_n_33-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1341/projeto_de_eli_n_33-2019.pdf</t>
   </si>
   <si>
     <t>Declara como ‘RUA’, trecho da Avenida Primeiro de Janeiro, localizado entre os cruzamentos da Avenida com a Rua Willy Roos e a RSC 287 em Paraíso do Sul.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1344/projeto_de_li_n34-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1344/projeto_de_li_n34-2019.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 39 e 41 da Lei Municipal n°1286/2015, de 09/07/2015, que dispõe sobre a política municipal de proteção aos direitos da criança e do adolescente, cria o Conselho Municipal dos direitos da Criança e do Adolescente, o Fundo Municipal dos Direitos da Criança e do Adolescente, o Sistema Municipal de Atendimento  Socioeducativo e o Conselho Tutelar, e dá outras providências”.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1345/projeto_de_lei_n35-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1345/projeto_de_lei_n35-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de uso de bem móvel à Associação Bombeiros Voluntários de Paraíso do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1346/projeto_de_lei_n36-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1346/projeto_de_lei_n36-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 2° e 3° da Lei Municipal n°1282/2015, e o inciso V do artigo 4° da mesma Lei, que versa sobre o sistema de Vale-alimentação no Ãmbito da Administração Municipal- Poder Executivo.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1347/projeto_de_lei_n37-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1347/projeto_de_lei_n37-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de projeto/atividade na LOA, LDO e PPA, junto ás Secretarias Municipais de Obras e Trânsito, e Educação e Cultura, abrindo Crédito Especial, a fim de atender movimentações de operações de crédito.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>Executivo Municipal, TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1348/projeto_de_lei_n38-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1348/projeto_de_lei_n38-2019.pdf</t>
   </si>
   <si>
     <t>Denomina “Estrada Municipal Reinvaldo Temp”, a via pública que transpassa na propriedade de Márcio Temp, no município de Paraíso do Sul”.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1349/projeto_de_lei_n39-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1349/projeto_de_lei_n39-2019.pdf</t>
   </si>
   <si>
     <t>Reconhece e denomina as esquinas: “Esquina Kunde”; “Esquina Becker”; “Esquina Schlesner”; “Esquina Gehrke”; “Esquina Müller”, e “Esquina Otto Kirsch”.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1352/projeto_de_lei_n40-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1352/projeto_de_lei_n40-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal n°1108/2011, estabelecendo programa permanente de atualização cadastral dos aposentados e dos pensionistas vinculados ao Regime Próprio de Previdência Social – RPPS, denominado recenseamento previdenciário.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1353/projeto_de_lei_n41-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1353/projeto_de_lei_n41-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n°1218/2014, de 25/03/2014, que trata acerca do Programa Mais Médicos para o Brasil no âmbito do município de Paraíso do  Sul, revogando as Leis Municipais n° 1284/2015, 1319/2016 e 1427/2018.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1356/projeto_de_lei_n42-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1356/projeto_de_lei_n42-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de elementos de despesa em projeto/atividade incluídos no Orçamento vigente pela Lei Municipal n°1460/2019, a fim de atender Créditos Especiais abertos pela mesma Lei, de operações de crédito, e dá outras providências.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1357/projeto_de_lei_n43-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1357/projeto_de_lei_n43-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a protestar as certidões de dívida ativa correspondentes aos créditos tributários e não tributários do município de Paraíso do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1363/projeto_de_lei_n44-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1363/projeto_de_lei_n44-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2020”.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1365/projeto_de_lei_n45-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1365/projeto_de_lei_n45-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Especial no Orçamento vigente, para inclusão de elementos de despesa em atividades existentes, junto ás Secretarias Municipais de Administração, e Fazenda e Planejamento, e dá outras providências.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1366/projeto_de_lei_n46-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1366/projeto_de_lei_n46-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a inclusão de projeto/atividade na LOA, LDO e PPA, junto a Secretaria Municipal de Saúde, abrindo Crédito Especial, a fim de atender despesas de aquisição de Ambulância Tipo A com recursos do Fundo Nacional de Saúde.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1367/projeto_de_eli_n47-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1367/projeto_de_eli_n47-2019.pdf</t>
   </si>
   <si>
     <t>“Autoriza a redação de alíneas do artigo 78, da Lei Orgânica do município de Paraíso do Sul, que versam sobre os prazos de envio ao Poder Legislativo, do Projeto de Lei sobre as diretrizes orçamentárias e orçamentos anuais.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1364/projeto_de_lei_n48-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1364/projeto_de_lei_n48-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo de Paraíso do Sul a contratar operação de crédito com a caixa Econômica Federal, abrindo Crédito Especial para inclusão de projeto/atividade no Orçamento, e dá outras providências”.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1370/projeto_de_lei_n49-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1370/projeto_de_lei_n49-2019.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 41 da Lei Municipal n°1286/2015, de 09/07/2015, que “ dispõe sobre a política municipal de proteção aos direitos da criança e do adolescente, cria o Conselho Municipal dos Direitos da Criança e do Adolescente, o Sistema Municipal de Atendimento Socioeducativo e o Conselho Tutelar, e dá outras providências”.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1371/projeto_de_lei_n_50-2019.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1371/projeto_de_lei_n_50-2019.pdf</t>
   </si>
   <si>
     <t>Cria e inclui categorias funcionais no Quadro de Cargos de Provimento Efetivo do município de Paraíso do Sul, dado pelo Art.3° da Lei Municipal n°1103/2011</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1368/requerimento_01-_2019-_ciro.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1368/requerimento_01-_2019-_ciro.doc</t>
   </si>
   <si>
     <t>a)	Algum dos veículos pertencentes ao Município de Paraíso do Sul foi autuado por infrações de trânsito durante o ano de 2019?b)	Caso positiva a resposta anterior, quais veículos foram autuados? Quais as infrações cometidas? Em quais datas foram lavradas as infrações? Anexar cópias dos autos de infrações com a resposta.c)	Caso positiva a resposta do Item “a”, qual o valor total que foi e/ou será despendido pelo município para regularização dos Veículos autuados? E para quitação de cada infração lavrada?d)	Na data das infrações, quem era o servidor responsável por gerenciar, manter em condições de conservação, efetuar o pagamento de taxas e Seguro DPVAT, e demais taxas ou encargos incidentes sobre cada veículo autuado por infrações de trânsito?e)	Quais são os servidores atualmente responsáveis por gerenciar, efetuar o pagamento de taxas, Seguro DPVAT, e demais taxas ou encargos incidentes sobre cada veículo de propriedade do Município?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1631,67 +1631,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1272/1272_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1273/1273_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1283/1283_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1284/1284_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1286/1286_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1293/1293_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1339/indicacao_007-2019-_patricia__breno_radio_agrudo.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1342/indicacao_008-2019-_todos__radio_agrudo.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1358/indicacao_009-2019-_todos__celetro.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1359/indicacao_010-2019-_patricia_-som_automotivo.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1373/indicacao_012-2019-breno-_mao_de_obra_local.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1374/indicacao_012-2019-breno-_mao_de_obra_local.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1375/indicacao_013-2019-ciro-_adesivo.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1376/indicacao_014-2019_-_breno-_bueiros.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1294/1294_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1355/003-_moca0_de_pesar-_aldemar_friedrich.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1274/1274_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1275/1275_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1276/1276_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1277/1277_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1278/1278_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1279/1279_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1280/1280_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1281/1281_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1282/1282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1285/1285_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1287/1287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1288/1288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1290/1290_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1291/1291_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1292/1292_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1304/pedido-de-providencias-016-2019_-_ciro_-__patro_BGoKl6l.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1305/pedido-de-providencias-017-2019_-_ciro-__pingue_XTlrdpm.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1307/pedido-de-providencias-018-2019-_ciro-_iluminac_hkP2nBh.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1308/pedido-de-providencias-019-2019_-ciro_-_patrola_c1oN1VN.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1309/pedido-de-providencias-020-2019_-_tiago-_limpez_B7yLUuD.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1314/pedido-de-providencias-021-2019-_ciro-_iluminac_HPY5qGH.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1315/pedido-de-providencias-022-2019-_ciro-_acessibilidade.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1316/pedido-de-providencias-023-2019-ciro-_borrachudo.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1319/pedido-de-providencias-024-2019-breno-_patrolam_BFZi0Qo.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1320/pedido-de-providencias-025-2019-ditmar-_troca_de_bueiro.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1321/pedido-de-providencias-026-2019-ciro-_vereficac_hleWbw9.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1324/pedido-de-providencias-027-2019_-tiago-ponte_li_55hqcL9.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1325/pedido-de-providencias-028-2019-_dutti-_agua_linha_neri.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1326/pedido-de-providencias-029-2019-ciro-_rocada_e__uL7w9jh.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1333/pedido-de-providencias-030-2019_-_tiago-abrigo__POVb6td.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1334/pedido-de-providencias-031-2019-ciro-_conserto__NDygHJg.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1335/pedido-de-providencias-032-2019-ciro-_conserto__4njD0Pw.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1336/pedido-de-providencias-033-2019-breno-_escoamen_JDXocHn.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1337/pedido-de-providencias-034-2019-patricia-__lixeira.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1338/pedido-de-providencias-035-2019-eliseu-patrolam_sZA6SRX.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1340/pedido-de-providencias-036-2019-breno-_transpor_a2PTR4y.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1343/pedido-de-providencias-_037-2019-_ciro-__reform_qc2YYNc.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1350/pedido-de_-rovidencias-_038-2014_-_eliseu_-_pat_oEYI8Ew.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1351/pedido-de-providencias-039-2019_-_eliseu-__lama_nVCFqpE.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1354/pedido-de-providencias-040-2019-patricia-__para_iRUUubH.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1360/pedido-de-providencias-041-2019-breno_-_medico-_saude.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1361/pedido-_de-_providencias-_042-2019-_eliseu.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1362/pedido-_de-_providencias-_043-2019_-_breno-_cas_CGqGYTE.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1369/pedido-de-providencias-045-2019-_ciro_-_acesso__fFSh9Ak.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1372/pedido-de-providencias-046-2019-_breno_-_patrolamento.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1297/projeto_de_decreto_n001-2019aprovado_legislativ_a8JAp7n.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1306/projeto_de_decreto_n002-2019_aprovado_legislati_Z4Payfw.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1267/1267_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1268/1268_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1269/1269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1299/projeto_de_lei_n10-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1300/projeto_de_lei_n12-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1301/projeto_de_lei_n13-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1302/projeto_de_lei_n14-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1303/projeto_de_lei_n15-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1289/1289_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1295/projeto_de_lei_no17-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1296/projeto_de_lei_n18-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1310/projeto_de_lei_n19-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1311/projeto_de_lei_n20-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1312/projeto_de_lei_n21-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1313/projeto_de_lei_no_22-2019.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1317/projeto_de_lei_n23-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1318/projeto_de_lei_n24-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1322/projeto_de_lei_n25-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1323/projeto_de_lei_n26-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1327/projeto_de_lei_no27-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1328/projeto_de_lei_no28-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1329/projeto_de_lei_n29-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1330/projeto_de_lei_n30-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1331/projeto_de_lei_n31-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1332/projeto_de_lei_n32-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1341/projeto_de_eli_n_33-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1344/projeto_de_li_n34-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1345/projeto_de_lei_n35-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1346/projeto_de_lei_n36-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1347/projeto_de_lei_n37-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1348/projeto_de_lei_n38-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1349/projeto_de_lei_n39-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1352/projeto_de_lei_n40-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1353/projeto_de_lei_n41-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1356/projeto_de_lei_n42-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1357/projeto_de_lei_n43-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1363/projeto_de_lei_n44-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1365/projeto_de_lei_n45-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1366/projeto_de_lei_n46-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1367/projeto_de_eli_n47-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1364/projeto_de_lei_n48-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1370/projeto_de_lei_n49-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1371/projeto_de_lei_n_50-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1368/requerimento_01-_2019-_ciro.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1272/1272_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1273/1273_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1283/1283_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1284/1284_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1286/1286_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1293/1293_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1339/indicacao_007-2019-_patricia__breno_radio_agrudo.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1342/indicacao_008-2019-_todos__radio_agrudo.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1358/indicacao_009-2019-_todos__celetro.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1359/indicacao_010-2019-_patricia_-som_automotivo.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1373/indicacao_012-2019-breno-_mao_de_obra_local.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1374/indicacao_012-2019-breno-_mao_de_obra_local.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1375/indicacao_013-2019-ciro-_adesivo.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1376/indicacao_014-2019_-_breno-_bueiros.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1294/1294_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1355/003-_moca0_de_pesar-_aldemar_friedrich.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1274/1274_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1275/1275_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1276/1276_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1277/1277_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1278/1278_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1279/1279_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1280/1280_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1281/1281_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1282/1282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1285/1285_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1287/1287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1288/1288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1290/1290_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1291/1291_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1292/1292_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1304/pedido-de-providencias-016-2019_-_ciro_-__patro_BGoKl6l.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1305/pedido-de-providencias-017-2019_-_ciro-__pingue_XTlrdpm.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1307/pedido-de-providencias-018-2019-_ciro-_iluminac_hkP2nBh.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1308/pedido-de-providencias-019-2019_-ciro_-_patrola_c1oN1VN.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1309/pedido-de-providencias-020-2019_-_tiago-_limpez_B7yLUuD.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1314/pedido-de-providencias-021-2019-_ciro-_iluminac_HPY5qGH.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1315/pedido-de-providencias-022-2019-_ciro-_acessibilidade.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1316/pedido-de-providencias-023-2019-ciro-_borrachudo.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1319/pedido-de-providencias-024-2019-breno-_patrolam_BFZi0Qo.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1320/pedido-de-providencias-025-2019-ditmar-_troca_de_bueiro.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1321/pedido-de-providencias-026-2019-ciro-_vereficac_hleWbw9.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1324/pedido-de-providencias-027-2019_-tiago-ponte_li_55hqcL9.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1325/pedido-de-providencias-028-2019-_dutti-_agua_linha_neri.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1326/pedido-de-providencias-029-2019-ciro-_rocada_e__uL7w9jh.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1333/pedido-de-providencias-030-2019_-_tiago-abrigo__POVb6td.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1334/pedido-de-providencias-031-2019-ciro-_conserto__NDygHJg.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1335/pedido-de-providencias-032-2019-ciro-_conserto__4njD0Pw.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1336/pedido-de-providencias-033-2019-breno-_escoamen_JDXocHn.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1337/pedido-de-providencias-034-2019-patricia-__lixeira.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1338/pedido-de-providencias-035-2019-eliseu-patrolam_sZA6SRX.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1340/pedido-de-providencias-036-2019-breno-_transpor_a2PTR4y.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1343/pedido-de-providencias-_037-2019-_ciro-__reform_qc2YYNc.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1350/pedido-de_-rovidencias-_038-2014_-_eliseu_-_pat_oEYI8Ew.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1351/pedido-de-providencias-039-2019_-_eliseu-__lama_nVCFqpE.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1354/pedido-de-providencias-040-2019-patricia-__para_iRUUubH.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1360/pedido-de-providencias-041-2019-breno_-_medico-_saude.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1361/pedido-_de-_providencias-_042-2019-_eliseu.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1362/pedido-_de-_providencias-_043-2019_-_breno-_cas_CGqGYTE.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1369/pedido-de-providencias-045-2019-_ciro_-_acesso__fFSh9Ak.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1372/pedido-de-providencias-046-2019-_breno_-_patrolamento.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1297/projeto_de_decreto_n001-2019aprovado_legislativ_a8JAp7n.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1306/projeto_de_decreto_n002-2019_aprovado_legislati_Z4Payfw.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1267/1267_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1268/1268_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1269/1269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1299/projeto_de_lei_n10-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1300/projeto_de_lei_n12-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1301/projeto_de_lei_n13-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1302/projeto_de_lei_n14-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1303/projeto_de_lei_n15-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2019/1289/1289_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1295/projeto_de_lei_no17-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1296/projeto_de_lei_n18-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1310/projeto_de_lei_n19-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1311/projeto_de_lei_n20-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1312/projeto_de_lei_n21-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1313/projeto_de_lei_no_22-2019.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1317/projeto_de_lei_n23-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1318/projeto_de_lei_n24-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1322/projeto_de_lei_n25-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1323/projeto_de_lei_n26-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1327/projeto_de_lei_no27-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1328/projeto_de_lei_no28-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1329/projeto_de_lei_n29-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1330/projeto_de_lei_n30-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1331/projeto_de_lei_n31-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1332/projeto_de_lei_n32-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1341/projeto_de_eli_n_33-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1344/projeto_de_li_n34-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1345/projeto_de_lei_n35-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1346/projeto_de_lei_n36-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1347/projeto_de_lei_n37-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1348/projeto_de_lei_n38-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1349/projeto_de_lei_n39-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1352/projeto_de_lei_n40-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1353/projeto_de_lei_n41-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1356/projeto_de_lei_n42-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1357/projeto_de_lei_n43-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1363/projeto_de_lei_n44-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1365/projeto_de_lei_n45-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1366/projeto_de_lei_n46-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1367/projeto_de_eli_n47-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1364/projeto_de_lei_n48-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1370/projeto_de_lei_n49-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1371/projeto_de_lei_n_50-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/sapl/public/materialegislativa/2019/1368/requerimento_01-_2019-_ciro.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="133.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>