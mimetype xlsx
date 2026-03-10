--- v0 (2025-10-13)
+++ v1 (2026-03-10)
@@ -51,2088 +51,2088 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>emenda</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1168/1168_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1168/1168_texto_integral.doc</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO ART. 1º DO PROJETO DE LEI Nº 26/2018 QUE INSTITUI GRATIFICAÇÃO ESPECIAL AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL, QUE DESEMPENHAM TAREFAS EXCEPCIONAIS PARA O PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1178/1178_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1178/1178_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O TEXO DO ART. 2º DO PROJETO  DE LEI Nº 30/2018 PASSA A VIGORAR COM A SEGUINTE REDAÇÃO:_x000D_
 _x000D_
 ART. 2º - O CRÉDITO ESPECIAL AUTORIZADO NO ARTIGO ANTERIOR SERÁ COBERTO COM RECURSOS PROVENIENTES DO FUNDO NACIONAL DE SAÚDE, E SERÁ TRANSFERIDO AO HOSPITAL PARAÍSO &amp;#8211; ASSOCIAÇÃO ASSISTENCIAL E BENEFICENTE, DEVENDO SER UTILIZADO DE ACORDO COM O PLANO DE TRABALHO E CONTRATO A SER FIRMADO COM O MUNICÍPIO.   _x000D_
 </t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1205/1205_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1205/1205_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 1º E 3º DO PROJETO DE LEI Nº 26/2018 QUE INSTITUI GRATIFICAÇÃO ESPECIAL AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL, QUE DESEMPENHAM TAREFAS EXCEPCIONAIS PARA O PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1228/1228_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1228/1228_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;MODIFICA A REDAÇÃO DO QUADRO DO ART. 3º DO PROJETO DE LEI Nº 33/2018 QUE ALTERA OS VALORES PARA O PAGAMENTO DE DESPESAS DE LOCOMOÇÃO E DIÁRIAS AOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1229/1229_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1229/1229_texto_integral.doc</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 06/2018 QUE &amp;#8220;MODIFICA A REDAÇÃO DO ART. 2º E DA ALÍNEA &amp;#8220;F&amp;#8221;, DO ARTIGO 4º DO PROJETO DE LEI Nº 34/2018.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1098/1098_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1098/1098_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REMETA PROJETO DE LEI PARA O LEGISLATIVO, COM OBJETIVO DE IMPLANTAR UMA ACADEMIA POPULAR AO AR LIVRE NA PRAÇA DA VILA PARAÍSO, PROMOVENDO A SAÚDE DA POPULAÇÃO DESTA LOCALIDADE E ARREDORES.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1099/1099_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1099/1099_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL TOME AS DEVIDAS PROVIDÊNCIAS NECESSÁRIAS PARA A REALIZAÇÃO DA PUBLICAÇÃO DAS PORTARIAS, EXPEDIDAS PELO PREFEITO MUNICIPAL, NO SITE OFICIAL DO MUNICÍPIO E ENCAMINHE REGULARMENTE CÓPIA DAS LEIS MUNICIPAIS, DECRETOS E PORTARIAS À CÂMARA MUNICIPAL DE VEREADORES DE PARAÍSO DO SUL, BUSCANDO UMA MELHOR TRANSPARÊNCIA NOS ATOS DA ADMINISTRAÇÃO PÚBLICA. </t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1123/1123_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1123/1123_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL TOME AS DEVIDAS PROVIDÊNCIAS NECESSÁRIAS PARA A REALIZAÇÃO DE UMA VISTORIA TÉCNICA DA ENGENHEIRA CIVIL DO MUNICÍPIO E EFETUE UMA REFORMA NO PÓRTICO DE ACESSO À CIDADE DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DILIGENCIE JUNTO AS EMPRESAS PRESTADORAS DESSE SERVIÇO E INCENTIVE-AS A PROPORCIONAR SINAL DE INTERNET AOS MORADORES DO INTERIOR DO MUNICÍPIO E, SE SER FOR O CASO, A REALIZAREM A INSTALAÇÃO DE ANTENAS E EQUIPAMENTOS NECESSÁRIOS PARA GARANTIR O RESPECTIVO ACESSO NAS LOCALIDADES DE LINHA CONTENDA E LINHA PATRIMÔNIO E NAS DEMAIS LOCALIDADES DO INTERIOR ONDE, ATUALMENTE, NÃO É DISPONIBILIZADA ADEQUADAMENTE ESSA TECNOLOGIA.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1130/1130_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1130/1130_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">       QUE O PODER EXECUTIVO MUNICIPAL, ADQUIRA UM ROLO COMPACTADOR PARA QUE SEJAM EFETUADAS MELHORIAS NAS ESTRADAS DO INTERIOR DO MUNICÍPIO._x000D_
 	_x000D_
 </t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1146/1146_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1146/1146_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, GARANTA UM LUGAR ADEQUADO PARA SER UTILIZADO PELO CONSELHO TUTELAR NESTA CIDADE.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1147/1147_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1147/1147_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL TOME AS DEVIDAS PROVIDÊNCIAS NECESSÁRIAS PARA A REALIZAÇÃO DO CONSERTO NA ILUMINAÇÃO PÚBLICA EXISTENTE E COLOCAÇÃO DE NOVAS LUMINÁRIAS EM PONTOS EXCLUSIVOS AO DECORRER DE TODA EXTENSÃO DA LINHA PROGRESSO, MAS CASO NÃO SEJA POSSÍVEL EM TODA LINHA, ENTÃO QUE SEJA COLOCADO URGENTEMENTE ATÉ AS ADJACÊNCIAS DAS PROPRIEDADES DOS SRS. ELISEU DE FRANCISCO E GLICÉRIO KEMMERICH,  BUSCANDO UM MELHOR CONFORTO E SENTIMENTO DE SEGURANÇA AOS USUÁRIOS E PROPRIETÁRIOS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1155/1155_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1155/1155_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO E CASCALHAMENTO NO TRECHO DA ESTRADA EM FRENTE À PROPRIEDADE DE EDVINO DUMKE, NA LOCALIDADE DE LINHA PATRIMÔNIO.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1169/1169_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1169/1169_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A DISPONIBILIZAÇÃO GRATUITA DE CALCÁRIO PARA OS AGRICULTORES DO MUNICÍPIO, PARA DESTA FORMA INCENTIVAR O SETOR AGRÍCOLA DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1170/1170_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1170/1170_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA INSTITUÍDA A SEMANA MUNICIPAL DE PREVENÇÃO DE ACIDENTES EM PARAÍSO DO SUL, ANUALMENTE, EM JULHO, DURANTE A COMEMORAÇÃO DO DIA DO BOMBEIRO VOLUNTÁRIO. </t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1173/1173_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1173/1173_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO DETERMINE A SECRETARIA COMPETENTE, QUE INCLUA NA BASE CURRICULAR DAS ESCOLAS MUNICIPAIS A DISCIPLINA DE LÍNGUA ALEMÃ.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1192/1192_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1192/1192_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE, COM MÁXIMA URGÊNCIA, A NORMALIDADE DO ABASTECIMENTO DE ÁGUA POTÁVEL PARA OS MUNÍCIPES DA CIDADE E INTERIOR DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1193/1193_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1193/1193_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">       QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A INSTALAÇÃO DE CÂMERAS DE VÍDEO MONITORAMENTO NO MUNICÍPIO, MEDIANTE SISTEMA INTEGRADO DE CERCAMENTO ELETRÔNICO, BEM COMO TOME AS MEDIDAS CABÍVEIS A FIM DE POSSIBILITAR A REALIZAÇÃO DE PARCERIAS COM OS MUNÍCIPES E EMPRESAS LOCALIZADAS NO MUNICÍPIO, PARA INSTALAÇÃO DE EQUIPAMENTOS E CEDÊNCIA DE IMAGENS AOS ÓRGÃOS DE SEGURANÇA.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1197/1197_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1197/1197_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE A CÂMARA DE VEREADORES PRESTE UMA HOMENAGEM EM SESSÃO ORDINÁRIA DESTA CASA LEGISLATIVA E REALIZE A ENTREGA UMA MOÇÃO DE AGRADECIMENTO AO HUSM- HOSPITAL UNIVERSITÁRIO DE SANTA MARIA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE PARAÍSO DO SUL NA ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1200/1200_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1200/1200_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ATUALIZE A GALERIA DOS PREFEITOS, INCLUINDO A FOTO E INFORMAÇÕES DOBRE OS PREFEITOS DAS GESTÕES 2009-2012 E 2013-2016.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1204/1204_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1204/1204_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">       QUE SEJA INSTITUÍDA A LIGA DE ESPORTES NO MUNICÍPIO DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1208/1208_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1208/1208_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE ADQUIRA DUAS MONTARIAS/ENCILHAS COMPLETAS PARA SEREM UTILIZADAS DURANTE O TRABALHO COM OS CAVALOS NO PROJETO CONVIVER- QUE ATUA NA EDUCAÇÃO ESPECIAL DE CRIANÇAS E JOVENS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1210/1210_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1210/1210_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">       QUE O PODER EXECUTIVO VIABILIZE A CONSTRUÇÃO DE UM ABATEDOURO MUNICIPAL, DENTRO DAS NORMAS EXIGIDAS EM LEI E LICENÇAS OBRIGATÓRIAS DE HIGIENE E SEGURANÇA PARA VIABILIZAR O ABATE E A AGRO INDUSTRIALIZAÇÃO DE PRODUTOS CÁRNEOS, COMO PRODUÇÃO EMBUTIDOS E CORTES DE AVES, BOVINOS, SUÍNOS E DEMAIS ESPÉCIES ANIMAIS QUE SÃO CRIADAS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1222/1222_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1222/1222_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL TOME AS MEDIDAS CABÍVEIS, BEM COMO PROCEDA A ADEQUAÇÃO LEGISLATIVA QUE SE MOSTRAR NECESSÁRIA, PARA QUE SEJA GARANTIDO AOS SERVIDORES QUE ATUAM NA ESTAÇÃO DE TRATAMENTO DE ÁGUA MEDIANTE CONTATO COM PRODUTOS QUÍMICOS, O RECEBIMENTO DO COMPETENTE ADICIONAL DE INSALUBRIDADE.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1225/1225_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1225/1225_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL TOME AS MEDIDAS CABÍVEIS, BEM COMO PROCEDA À ADEQUAÇÃO LEGISLATIVA QUE SE MOSTRAR NECESSÁRIA, PARA QUE SEJA GARANTIDO AOS SERVIDORES QUE ATUAM COMO AGENTE DE SAÚDE E AGENTE EPIDEMIOLÓGICO MEDIANTE CONTATO COM SITUAÇÕES DE RISCO A SAÚDE DOS MESMOS, O RECEBIMENTO DO COMPETENTE ADICIONAL DE INSALUBRIDADE.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1226/1226_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1226/1226_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL CONTATE COM URGÊNCIA OS NOVOS PROPRIETÁRIOS DA FÁBRICA DE CALÇADOS NABI CALÇADOS E LHES OFEREÇA OS INCENTIVOS FISCAIS QUE A LEI PERMITE, PARA ASSIM GERAR INCREMENTO DE RENDA E EMPREGO PARA OS MUNÍCIPES PROPORCIONANDO DESTA FORMA IMPACTO POSITIVO NO COMERCIO LOCAL.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1233/1233_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1233/1233_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A MESA DIRETORA DA CÂMARA MUNICIPAL DE VEREADORES DE PARAÍSO DO SUL FAÇA UMA HOMENAGEM PELOS SEIS ANOS DO PROERD NO MUNICÍPIO, E PELOS VINTE ANOS DO MESMO NO ESTADO, E PROVIDENCIE A REALIZAÇÃO DE UMA SESSÃO SOLENE, COM A ENTREGA DE UMA MOÇÃO DE PARABENIZARÃO AO COORDENADOR DO PROGRAMA NO MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1234/1234_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1234/1234_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O COMPETENTE PROJETO DE LEI PARA OBRA DE PAVIMENTAÇÃO (CALÇAMENTO) NO TRECHO DE EXTENSÃO DA RUA 1º DE JANEIRO, DESTE A IGREJA CONGREGACIONAL ATÉ O PRÉDIO DA ANTIGA FÁBRICA DE CALÇADOS REIFFER E POSSÍVEL CADASTRAMENTO NO GOVERNO FEDERAL PARA CAPTAÇÃO DE RECURSOS.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1237/1237_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1237/1237_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO TOME AS DEVIDAS MEDIDAS PARA A CRIAÇÃO DE PROGRAMA DE CONTROLE POPULACIONAL DE CÃES E GATOS NO MUNICÍPIO E/OU PARCERIA COM UNIVERSIDADE E INSTITUIÇÕES QUE OFEREÇAM CURSOS RELACIONADOS A ÁREA PARA QUE SEJAM DESENVOLVIDAS AÇÕES PARA O CONTROLE POPULACIONAL DOS ANIMAIS, CONTROLE DE ZOONOSES, ASSIM COMO ATIVIDADES DE CONSCIENTIZAÇÕES ACERCA DA CRIAÇÃO DE ANIMAIS DOMÉSTICOS E LEGISLAÇÃO QUANTO O ABANDONO E MAUS TRATOS DE CÃES E GATOS NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1238/1238_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1238/1238_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ELABORE PROJETO DE LEI &amp;#8220;CALÇADA CONSTRUÍDA, PARAÍSO MAIS BONITO&amp;#8221;.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1239/1239_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1239/1239_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ENVIE AO PODER LEGISLATIVO O COMPETENTE PROJETO DE LEI PARA ALTERAÇÃO DO ESTATUTO JURÍDICO DOS SERVIDORES, E DAS DEMAIS DISPOSIÇÕES LEGAIS CUJA ALTERAÇÃO SEJA NECESSÁRIA, PARA QUE PASSE A SER POSSÍVEL AOS SERVIDORES USUFRUIR SUAS FÉRIAS EM ATÉ TRÊS PERÍODOS, NA FORMA JÁ PREVISTA NA CLT.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1240/1240_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1240/1240_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, VISE A POSSIBILIDADE JUNTO COM A SECRETARIA COMPETENTE O ENCANAMENTO E CANALIZAÇÃO DA ÁGUA DA BARRAGEM DA LINHA DA FONTE, PARA ESTAÇÃO DE TRATAMENTO DE ÁGUA (ETA), NA LINHA DA FONTE E ESTA VENHA A SUPRIR AS NECESSIDADES DOS MORADORES DA SEDE DESTE MUNICÍPIO.      </t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1246/1246_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1246/1246_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A COLOCAÇÃO DE PLACAS INDICATIVAS ANTES DE PONTES, INDICANDO PESO MÁXIMO QUE A MESMA SUPORTA, EM PONTOS TURÍSTICOS, E REALIZA A REFORMA OU REPOSIÇÃO DAS PLACAS EXISTENTES ONDE SE FIZER NECESSÁRIO NO INTERIOR DO MUNICÍPIO.      		</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1102/1102_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1102/1102_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRE-NOS INFORMÁ-LOS QUE ESTA CÂMARA MUNICIPAL DE VEREADORES, INSERIU NA ATA DOS TRABALHOS DA SESSÃO ORDINÁRIA, REALIZADA NO DIA 1° DE MARÇO DE 2018, UM VOTO DE PROFUNDO PESAR, PELO FALECIMENTO DO SENHOR FLORINDO IVO KARSBURG OCORRIDO NO DIA 1º DE MARÇO DE 2018. </t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PARAÍSO DO SUL/RS_x000D_
 CUMPRE-NOS INFORMÁ-LOS QUE ESTA CÂMARA MUNICIPAL DE VEREADORES, POR INICIATIVA DO VEREADOR CIRO ARI JAGNOW, FOI INSERIDA NA ATA DOS TRABALHOS DA SESSÃO ORDINÁRIA, REALIZADA NO DIA 05 DE MARÇO DE 2018, UM VOTO DE PROFUNDO PESAR, PELO FALECIMENTO DO SENHOR EGON RATZLAFF OCORRIDO NO DIA 16 DE FEVEREIRO DE 2018. _x000D_
 </t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1137/1137_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1137/1137_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRE-NOS INFORMÁ-LOS QUE ESTA CÂMARA MUNICIPAL DE VEREADORES, POR INICIATIVA DOS VEREADORES CIRO ARI JAGNOW E JOSÉ ORESTES LOVATO, FOI INSERIDA NA ATA DOS TRABALHOS DA SESSÃO ORDINÁRIA, REALIZADA NO DIA 02 DE ABRIL DE 2018, UM VOTO DE PROFUNDO PESAR, PELO FALECIMENTO DO SENHOR EDEMAR PRETZEL OCORRIDO NO DIA 20 DE MARÇO DE 2018. </t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1138/1138_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1138/1138_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRE-NOS INFORMÁ-LOS QUE ESTA CÂMARA MUNICIPAL DE VEREADORES, POR INICIATIVA DO VEREADOR JOÃO RICARDO DA ROSA, FOI INSERIDA NA ATA DOS TRABALHOS DA SESSÃO ORDINÁRIA, REALIZADA NO DIA 16 DE ABRIL DE 2018, UM VOTO DE  CONGRATULAÇÕES,  PELA ORGANIZAÇÃO DA FEIRA MUNICIPAL DE NOVO CABRAIS REALIZADA NOS DIAS 6,7 E 8 DE ABRIL DE 2018.. </t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1139/1139_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1139/1139_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRE-NOS INFORMÁ-LOS QUE ESTA CÂMARA MUNICIPAL DE VEREADORES, POR INICIATIVA DA VEREADORA PATRÍCIA PARREIRA ,  FOI  INSERIDA NA ATA DOS TRABALHOS DA SESSÃO ORDINÁRIA, REALIZADA NO DIA  16 DE ABRIL DE 2018, UM VOTO DE PROFUNDO PESAR, PELO FALECIMENTO DO SENHOR CIRO SEIBERT OCORRIDO NO DIA 14 DE ABRIL DE 2018. </t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO A PAROQUIA DE SÃO CLAUDIO, PELO FALECIMENTO DO FREI GERVÁSIO MUTTONI, OCORRIDO NO DIA 29 DE ABRIL DE 2018, AOS 91 ANOS DE IDADE. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1203/1203_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1203/1203_texto_integral.docx</t>
   </si>
   <si>
     <t>UM VOTO DE  AGRADECIMENTO,  PELA SUA  CONTRIBUIÇÃO PARA O APRENDIZADO E DESENVOLVIMENTO DE PESSOAS COM DEFICIÊNCIA ATRAVÉS DO EMPRÉSTIMO DE SEUS CAVALOS PARA  A EDUCAÇÃO ESPECIAL, &amp;#8220;PROJETO CONVIVER&amp;#8221;.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1089/1089_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1089/1089_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE COM URGÊNCIA A RETOMADA DAS ROÇADAS NO INTERIOR DO MUNICÍPIO, POIS A VEGETAÇÃO ESTÁ INVADINDO AS ESTRADAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1090/1090_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1090/1090_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O CONSERTO E A MANUTENÇÃO DOS BRINQUEDOS E DAS LIXEIRAS DA PRAÇA FLORINALDO ROHDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1091/1091_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1091/1091_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO E ROÇADA DA ESTRADA DA LINHA DA FONTE E TRAVESSA FLORES EM TODA DA SUA EXTENSÃO, NO INTERIOR DO MUNICÍPIO.	</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1092/1092_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1092/1092_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O CASCALHAMENTO DA ESTRADA DA LINHA PATRIMÔNIO EM TODA DA SUA EXTENSÃO, NO INTERIOR DO MUNICÍPIO.			                       </t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1093/1093_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1093/1093_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A REABERTURA DE UMA ESTRADA NAS PROXIMIDADES DO ACESSO A PROPRIEDADE DO FALECIDO SR. ARNALDO KARSBURG NA LINHA PATRIMÔNIO, NO INTERIOR DO MUNICÍPIO.	</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1094/1094_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1094/1094_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A ROÇADA E LIMPEZA NAS RUAS E NA PRAÇA DA LOCALIDADE DE VILA PARAÍSO NO INTERIOR DO MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1095/1095_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1095/1095_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O RECOLHIMENTO DE LIXO NA LINHA BRASILEIRA DESDE A ESQUINA GEHRKE ATÉ A PROPRIEDADE DO SENHOR LEONI OESTREICH, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1096/1096_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1096/1096_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A MANUTENÇÃO E CONSERTO NA CABECEIRA DA PONTE ENTRE A PROPRIEDADE DOS SENHORES LEONI OESTREICH E INOR MULLER NA LOCALIDADE DE LINHA BRASILEIRA, INTERIOR DO MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1097/1097_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1097/1097_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A RECONSTRUÇÃO DA PARADA DE ÔNIBUS ÀS MARGENS DA RSC 287, EM FRENTE À MARCENARIA FONTOURA, NA ENTRADA PARA A BOA VISTA SUL, PRÓXIMO À RESIDÊNCIA DE JOSÉ HOPPE E QUE, SE NECESSÁRIO, DILIGENCIE JUNTO COM O DAER OU ÓRGÃO COMPETENTE PARA AUTORIZAR E OU SUPRIR A DEMANDA. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1107/1107_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1107/1107_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO COM URGÊNCIA NA LOCALIDADE DE LINHA TRAVESSÃO EM TODA A SUA EXTENSÃO, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1113/1113_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1113/1113_texto_integral.doc</t>
   </si>
   <si>
     <t>: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS PRÓXIMO À  ENTRADA DA PROPRIEDADE DO SENHOR MÁRIO VEGNER NA LOCALIDADE DE LINHA CONTENDA</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1114/1114_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1114/1114_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A TROCA OU MELHORIA NA REDE DE PROTEÇÃO DA QUADRA DE ESPORTES DO GINÁSIO MUNICIPAL E QUE TAMBÉM PROVIDENCIE AS DEMAIS ADEQUAÇÕES NECESSÁRIAS PARA A PRÁTICA DOS MAIS VARIADOS ESPORTES NO LOCAL. </t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1115/1115_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1115/1115_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE PEDE: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA NO PAVILHÃO DA ESCOLA 25 DE JULHO</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1116/1116_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1116/1116_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O ATERRAMENTO NAS CABECEIRAS DA PONTE ENTRE A PROPRIEDADE DO SR. BRENO MULLER E A ESCOLA MAX PAULO SCHLÖSSER NA LINHA TRAVESSÃO.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1117/1117_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1117/1117_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A PERFURAÇÃO DE UM POÇO ARTESIANO NAS PROXIMIDADES DA ESCOLA ROBERTO LOOSE NA LINHA PATRIMÔNIO, INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1118/1118_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1118/1118_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O CONSERTO DO TANQUE DA ÁGUA DO CAMINHÃO DA ASSOCIAÇÃO BOMBEIROS VOLUNTÁRIOS DE PARAÍSO DO SUL, PARA QUE A ENTIDADE POSSA DESEMPENHAR SUAS ATIVIDADES DE MANEIRA MAIS EFICIENTE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1119/1119_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1119/1119_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE O PATROLAMENTO, CASCALHAMENTO E COLOCAÇÃO DE TUBOS NA &amp;#8220;RUA E&amp;#8221;, E NA ESTRADA LATERAL AO MERCADO ECONÔMICO, NESTA CIDADE. </t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1120/1120_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1120/1120_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O CONSERTO DA CABECEIRA DA PONTE QUE DÁ ACESSO ÀS PROPRIEDADES DO SENHOR RODRIGO DUMKE E DO SENHOR JOÃO PEREIRA NA LOCALIDADE DE LINHA PARAGUAÇU, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1121/1121_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1121/1121_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A COLOCAÇÃO DE BUEIROS NA PICADA KEMMERICH NA LOCALIDADE DE LINHA TRAVESSÃO NO INTERIOR DO MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1124/1124_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1124/1124_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A PINTURA DE FAIXA AMARELA, EM FRENTE À ESCOLA ESTADUAL DE ENSINO MÉDIO PRESIDENTE AFONSO PENA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1125/1125_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1125/1125_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE O CONSERTO E A INSTALAÇÃO, ONDE NECESSÁRIO, DE LÂMPADAS NA BOA VISTA NORTE E TRAVESSA DO GINÁSIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1126/1126_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1126/1126_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A RECONSTRUÇÃO DA PONTE SOBRE O VALO NO FINAL DA AVENIDA TIRADENTES ESQUINA COM A RUA ROBERTO SCHULTZ, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1127/1127_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1127/1127_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE RESERVE UM DIA POR MÊS PARA RECOLHER GALHOS E LIXO NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1128/1128_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1128/1128_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A COLOCAÇÃO DE NOVAS LIXEIRAS E SUBSTITUA AS QUE ESTÃO DANIFICADAS, EM NOSSA CIDADE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1135/1135_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1135/1135_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A COLOCAÇÃO DE BUEIROS NAS PROXIMIDADES DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL DUQUE DE CAXIAS NA VILA PARAÍSO, PARA QUE O LOCAL SIRVA DE REFÚGIO E ESTACIONAMENTO DOS ÔNIBUS DO TRANSPORTE ESCOLAR, PARA QUE ASSIM OS ALUNOS NÃO PRECISEM MAIS ATRAVESSAR A AVENIDA PARA ACESSAREM OS VEÍCULOS DO TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1140/1140_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1140/1140_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE EFETUE, COM URGÊNCIA, A ROÇADA NA ESTRADA DA LINHA CONTENDA ATÉ O POÇO VERDE, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1141/1141_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1141/1141_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CONSERTO DA ILUMINAÇÃO PÚBLICA EM FRENTE À PROPRIEDADE DO SENHOR SIGMAR LÜDTKE, E INSTALAÇÃO DE UMA LUMINÁRIA NOVA EM FRENTE À PROPRIEDADE DE RODRIGO LÜDTKE, AMBAS NA LOCALIDADE DE LINHA PATRÍCIA.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1142/1142_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1142/1142_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CONSERTO DA ILUMINAÇÃO PÚBLICA EM FRENTE AO MONUMENTO DOS IMIGRANTES NA POUSADA DOS IMIGRANTES.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1143/1143_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1143/1143_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE UM PROFESSOR DE LÍNGUA INGLESA PARA MINISTRAR AULAS DESSA DISCIPLINA NA ESCOLA RODRIGUES ALVES. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1148/1148_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1148/1148_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A LIMPEZA DA VALETA NOS FUNDOS DA PRIMEIRA COHAB, NESTA CIDADE.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1149/1149_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1149/1149_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A PREFEITURA MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O CONSERTO IMEDIATO DA COLHEDORA DE MILHO. </t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1150/1150_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1150/1150_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A PINTURA DO PRÉDIO DO CORREIO DA VILA PARAÍSO.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1152/1152_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1152/1152_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE SOMENTE A COBRANÇA DA TAXA DE ÁGUA (SEM COBRANÇA DE EXCESSOS) DOS MORADORES DA PICADA KÖHN, ATÉ QUE OS REDUTORES DE ÁGUA SEJAM INSTALADOS NAS RESIDÊNCIAS DESTA LOCALIDADE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1153/1153_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1153/1153_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE O PATROLAMENTO DA ESTRADA DA LINHA PROGRESSO, EM FRENTE À PROPRIEDADE DO SENHOR RAFAEL BILHA E EM TODA SUA EXTENSÃO NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1154/1154_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1154/1154_texto_integral.doc</t>
   </si>
   <si>
     <t>: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CONSERTO DE LÂMPADAS QUEIMADAS, MAIS PRECISAMENTE EM FRENTE À RESIDÊNCIA DO SENHOR ALDO SCHOTT, E EM FRENTE AO CAMPO DE FUTEBOL NA VILA PARAÍSO, E AONDE MAIS SE FIZER NECESSÁRIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1159/1159_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1159/1159_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, O CASCALHAMENTO NA ENTRADA DAS PROPRIEDADES DOS SENHORES ELIO HEIDRICH E DARCI HEIDRICH NA LOCALIDADE DE CONTENDA NO INTERIOR DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1160/1160_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1160/1160_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA EM FRENTE À RESIDÊNCIA DO SENHOR MARCELO WRASSE, NA LOCALIDADE DE MANGUEIRINHA, INTEIRO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1161/1161_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1161/1161_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE EFETUE ROÇADAS E PATROLAMENTO EM TODA A EXTENSÃO NAS LOCALIDADES DE LINHA CONTENDA, POÇO VERDE, RODEIO DO HERVAL ATÉ A LINHA SÃO JOÃO; E CASCALHAMENTO AONDE SE FIZER NECESSÁRIO NESTAS LOCALIDADES ACIMA CITADAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1162/1162_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1162/1162_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CONSERTO DA ILUMINAÇÃO PÚBLICA EM FRENTE ÀS PROPRIEDADES DOS SENHORES VIDALMO MULLER, FERNANDO KUNDE, ELEMAR SCHOTT, ELVINO DUMKE, FUNERÁRIA DA PAZ ETERNA DE JAIRO BELLING E ENTRE O CORREIO E BRENO LUDTKE.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1163/1163_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1163/1163_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A VISTORIA DA PONTE DE MADEIRA NA LOCALIDADE DE POÇO VERDE, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1164/1164_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1164/1164_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CONSERTO DA ILUMINAÇÃO PÚBLICA EM FRENTE A PROPRIEDADE DO SENHOR CLÁUDIO LÜDTKE NA LINHA PATRÍCIA, INTERIOR DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1165/1165_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1165/1165_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A RETOMADA DO ABASTECIMENTO DE ÁGUA NA PROPRIEDADE DO SENHOR ALDO BELLING E DEMAIS MORADORES DA LINHA PARAGUAÇU QUE ESTÃO SOFRENDO COM A FALTA DE ÁGUA. </t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1171/1171_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1171/1171_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CONSERTO DE LÂMPADAS QUEIMADAS, MAIS PRECISAMENTE EM FRENTE À RESIDÊNCIA DO SENHOR TEODORO WRASSE E DE SUA MÃE, NAS PROXIMIDADES DA POUSADO DOS IMIGRANTES NA ESTRADA SINIMBÚ E, EM FRENTE À PROPRIEDADE DO SR. ARLINDO ARGILAR NA LOCALIDADE DE LINHA TRAVESSÃO. </t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1172/1172_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1172/1172_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE O CASCALHAMENTO DA ESTRADA EM FRENTE À PROPRIEDADE DO SR. GIOVANE BERNARDT ATÉ A PROPRIEDADE DO SR. VITOR BERNADT, NA LOCALIDADE DE QUILOMBO, INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1174/1174_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1174/1174_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CONSERTO DA ILUMINAÇÃO PÚBLICA EM FRENTE À ESCOLA MUNICIPAL CRISTIAN GADTKE, E DAS RESIDÊNCIAS DOS SENHORES AIRTON MÜLLER, MARCELO MARTIN E CARLOS BUSKE, NA LOCALIDADE DE LINHA SINIMBÚ, INTERIOR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1175/1175_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1175/1175_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE, QUE EFETUE A RECONSTRUÇÃO (COM URGÊNCIA) DA PONTE DE MADEIRA LOCALIZADA NA SEDE DO MUNICÍPIO, MAIS PRECISAMENTE NO ACESSO AS PROPRIEDADES DOS SENHORES LEVINO MARTIN E LUIS FELIX.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1176/1176_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1176/1176_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O PATROLAMENTO, CASCALHAMENTO E A REALIZAÇÃO DE ROÇADAS NAS LOCALIDADES DE LINHA PATRÍCIA E LINHA PARAGUAÇU ONDE SE FIZER NECESSÁRIO NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1181/1181_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1181/1181_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE, A TROCA DE LÂMPADA QUEIMADA EM FRENTE A PROPRIEDADE DO SENHOR CARLOS RADISKE NA LOCALIDADE  DE VILA PARAÍSO.  </t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1182/1182_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1182/1182_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A TROCA DA LÂMPADA QUEIMADA EM FRENTE A PROPRIEDADE DO SENHOR ARISTEU FRIZZ NA LINHA NÉRI E A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA EM FRENTE A PROPRIEDADE DO SENHOR ADILSON KEMMERICH NA LINHA TRAVESSÃO, INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1183/1183_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1183/1183_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A COLOCAÇÃO DE CASCALHO NA ENTRADA NA PROPRIEDADE DO SENHOR EDMUNDO BEHLING LOCALIZADO NOS FUNDOS DA CASA DO SENHOR LAURINDO LINK NA LINHA CONTENDA, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CONSERTO DE LÂMPADAS QUEIMADAS, MAIS PRECISAMENTE EM FRENTE A ANTIGA ESCOLA BENJAMIM CONSTANT, NA LINHA PARAGUAÇU, INTERIOR DO MUNICÍPIO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1186/1186_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1186/1186_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE ADOTE AS MEDIDAS NECESSÁRIAS E RECOLHA OS CACHORROS SOLTOS NA RUA DE NOSSA CIDADE E REMOVA OS MESMOS PARA UM LOCAL ADEQUADO.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1187/1187_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1187/1187_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE O CASCALHAMENTO NA ESTRADA QUE DÁ ACESSO A PROPRIEDADE DO SR. ALDO LÜDTKE, NA LOCALIDADE DE MANGUEIRINHA, INTERIOR DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1188/1188_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1188/1188_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE EFETUAR COM URGÊNCIA O PATROLAMENTO CASCALHAMENTO DO CERRO DE ACESSO A LOCALIDADE DE LINHA PATRIMÔNIO EM TODA A SUA EXTENSÃO NO INTERIOR DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1189/1189_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1189/1189_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE A PREFEITURA MUNICIPAL DILIGENCIE JUNTO A RGE SUL PARA QUE  ESTA FAÇA A INSTALAÇÃO E/OU, SE FOR O CASO, EXTENSÃO DE REDE DE BAIXA VOLTAGEM NAS PROXIMIDADES DA RESIDÊNCIA DE NORVALDO LUIZ DA ROSA, NA LOCALIDADE DE BOA VISTA SUL, A FIM DE POSSIBILITAR  A INSTALAÇÃO DE LÂMPADAS DE ILUMINAÇÃO PÚBLICA NOS POSTES ALI EXISTENTES.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1190/1190_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1190/1190_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE PEDE: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O REPARO COM URGÊNCIA NO TRECHO DA ESTRADA NA PICADA KENH, PRÓXIMO A PROPRIEDADE DO SENHOR MARCOS KEHN.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1194/1194_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1194/1194_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A INSTALAÇÃO DE TRÊS PONTOS DE ILUMINAÇÃO PÚBLICA NA LOCALIDADE DE MANGUEIRINHA, NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR MÁRCIO ANDRÉ DO NASCIMENTO E DEMAIS FAMÍLIAS QUE RESIDEM NESTE LOCAL PRÓXIMO AO CAMPO DE FUTEBOL DO IPIRANGA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1195/1195_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1195/1195_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A REVISÃO DOS PONTOS DE ILUMINAÇÃO PÚBLICA NA AVENIDA IMIGRANTES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1196/1196_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1196/1196_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A REFORMA DAS PONTES DE MADEIRA DA LINHA PATRÍCIA, PRINCIPALMENTE A REALIZAÇÃO  TROCA DAS PRANCHAS-GUIA, QUE ESTÃO MUITO DANIFICADAS.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1201/1201_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1201/1201_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A REPOSIÇÃO DE MATERIAL (CASCALHO) EM TODAS ESTRADAS DO MUNICÍPIO DE PARAÍSO DO SUL COM A MÁXIMA URGÊNCIA, GARANTINDO AOS CIDADÃOS PARAISENSES O DIREITO DE IR E VIR,  TENDO EM VISTA QUE EXISTEM RECURSOS DISPONÍVEIS NOS COFRES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1202/1202_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1202/1202_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A COLOCAÇÃO DE BUEIROS NA ESTRADA PRINCIPAL, PRÓXIMO À PROPRIEDADE DO SENHOR REINALDO MÜLLER, NA LINHA CONTENDA NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1206/1206_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1206/1206_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A REPOSIÇÃO DAS LÂMPADAS  QUE ESTÃO QUEIMADAS E  QUE SEJAM RECOLOCADAS AS LUMINÁRIAS QUE FORAM RETIRADAS NA LINHA CONTENDA EM TODA SUA EXTENSÃO, NO INTERIOR DE NOSSO MUNICÍPIO ._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1207/1207_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1207/1207_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A ROÇADA E LIMPEZA DA PRAÇA, E ARREDORES DO CORREIO DA VILA PARAÍSO.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REESTABELEÇA COM A MÁXIMA URGÊNCIA O ABASTECIMENTO DE ÁGUA NA TRAVESSA ALTERMANN, LOCALIDADE DE MANGUEIRINHA INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1212/1212_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1212/1212_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE EFETUAR COM URGÊNCIA O PATROLAMENTO CASCALHAMENTO  DA ESTRADA GERAL DA LOCALIDADE DE  RODEIO DO HERVAL E LINHA SÃO JOÃO, ALÉM DE MELHORIAS NOS ACESSOS AS PROPRIEDADES DESTA LOCALIDADES, ONDE SE FIZER NECESSÁRIO, NO INTERIOR DO MUNICÍPIO.  </t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1213/1213_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1213/1213_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A REPOSIÇÃO DE BUEIROS QUEBRADOS NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR BETO LOVATO E NA ESQUINA PRÓXIMO A CASA DOS SENHORES RODRIGO ZUGUE E ENOS BREDOW; E QUE SEJA EFETUADA A LIMPEZA DOS BUEIROS PRÓXIMO A ESCOLA CARLOS ALTERMANN E NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR PABLO KASPER, NA LOCALIDADE DE LINHA CAMPESTRE NO INTERIOR DO MUNICÍPIO ._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1214/1214_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1214/1214_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A REPOSIÇÃO DAS LÂMPADAS QUE ESTÃO QUEIMADAS NO PÓRTICO DE ENTRADA DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1215/1215_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1215/1215_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE EFETUAR COM URGÊNCIA O PATROLAMENTO NA ESTRADA GERAL DA LOCALIDADE DE LINHA CAMPESTRE, NO INTERIOR DO MUNICÍPIO.  </t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1216/1216_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1216/1216_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE O CASCALHAMENTO NAS ENTRADAS DAS PROPRIEDADES DOS SENHORES DANIEL SCHOTT, CÉZAR DE MOURA E CLAUS DRESCHER, NA LINHA MARCONDES, INTERIOR DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1223/1223_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1223/1223_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A NECESSIDADE DO FORNECIMENTO DE PRODUTO BIOLÓGICO ZECTOBAC &amp;#8211; AS, PARA O COMBATE DA LARVA DO MOSQUITO BORRACHUDO, JUNTO AOS MANANCIAIS (CÓRREGOS, ARROIOS, ETC.), NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1230/1230_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1230/1230_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, O PATROLAMENTO E CASCALHAMENTO NA ENTRADA DA PROPRIEDADE DO SR. IVO SCHMENGLER, E EM TODA A EXTENSÃO DA LOCALIDADE DE QUILOMBO NO INTERIOR DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1231/1231_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1231/1231_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REALIZE A CONSTRUÇÃO DE UMA GALERIA OU PONTE NOVA NA LOCALIDADE DE LINHA PROGRESSO PARAÍSO DO SUL DIVISA COM RINCÃO DO INFERNO MUNICÍPIO DE AGUDO.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO PROMOVA REALIZAÇÃO DE REUNIÃO JUNTO A CEEE( COMPANHIA ESTADUAL DE ENERGIA ELÉTRICA- RIO GRANDE DO SUL), PARA TRATAR SOBRE A SUBESTAÇÃO DE ENERGIA ELÉTRICA, A FALTA DE ENERGIA E BUSCA DE SOLUÇÕES PRA EVITAR AS CONSTANTES QUEDAS DE ENERGIA ELÉTRICA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1236/1236_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1236/1236_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO E CASCALHAMENTO DA ESTRADA RODOLFO SCHÜNEMANN ATÉ A PROPRIEDADE DO SENHOR ARLINDO DOS SANTOS NA LINHA PATRÍCIA, E AONDE SE FIZER NECESSÁRIO NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1241/1241_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1241/1241_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE SERVIÇOS DE MÁQUINA NO ACESSO À PROPRIEDADE DO SENHOR SILVÉRIO DICKOW NA LINHA NERI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1255/1255_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1255/1255_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O CONSERTO DA PINGUELA LOCALIZADA PRÓXIMO A PROPRIEDADE DO SR. VALDOIVO WRASSE, NA LOCALIDADE DE LINHA PATRÍCIA NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1256/1256_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1256/1256_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROCEDA A REVISÃO DO CONTADOR DE LUZ NO CAMPO DE FUTEBOL DA VILA PARAÍSO COM A MÁXIMA URGÊNCIA.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1259/1259_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1259/1259_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE ADQUIRA O SISTEMA DE ENERGIA FOTOVOLTAICA PARA A UNIDADE BÁSICA DE SAÚDE DA SEDE DO MUNICÍPIO DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1260/1260_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1260/1260_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, PROVIDENCIE A COLOCAÇÃO DE EXAUSTORES NO GINÁSIO MUNICIPAL NA SEDE DO MUNICÍPIO</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1261/1261_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1261/1261_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A REPOSIÇÃO DAS LÂMPADAS QUE ESTÃO QUEIMADAS EM FRENTE À RESIDÊNCIA DO SR. VALMOR SCHOTT NA TRAVESSA KATZER, E EM FRENTE À RESIDÊNCIA DO SR. RAFAEL BILHA NA LINHA PROGRESSO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1262/1262_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1262/1262_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE VIABILIZE A COLOCAÇÃO DE BRITA NA RUA MATHIAS PAUL GOTTHARDT, NA QUADRA ONDE SE LOCALIZA O PRÉDIO EM QUE ESTÁ SEDIADA A OFICINA E LOJA DE PEÇAS DO RUSSO, E NOS DEMAIS TRECHOS QUE NECESSÁRIO FOR._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1083/1083_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1083/1083_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ACOLHE VETO TOTAL APRESENTADO AO PROJETO DE LEI Nº 01/2018.&amp;#8221; </t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1075/1075_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1075/1075_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DAS CATEGORIAS FUNCIONAIS DE &amp;#8216;AGENTE DE COMBATE A ENDEMIAS&amp;#8217;, &amp;#8216;FISIOTERAPEUTA&amp;#8217;, &amp;#8216;MÉDICO CLÍNICO&amp;#8217;, E &amp;#8216;TÉCNICO EM INFORMÁTICA&amp;#8217;, INTEGRANTES DO QUADRO DE CARGOS DE PROVIMENTO EFETIVO DO MUNICÍPIO, DADO PELA LEI MUNICIPAL N°1103/2011 E SUAS ALTERAÇÕES.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1076/1076_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1076/1076_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE FARMACÊUTICO (A). </t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1077/1077_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1077/1077_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, ANUAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER EXECUTIVO, APOSENTADOS E PENSIONISTAS</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1078/1078_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1078/1078_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE MÉDICO (A) CLÍNICO&amp;#8221;. </t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1079/1079_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1079/1079_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE ENGENHEIRO (A) AGRÔNOMO (A)&amp;#8221;.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1080/1080_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1080/1080_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER LEGISLATIVO MUNICIPAL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1081/1081_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1081/1081_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE REVISÃO GERAL E ANUAL SOBRE SUBSÍDIOS E REMUNERAÇÕES DOS AGENTES POLÍTICOS, VEREADORES, FIXANDO O ÍNDICE DE REPOSIÇÃO.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1082/1082_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1082/1082_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE REVISÃO GERAL E ANUAL SOBRE AS REMUNERAÇÕES E SUBSÍDIOS DOS AGENTES POLÍTICOS, PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS, FIXANDO O ÍNDICE DE REPOSIÇÃO.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1084/1084_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1084/1084_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE, PARA INCLUSÃO DE ELEMENTO DE DESPESA EM ATIVIDADE EXISTENTE, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1085/1085_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1085/1085_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE, PARA ATENDER DESPESAS COM AQUISIÇÃO DE UM TRATOR E DOIS ENLEIRADORES DE PEDRA PARA A PATRULHA AGRÍCOLA MECANIZADA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1086/1086_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1086/1086_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DE CATEGORIAS FUNCIONAIS INTEGRANTES DO QUADRO DE CARGOS, E APRESENTA NOVO QUADRO DE COEFICIENTES SEGUNDO AS CLASSES PARA AS CATEGORIAS FUNCIONAIS DE PROVIMENTO EFETIVO, CONSTANTES NA LEI MUNICIPAL N° 1103/2011 E SUAS ALTERAÇÕES&amp;#8221;. </t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1087/1087_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1087/1087_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O TRANSPORTE ESCOLAR DO MUNICÍPIO DE PARAÍSO DO SUL-RS&amp;#8221;.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1088/1088_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1088/1088_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI MUNICIPAL Nº 1167/2013 QUE &amp;#8220;FIXA VALORES PARA O PAGAMENTO DE DESPESAS DE LOCOMOÇÃO E DIÁRIAS AOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL&amp;#8221;.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1101/1101_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1101/1101_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REVOGA AS LEIS MUNICIPAIS Nº 1.328 E 1.329, DE 19 DE JANEIRO DE 2017._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1104/1104_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1104/1104_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE PREMIAÇÃO A CONSUMIDORES, MEDIANTE UTILIZAÇÃO DA PLATAFORMA NOTA FISCAL GAÚCHA DO ESTADO DO RIO GRANDE DO SUL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1105/1105_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1105/1105_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE UM ENFERMEIRO MUNICIPAL.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1106/1106_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1106/1106_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR CONTRATAÇÃO EMERGENCIAL DE UM TÉCNICO EM ENFERMAGEM</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1108/1108_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1108/1108_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE POR SUPERÁFIT E EXCESSO DE ARRECADAÇÃO, PARA INCLUSÃO DE ELEMENTOS DE DESPESA EM ATIVIDADES EXISTENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1109/1109_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1109/1109_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR DESPESAS COM COMEMORAÇÕES DO XXX ANIVERSÁRIO DE EMANCIPAÇÃO POLÍTICO-ADMINISTRATIVA DO MUNICÍPIO DE PARAÍSO DE PARAÍSO DO SUL&amp;#8221;. </t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1110/1110_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1110/1110_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE 01 (UM (A)) TÉCNICO (A) EM ENFERMAGEM&amp;#8221;. </t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1122/1122_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1122/1122_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR PARCELAMENTO E CONCEDER DESCONTOS PARA PAGAMENTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) NO EXERCÍCIO 2018, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1136/1136_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1136/1136_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR DESPESAS DE ALIMENTAÇÃO PARA EQUIPE DE TRABALHO DO CONCURSO PÚBLICO 2018, FIXANDO VALORES&amp;#8221;.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1144/1144_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1144/1144_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR DESPESAS DE PREMIAÇÃO DO TORNEIO MIRIM DE FUTEBOL DE CAMPO &amp;#8211; EDOR BERNARDO LÜDTKE, EDIÇÃO 2018&amp;#8221;. </t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1145/1145_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1145/1145_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSOR(A)</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1158/1158_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1158/1158_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE EDUCAÇÃO FISCAL NO MUNICÍPIO DE PARAÍSO DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1166/1166_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1166/1166_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO ESPECIAL AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL, QUE DESEMPENHAM TAREFAS EXCEPCIONAIS PARA O PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1167/1167_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1167/1167_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI MUNICIPAL N 1399/2018 QUE AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE POR SUPERÁVIT E EXCESSO DE ARRECADAÇÃO, PARA INCLUSÃO DE ELEMENTO DE DESPESA EM ATIVIDADES EXISTENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1177/1177_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1177/1177_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PRORROGA O PRAZO DO CONTRATO N°001/2018- CONTRATO EMERGENCIAL FIRMADO PELO MUNICÍPIO DE PARAÍSO DO SUL PARA O CARGO ENFERMEIRA MUNICIPAL&amp;#8221;. </t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1179/1179_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1179/1179_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSOR(A); </t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1180/1180_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1180/1180_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA ALOCAR E VIABILIZAR A TRANSFERÊNCIA DE RECURSOS ORIUNDOS DO FUNDO NACIONAL DE SAÚDE, DESTINADOS AO HOSPITAL PARAÍSO- ASSOCIAÇÃO ASSISTENCIAL E BENEFICENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1191/1191_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1191/1191_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE PRIORIDADE NO ATENDIMENTO EM ÓRGÃOS PÚBLICOS E NOS ESTABELECIMENTOS PRIVADOS ÀS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA &amp;#8211; AUTISMO, A OBRIGAÇÃO DE IDENTIFICAÇÃO DO AUTISTA, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1199/1199_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1199/1199_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO DOADOR VOLUNTÁRIO DE SANGUE E A SEMANA MUNICIPAL DE INCENTIVO Á DOAÇÃO DE SANGUE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1209/1209_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1209/1209_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA OS VALORES PARA O PAGAMENTO DE DESPESAS DE LOCOMOÇÃO E DIÁRIAS AOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL&amp;#8221;. </t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1218/1218_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1218/1218_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220; DISPÕE SOBRE A INSPEÇÃO INDUSTRIAL E SANITÁRIA DOS PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE PARAÍSO DO SUL, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1219/1219_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1219/1219_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE, PARA ALOCAR E VIABILIZAR A TRANSFERÊNCIA DE RECURSOS ORIUNDOS DO FUNDO NACIONAL DE SAÚDE, DESTINADOS AO HOSPITAL PARAÍSO- ASSOCIAÇÃO ASSISTENCIAL E BENEFICENTE, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1220/1220_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1220/1220_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE, PARA INCLUSÃO DE ELEMENTO DE DESPESA EM ATIVIDADE  EXISTENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1221/1221_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1221/1221_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1224/1224_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1224/1224_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ART. 8° D LEI MUNICIPAL N°138/93, QUE CRIA O SERVIÇO DE ÁGUA E ESGOTOS DO MUNICÍPIO DE PARAÍSO DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1232/1232_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1232/1232_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ART. 1º DA LEI MUNICIPAL Nº 1413/2018, CORRIGINDO FONTE DE RECURSOS DE CRÉDITO ESPECIAL ABERTO NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1242/1242_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1242/1242_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE COMPROMISSO DE INCENTIVO INDUSTRIAL COM A EMPRESA M.D. MOLINARI CALÇADOS, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8217;. </t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1245/1245_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1245/1245_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA LEI MUNICIPAL N°551/2001, DE 23/08/2001, QUE INSTITUI O SISTEMA DE CONTROLE INTERNO NO MUNICÍPIO DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1247/1247_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1247/1247_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220; AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PRA INCLUSÃO DE ELEMENTO DE DESPESA EM ATIVIDADE EXISTENTE, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1248/1248_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1248/1248_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 4° DA LEI MUNICIPAL N°809/2006, E REVOGA A LEI MUNICIPAL N°1288/2015, QUE VERSAM SOBRE INCENTIVOS INDUSTRIAIS&amp;#8221;.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1249/1249_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1249/1249_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL NO MUNICÍPIO DE PARAÍSO DO SUL &amp;#8211; REFIS 2018, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1250/1250_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1250/1250_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARAÍSO DO SUL PARA O EXERCÍCIO FINANCEIRO DE 2019</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1251/1251_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1251/1251_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO CAPÍTULO III DA LEI MUNICIPAL Nº1103/2011, DE 22/11/2011, REFERENTE AOS CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DO PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1257/1257_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1257/1257_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA DE CONTROLE INTERNO NO MUNICÍPIO DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1258/1258_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1258/1258_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA LEI MUNICIPAL N°1218/2014, DE 25/03/2014 QUE TRATA ACERCA DO PROGRAMA MAIS MÉDICOS PARA O BRASIL NO ÂMBITO DO MUNICÍPIO DE PARAÍSO DO SUL. </t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1100/1100_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1100/1100_texto_integral.doc</t>
   </si>
   <si>
     <t>A)	QUANDO SERÁ PERFURADO O POÇO ARTESIANO NA LINHA DA FONTE?</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1111/1111_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1111/1111_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	QUAL A SITUAÇÃO ATUAL DA ESCAVADEIRA HIDRÁULICA (DRAGA)? ESTÁ EM FUNCIONAMENTO? SE NÃO ESTÁ, PORQUÊ?_x000D_
 B)	QUAIS PATROLAS ESTÃO EM FUNCIONAMENTO? QUAL O TEMPO NECESSÁRIO ESTIMADO PARA O CONSERTO DE CADA UMA DAS MÁQUINAS QUE NÃO ESTÃO EM FUNCIONAMENTO?_x000D_
 C)	A RETROESCAVADEIRA JCB DO PROGRAMA PAC 2 ESTÁ EM FUNCIONAMENTO? CASO NEGATIVO, ONDE SE ENCONTRA A MÁQUINA? QUAL O TEMPO ESTIMADO PARA O CONSERTO DA MESMA?_x000D_
 D)	ALGUMA DAS MÁQUINAS DE PROPRIEDADE DO MUNICÍPIO ESTÁ INTERDITADA, EMBARGADA, OU IMPEDIDA DE SER USADA POR ORDEM ADMINISTRATIVA OU JUDICIAL?  QUAIS? CASO POSITIVO, ANEXAR A RESPOSTA CÓPIA DO TERMO DE INTERDIÇÃO E/OU EMBARGO, OU DOCUMENTO EQUIVALENTE._x000D_
 E)	O MUNICÍPIO FOI PENALIZADO COM ALGUMA INFRAÇÃO POR USO DAS MÁQUINAS DESACORDO COM A LEGISLAÇÃO? CASO POSITIVO, FOI REALIZADO RECURSO?  QUAL A ATUAL FASE DO RESPECTIVO PROCESSO? QUAL FOI O VALOR DA PENALIDADE APLICADA? ANEXAR A RESPOSTA CÓPIA DO AUTO DE INFRAÇÃO, OU DOCUMENTO EQUIVALENTE._x000D_
 </t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1112/1112_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1112/1112_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO: A)RELATÓRIO ANUAL DE INSPEÇÃO DO SISTEMA DE ABASTECIMENTO DE ÁGUA DE PARAÍSO DO SUL REFERENTE AO ANO DE 2017 FORNECIDO PELA 4ª CRS COORDENADORIA REGIONAL DE SAÚDE/SISÁGUA.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1131/1131_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1131/1131_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A) AONDE ESTÁ A ROÇADEIRA ARTICULADA E O TRATOR PARA FAZER ROÇADAS NAS ESTRADAS?_x000D_
 B) SE ESTIVER ESTRAGADA QUANTO TEMPO PARA FICAR PRONTO?_x000D_
 </t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1132/1132_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1132/1132_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	EM QUAIS MUNICÍPIOS O CAMINHÃO DE ARTICULAÇÃO DE CESTA AGRALE, PLACA MDR 9858 (CAMINHÃO DA LUZ), DE PROPRIEDADE DO MUNÍCIPIO DE PARAÍSO DO SUL, TRABALHOU?_x000D_
 B)	QUANTAS HORAS DE TRABALHO ESTE VEÍCULO PRESTOU SERVIÇO EM CADA MUNICÍPIO?_x000D_
 C)	EM QUAIS DIAS ESTE CAMINHÃO SAIU DO MUNICÍPIO PARA PRESTAR SERVIÇO EM CIDADES VIZINHAS?_x000D_
 D)	EXISTE ALGUMA AUTORIZAÇÃO FORMAL, ALGUM DOCUMENTO AUTORIZANDO ESTE CAMINHÃO DE SAIR DO MUNICÍPIO? SE A RESPOSTA FOR POSITIVA ANEXAR TAL DOCUMENTO._x000D_
 </t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1133/1133_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1133/1133_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	QUANTOS SERVIDORES ESTÃO ATUALMENTE TRABALHANDO EXCLUSIVAMENTE NO GINÁSIO DE ESPORTES MUNICIPAL?_x000D_
 B)	QUAL A FUNÇÃO DE CADA SERVIDOR?_x000D_
 </t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1134/1134_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1134/1134_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	QUAL A SITUAÇÃO DO GINÁSIO MUNICIPAL JUNTO AOS BOMBEIROS? EXISTE PPCI VÁLIDO? CASO POSITIVO, QUAL A DATA DE VALIDADE DO MESMO?_x000D_
 B)	CASO EXISTA O PPCI VÁLIDO, O MESMO AUTORIZA A REALIZAÇÃO DE EVENTOS FESTIVOS OU SOMENTE A PRÁTICA DE ESPORTES?_x000D_
 C)	 ANEXAR CÓPIAS DO PPCI DO GINÁSIO DE ESPORTES MUNICIPAL JUNTAMENTE COM A RESPOSTA DESTE REQUERIMENTO._x000D_
 </t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1156/1156_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1156/1156_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	QUANTOS ALUNOS ESTÃO MATRICULADOS E FREQUENTANDO AS ESCOLAS MUNICIPAIS DE PARAÍSO DO SUL NESTE ANO DE 2018?_x000D_
 B)	QUANTOS PROFESSORES ESTÃO LOTADOS COMO SERVIDORES PÚBLICOS DE PARAÍSO DO SUL EM 2018? INCLUINDO OS CONTRATADOS EMERGENCIALMENTE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1157/1157_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1157/1157_texto_integral.doc</t>
   </si>
   <si>
     <t>O CONSELHO MUNICIPAL DE TRÂNSITO JÁ FOI FORMALIZADO E/OU ESTÁ ATIVO? JÁ FORAM REALIZADAS REUNIÕES NO ANO CORRENTE? 1) O CONVÊNIO E/OU A REGULAMENTAÇÃO LEGAL NECESSÁRIA PARA QUE O MUNICÍPIO PASSE A EMITIR O CARTÃO QUE DÁ DIREITO ÀS VAGAS DE ESTACIONAMENTO DE VEÍCULOS RESERVADAS À PESSOAS COM DEFICIÊNCIA E IDOSOS JÁ FOI PROVIDENCIADA? A EMISSÃO DO CARTÃO JÁ PODE SER REALIZADA PELO MUNICÍPIO? 2) CASO NEGATIVA A RESPOSTA ANTERIOR, POR QUAL MOTIVO A REGULAMENTAÇÃO LEGAL PARA A EMISSÃO DO CARTÃO DE ESTACIONAMENTO, PARA AS VAGAS DESTINADAS A PESSOAS COM DEFICIÊNCIA E IDOSOS, AINDA NÃO FOI EFETIVADA? 3) CASO NEGATIVAS AS RESPOSTAS DO ITEM &amp;#8220;2&amp;#8221;, A RESPECTIVA REGULAMENTAÇÃO JÁ VEM SENDO PROVIDENCIADA? QUAL O PRAZO PREVISTO PARA QUE PASSE A SER POSSÍVEL A EMISSÃO DOS CARTÕES PELO MUNICÍPIO?</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1185/1185_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1185/1185_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">IMPACTO FINANCEIRO REFERENTE AO PROJETO Nº 26/2018. </t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1198/1198_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1198/1198_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NA CONDIÇÃO DE AUTORA DO PROJETO DE LEI N°31/2018 QUE &amp;#8220;ESTABELECE PRIORIDADE NO ATENDIMENTO EM ÓRGÃOS PÚBLICOS E NOS ESTABELECIMENTOS PRIVADOS ÀS PESSOAS COM TRANSTORNOS DO ESPECTRO AUTISTA &amp;#8211; AUTISMO, A OBRIGAÇÃO DE IDENTIFICAÇÃO DO AUTISTA, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221; EM TRAMITAÇÃO NESTA CASA, SOLICITO A RETIRADA DO MESMO DA PAUTA:_x000D_
 					_x000D_
 </t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1217/1217_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1217/1217_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	QUANTAS HORAS MÁQUINA FORAM TRABALHADAS NA PATRULHA AGRÍCOLA A PARTIR DA DATA 06/08/2018 EM QUE O SECRETÁRIO DE AGRICULTURA PRESTOU ESCLARECIMENTOS NA TRIBUNA DESTA CASA ATÉ O DIA 30/09/2018?_x000D_
 B)	QUAIS OS PRODUTORES QUE FORAM BENEFICIADOS E QUAL A ESTIMATIVA DE RECEITA PARA O MUNICÍPIO?_x000D_
 </t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1227/1227_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1227/1227_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	SOBRE A REDE DE ÁGUA DE LINHA TRAVESSÃO: QUANDO SERÁ IMPLANTADA A REDE  DE ÁGUA NOVA DA LINHA TRAVESSÃO? QUAL O ANDAMENTO DESTA OBRA? QUAL A PREVISÃO DE ENTREGA DA OBRA?_x000D_
 _x000D_
 B)	SOBRE A CAIXA DE ÁGUA QUEBRADA LOCALIZADA NAS PROXIMIDADES DO GINÁSIO PADEIRÃO: QUANDO A MESMA SERÁ REPOSTA? QUEM IRÁ ARCAR COM A DESPESA DA CAIXA DE ÁGUA E DA ESTRUTURA DA MESMA?_x000D_
 </t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1243/1243_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1243/1243_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	A CASCALHEIRA LOCALIZADA NA LINHA PARAGUAÇU, JUNTO A PROPRIEDADE DE EDILSON TEMP, ESTÁ COM A LICENÇA AMBIENTAL VÁLIDA PARA EXTRAÇÃO DE CASCALHO? CASO POSITIVO, QUAL A VALIDADE DA RESPECTIVA LICENÇA? _x000D_
 _x000D_
 B)	CASO A LICENÇA DE QUE TRATA O ITEM ANTERIOR NÃO ESTEJA VÁLIDA, POR QUAL MOTIVO AINDA NÃO FOI PROVIDENCIADA A SUA OBTENÇÃO E/OU RENOVAÇÃO? QUAL O PRAZO PREVISTO PARA CONCLUSÃO DO PROCESSO ADMINISTRATIVO PARA OBTENÇÃO DA RESPECTIVA LICENÇA? QUAL A PREVISÃO PARA INÍCIO DA EXTRAÇÃO DO CASCALHO DAQUELE LOCAL?_x000D_
 _x000D_
 C)	QUAL O PRAZO CONTRATADO, COM O PROPRIETÁRIO DO IMÓVEL ONDE SE LOCALIZA A CASCALHEIRA DA LINHA PARAGUAÇU, PARA QUE O MUNICÍPIO POSSA FAZER A RETIRADA DO MATERIAL? QUAL O TIPO DE CONTRATO QUE FOI REALIZADO? QUAL A DATA DE INÍCIO E FIM DE VIGÊNCIA DO MESMO?_x000D_
 _x000D_
 D)	QUAL É O VALOR E AS CONDIÇÕES DE PAGAMENTO, CONTRATADAS COM O PROPRIETÁRIO DO IMÓVEL ONDE SE LOCALIZA A CASCALHEIRA DA LINHA PARAGUAÇU, PARA REMUNERAÇÃO PELA UTILIZAÇÃO DO CASCALHO?_x000D_
 </t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1244/1244_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1244/1244_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	O MUNICÍPIO DE PARAÍSO DO SUL UTILIZOU O BRITADOR MÓVEL, DE PROPRIEDADE DO MUNICÍPIO DE CACHOEIRA DO SUL, NO ANO DE 2018? CASO POSITIVO, POR QUANTO TEMPO ELE FOI UTILIZADO?_x000D_
 B)	CASO NEGATIVA A RESPOSTA ANTERIOR, POR QUAL MOTIVO O BRITADOR MÓVEL DO MUNICÍPIO DE CACHOEIRA DO SUL AINDA NÃO FOI UTILIZADO POR ESSE MUNICÍPIO? A UTILIZAÇÃO DESSE EQUIPAMENTO JÁ FOI SOLICITADA AO MUNICÍPIO DE CACHOEIRA DO SUL?_x000D_
 C)	O MUNICÍPIO DE CACHOEIRA DO SUL INDENIZOU O MUNICÍPIO DE PARAÍSO DO SUL OU, DE ALGUMA OUTRA FORMA, JÁ O COMPENSOU PELO USO DO CAMINHÃO DE ARTICULAÇÃO DE CESTA AGRALE, PLACA MDR 9858 (CAMINHÃO DA LUZ)? _x000D_
 D)	FOI UTILIZADO ALGUM EQUIPAMENTO DE PROPRIEDADE DE OUTRO MUNICÍPIO, DURANTE O ANO DE 2018, EM CONTRA PARTIDA DE EMPRÉSTIMOS DO CAMINHÃO DE ARTICULAÇÃO DE CESTA AGRALE, PLACA MDR 9858 (CAMINHÃO DA LUZ)? CASO POSITIVO, QUAIS EQUIPAMENTOS E DE QUAIS MUNICÍPIOS FORAM UTILIZADOS?  POR QUAL PERÍODO?_x000D_
 </t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1252/1252_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1252/1252_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOBRE A QUADRA POLIESPORTIVA COBERTA, DA ESCOLA CARLOS ALTERMANN, LOCALIZADO NA LOCALIDADE DE MANGUEIRINHA:_x000D_
 A) QUAIS AS PROVIDÊNCIAS O PODER EXECUTIVO ESTÁ TOMANDO PARA EFETUAR A LIBERAÇÃO DA QUADRA?_x000D_
 B) QUANDO FOI A ULTIMA VEZ QUE O PODER EXECUTIVO ENTROU EM CONTATO COM O GOVERNO FEDERAL PARA SOLICITAR ESTA LIBERAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1253/1253_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1253/1253_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOBRE A CAMIONETE S10- CHEVROLET, PLACA IYQ 0501, LOTADA NA SECRETARIA DE AGRICULTURA, ADQUIRIDA ATRAVÉS DE EMENDA PARLAMENTAR NO ANO DE 2018:_x000D_
 A) PARA QUAL FINALIDADE ESTÁ SENDO USADO ESTE VEÍCULO?_x000D_
 B) A CAMIONETE ESTÁ SENDO USADA NO TRABALHO COM OS AGRICULTORES, A SERVIÇO NAS PROPRIEDADES RURAIS?_x000D_
 C) QUAL A QUILOMETRAGEM ALCANÇADA ATÉ A PRESENTE DATA?_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1254/1254_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1254/1254_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	EM QUE SITUAÇÃO ENCONTRA-SE A NEGOCIAÇÃO COM A RGE-SUL PARA COLOCAÇÃO DE REDE TRIFÁSICA PARA CAPTAÇÃO DE ÁGUA NA LOCALIDADE DE BOA VISTA NORTE?  TENDO EM VISTA QUE OS PROBLEMAS NÃO FORAM SOLUCIONADOS, E OS TÉCNICOS CONSTATARAM QUE O PROBLEMA NAS PLACAS DAS BOMBAS É A VOLTAGEM DEVIDO A MESMA SER MONOFÁSICA. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -2442,67 +2442,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1168/1168_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1178/1178_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1205/1205_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1228/1228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1229/1229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1098/1098_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1099/1099_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1123/1123_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1130/1130_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1146/1146_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1147/1147_texto_integral.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1155/1155_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1169/1169_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1170/1170_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1173/1173_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1192/1192_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1193/1193_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1197/1197_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1200/1200_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1204/1204_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1208/1208_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1210/1210_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1222/1222_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1225/1225_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1226/1226_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1233/1233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1234/1234_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1237/1237_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1238/1238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1239/1239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1240/1240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1246/1246_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1102/1102_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1137/1137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1138/1138_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1139/1139_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1203/1203_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1089/1089_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1090/1090_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1091/1091_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1092/1092_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1093/1093_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1094/1094_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1095/1095_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1096/1096_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1097/1097_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1107/1107_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1113/1113_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1114/1114_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1115/1115_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1116/1116_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1117/1117_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1118/1118_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1119/1119_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1120/1120_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1121/1121_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1124/1124_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1125/1125_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1126/1126_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1127/1127_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1128/1128_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1135/1135_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1140/1140_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1141/1141_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1142/1142_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1143/1143_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1148/1148_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1149/1149_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1150/1150_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1152/1152_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1153/1153_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1154/1154_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1159/1159_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1160/1160_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1161/1161_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1162/1162_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1163/1163_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1164/1164_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1165/1165_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1171/1171_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1172/1172_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1174/1174_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1175/1175_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1176/1176_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1181/1181_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1182/1182_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1183/1183_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1186/1186_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1187/1187_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1188/1188_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1189/1189_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1190/1190_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1194/1194_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1195/1195_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1196/1196_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1201/1201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1202/1202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1206/1206_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1207/1207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1212/1212_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1213/1213_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1214/1214_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1215/1215_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1216/1216_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1223/1223_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1230/1230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1231/1231_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1236/1236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1241/1241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1255/1255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1256/1256_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1259/1259_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1260/1260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1261/1261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1262/1262_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1083/1083_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1080/1080_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1081/1081_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1082/1082_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1088/1088_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1101/1101_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1167/1167_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1191/1191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1199/1199_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1209/1209_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1100/1100_texto_integral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1111/1111_texto_integral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1112/1112_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1131/1131_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1132/1132_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1133/1133_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1134/1134_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1156/1156_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1157/1157_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1185/1185_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1198/1198_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1217/1217_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1227/1227_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1243/1243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1244/1244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1252/1252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1253/1253_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1254/1254_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1168/1168_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1178/1178_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1205/1205_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1228/1228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1229/1229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1098/1098_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1099/1099_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1123/1123_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1130/1130_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1146/1146_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1147/1147_texto_integral.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1155/1155_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1169/1169_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1170/1170_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1173/1173_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1192/1192_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1193/1193_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1197/1197_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1200/1200_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1204/1204_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1208/1208_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1210/1210_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1222/1222_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1225/1225_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1226/1226_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1233/1233_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1234/1234_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1237/1237_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1238/1238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1239/1239_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1240/1240_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1246/1246_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1102/1102_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1103/1103_texto_integral.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1137/1137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1138/1138_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1139/1139_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1203/1203_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1089/1089_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1090/1090_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1091/1091_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1092/1092_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1093/1093_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1094/1094_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1095/1095_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1096/1096_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1097/1097_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1107/1107_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1113/1113_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1114/1114_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1115/1115_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1116/1116_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1117/1117_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1118/1118_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1119/1119_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1120/1120_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1121/1121_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1124/1124_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1125/1125_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1126/1126_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1127/1127_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1128/1128_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1135/1135_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1140/1140_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1141/1141_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1142/1142_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1143/1143_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1148/1148_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1149/1149_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1150/1150_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1152/1152_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1153/1153_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1154/1154_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1159/1159_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1160/1160_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1161/1161_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1162/1162_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1163/1163_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1164/1164_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1165/1165_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1171/1171_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1172/1172_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1174/1174_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1175/1175_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1176/1176_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1181/1181_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1182/1182_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1183/1183_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1186/1186_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1187/1187_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1188/1188_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1189/1189_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1190/1190_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1194/1194_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1195/1195_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1196/1196_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1201/1201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1202/1202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1206/1206_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1207/1207_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1212/1212_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1213/1213_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1214/1214_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1215/1215_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1216/1216_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1223/1223_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1230/1230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1231/1231_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1236/1236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1241/1241_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1255/1255_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1256/1256_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1259/1259_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1260/1260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1261/1261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1262/1262_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1083/1083_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1080/1080_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1081/1081_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1082/1082_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1088/1088_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1101/1101_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1167/1167_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1191/1191_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1199/1199_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1209/1209_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1100/1100_texto_integral.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1111/1111_texto_integral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1112/1112_texto_integral.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1131/1131_texto_integral.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1132/1132_texto_integral.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1133/1133_texto_integral.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1134/1134_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1156/1156_texto_integral.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1157/1157_texto_integral.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1185/1185_texto_integral.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1198/1198_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1217/1217_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1227/1227_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1243/1243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1244/1244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1252/1252_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1253/1253_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2018/1254/1254_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>