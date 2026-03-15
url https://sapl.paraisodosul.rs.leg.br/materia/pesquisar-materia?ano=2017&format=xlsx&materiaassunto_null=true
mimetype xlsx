--- v0 (2025-10-13)
+++ v1 (2026-03-15)
@@ -51,2060 +51,2060 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>emenda</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.doc</t>
   </si>
   <si>
     <t>MODIFICA O ART. 1° DO PROJETO DE LEI N° 008/2017 QUE &amp;#8220;AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR PARCELAMENTO E CONCESSÃO DE DESCONTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) NO EXERCÍCIO 2017, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MODIFICA O ART. 3° DO PROJETO DE LEI N° 010/2017 QUE &amp;#8220;DISPÕE SOBRE O PAGAMENTO DE DIÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. _x000D_
 </t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA ALÍNEA (E) AO INCISO I, DO ART. 2° DO PROJETO DE LEI N° 09/2017 QUE &amp;#8220;CRIA O CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MODIFICA O ART. 3° ALÍNEA (A) DO PROJETO DE LEI N° 010/2017 QUE &amp;#8220;DISPÕE SOBRE O PAGAMENTO DE DIÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.doc</t>
   </si>
   <si>
     <t>MODIFICA O § 1° DO ART. 2° DO PROJETO DE LEI N° 010/2017 QUE &amp;#8220;DISPÕE SOBRE O PAGAMENTO DE DIÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/948/948_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/948/948_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT; E  ACRESCENTA A ALÍNEA (E) AO INCISO I, DO § 1º,  DO ART. 2°, DO PROJETO DE LEI N° 21/2017 QUE &amp;#8220;DISPÕE SOBRE O CONSELHO MUNICIPAL DE TURISMO &amp;#8211; COMTUR, E O FUNDO MUNICIPAL DE TURISMO- FUMTUR.&amp;#8221;.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O PARÁGRAFO 4° DO ARTIGO 2° DO PROJETO DE LEI Nº 53/2017, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.doc</t>
   </si>
   <si>
     <t>MODIFICA O ART. 5º DO PROJETO DE LEI N° 56/2017 QUE &amp;#8220;DISPÕEM SOBRE O CONSELHO MUNICIPAL DO DESPORTO DE PARAÍSO DO SUL-C.M.D., CRIA O FUNDO MUNICIPAL DE INCENTIVO AO DESPORTO AMADOR- FIDA, REVOGA AS LEIS Nº 067/90 E 249/94 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE INDICA:   QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO QUE PROVIDENCIE A COLOCAÇÃO DE QUEBRA MOLAS EM FRENTE A EMEI- ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL PASTORA LIANE BÖECK SCHMITT E EM FRENTE A PRAÇA FLORINALDO ROHDE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A CRIAÇÃO DO CONSELHO MUNICIPAL DA CULTURA E O FUNDO MUNICIPAL DA CULTURA.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, EXECUTE A TROCA DE BUEIRO POR UMA GALERIA, NA LOCALIDADE DE LINHA PATRÍCIA, MAIS PRECISAMENTE PRÓXIMO AS PROPRIEDADES DOS SENHORES MARCIANO MULLER E JULIANO ACHTEMBERG, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE INDICA: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A CRIAÇÃO DO CONSELHO DO TURISMO E DO FUNDO MUNICIPAL DO TURISMO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">         QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A COLOCAÇÃO DE PLACAS INDICATIVAS NO INTERIOR E REFORMA OU REPOSIÇÃO DAS PLACAS EXISTENTES ONDE SE FIZER NECESSÁRIO NA SEDE DO MUNICÍPIO.      		</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/900/900_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/900/900_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REALIZE O REAJUSTE DO VALE ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE PARAÍSO DO SUL, PARA O VALOR DE R$ 300,00.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROMOVA AS DILIGÊNCIAS NECESSÁRIAS E PROPONHA PROJETO DE LEI QUE PERMITA-O RESTITUIR OS VALORES DESPENDIDOS A TÍTULO DE VISTORIA DE VEÍCULOS E EXPEDIÇÃO DE CRV/CRLV AO CONTRIBUINTE, PROPRIETÁRIO DE VEÍCULO AUTOMOTOR QUE, APRESENTANDO A DOCUMENTAÇÃO EXIGIDA, VENHA A TRANSFERIR O REGISTRO DE SEU AUTOMÓVEL, DE QUALQUER CIDADE DO BRASIL, PARA O MUNICÍPIO DE PARAÍSO DO SUL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE TOME AS DEVIDAS PROVIDÊNCIAS E ELABORE UM PROJETO COM TRAMITES LEGAIS PARA AQUISIÇÃO (COMPRA) DE UM TERRENO, PARA POSSIBILITAR CONSTRUÇÃO DE UMA CRECHE MUNICIPAL NOS PADRÕES DO GOVERNO FEDERAL.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL, REALIZE, ATRAVÉS DE LEI OU DE FORMA QUE MELHOR CONVIR, A NORMATIZAÇÃO DAS COLOCAÇÕES E INSTALAÇÕES DE TUBOS NAS VALETAS DAS RUAS E AVENIDAS DE NOSSA CIDADE, TORNANDO OBRIGATÓRIO O USO DO LEVANTAMENTO PLANIALTIMÉTRICO JÁ EXISTENTE COMO PARÂMETRO IMPRESCINDÍVEL PARA A REFERIDA FINALIDADE. </t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REGULAMENTE A CRIAÇÃO DE UM ADICIONAL DE 25% SOBRE A REMUNERAÇÃO DOS MOTORISTAS LOTADOS NA SECRETARIA DE OBRAS.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA REALIZE A INAUGURAÇÃO NA GALERIA PÓSTUMA OS QUADROS DOS VEREADORES  ALMIRO NILO KUNDE E SILMAR IVO BULSING.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL, REALIZE A CONTINUAÇÃO DA PAVIMENTAÇÃO DA RUA MAX RETZLAFF ATÉ O FINAL DA MESMA;   </t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.doc</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE SEJA ESTENDIDA A REDE DE CAPTAÇÃO E DISTRIBUIÇÃO DA REDE DE ÁGUA POTÁVEL DA ESQUINA DA LINHA TRAVESSÃO SEGUINDO PARA LINHA PATRÍCIA OU AINDA QUE SEJA CONSTRUÍDA UMA CAPTAÇÃO NOVA NESTE TRECHO.   _x000D_
 </t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">	QUE O PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL REALIZE A CRIAÇÃO DO DEPARTAMENTO MUNICIPAL DE ÁGUA E ESGOTO. </t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">    QUE O PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL BUSQUE AS PROVIDÊNCIAS NECESSÁRIAS PARA A REALIZAÇÃO DE UM RETORNO JUNTO AO CANTEIRO EXISTENTE  NO INÍCIO DA RUA AUGUSTO ROHDE, PRÓXIMO A ESTAÇÃO RODOVIÁRIA, BUSCANDO UMA MELHOR MOBILIDADE URBANA AOS USUÁRIOS. </t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t xml:space="preserve">	QUE O PODER EXECUTIVO MUNICIPAL RETOME AS NEGOCIAÇÕES AO PLANO DE ASSISTÊNCIA À SAÚDE JUNTO AO INSTITUTO DE PREVIDÊNCIA DO ESTADO, IPÊ E REMETA PROJETO DE LEI PARA CÂMARA DE VEREADORES; E QUE O MESMO CELEBRE CONVÊNIO DE ADESÃO DA PREFEITURA MUNICIPAL EM BENEFÍCIO DOS SERVIDORES PÚBLICOS MUNICIPAIS. </t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE A MESA DIRETORA REALIZE A INCLUSÃO DO VEREADOR IN MEMORIAN VERNALDO ARMANDO BÖCK NA GALERIA PÓSTUMA DESTA CASA LEGISLATIVA EM SESSÃO PERTINENTE PARA ATO.   _x000D_
   _x000D_
 </t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/974/974_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/974/974_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL INSTITUA O PROGRAMA MUNICIPAL DE PREMIAÇÃO A CONSUMIDORES, MEDIANTE A UTILIZAÇÃO DA PLATAFORMA NOTA FISCAL GAÚCHA.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL REALIZE UM PROJETO PARA DISPONIBILIZAR ATIVIDADE FÍSICA/GINÁSTICA PARA TODOS IDOSOS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL REVEJA E ALTERE OS TERMOS LICITATÓRIOS PARA EXPLORAÇÃO DO QUIOSQUE DA PRAÇA DE MODO QUE O MESMO SEJA VANTAJOSO PARA O MUNICÍPIO, PARA O LICITANTE PARA TODA COMUNIDADE QUE FREQUENTA O LOCAL. </t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DISPONIBILIZE NO SITE DO MUNICÍPIO A LISTA DE MEDICAMENTOS FORNECIDOS PELA SECRETARIA MUNICIPAL DE SAÚDE E INFORMAÇÕES SOBRE A DISPONIBILIDADE BEM COMO FIXE NOS ESTABELECIMENTOS DE SAÚDE DO MUNICÍPIO A RELAÇÃO IMPRESSA DOS MESMOS, E A FORMA DE CONSULTA NO SITE, NOS TERMOS DA LEI MUNICIPAL N° 1201/2013</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE FAÇA UMA CAMPANHA PARA O RECOLHIMENTO DOS PRODUTOS ELETRÔNICOS QUE NÃO SERVEM MAIS PARA USO, EM TODO O MUNICÍPIO._x000D_
           _x000D_
 </t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL AMPLIE A ESTRATÉGIA DE SAÚDE DA FAMÍLIA EM NOSSO MUNICÍPIO PARA AS LOCALIDADES DE VILA NOVA E LINHA PROGRESSO._x000D_
 </t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE A REFORMA DOS BRINQUEDOS EXISTENTES NA PRAÇA DE BRINQUEDOS DA ESCOLA MUNICIPAL PROFESSORA CÉLIA MILDA SCHLESNER SCHIEFELBEIN, DE RINCÃO DA BOA VISTA, E EQUIPE O LOCAL COM NOVOS BRINQUEDOS, A FIM DE SANAR A DEMANDA DOS ESTUDANTES.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">	QUE A CÂMARA DE VEREADORES PROMOVA HOMENAGEM AO PASTOR ROGÉLIO RENNER COMO FORMA DE AGRADECIMENTO AOS SERVIÇOS PRESTADOS A TODA COMUNIDADE DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA CRIE A GALERIA DE EX- VEREADORAS NESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL VIABILIZE O DESASSOREAMENTO DO ARROIO CONTENDA DESDE A PONTE SOBRE O ARROIO NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR FERNANDO BARTMANN ATÉ AS PROXIMIDADES DA PROPRIEDADE DO SENHOR ELIO HEIDRICH E ONDE MAIS HOUVER NECESSIDADE, NA LOCALIDADE DE CONTENDA, INTERIOR DO MUNICÍPIO</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">  QUE O PODER EXECUTIVO MUNICIPAL REALIZE A PERFURAÇÃO DE UM POÇO ARTESIANO PARA ATENDER AS LOCALIDADES DE BOA VISTA SUL E NORTE OU AINDA QUE A PREFEITURA ENTRE EM CONTATO COM A RGE-SUL PARA MELHORAR A QUALIDADE DA TRANSMISSÃO DA ENERGIA ELÉTRICA, POIS A LUZ É MUITO FRACA, A FIM DE SANAR OS PROBLEMAS DE FALTA DE ÁGUA DESTAS LOCALIDADES.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL UTILIZE OS VALORES REFERENTES A RECEITA REALIZADA COM A COBRANÇA DA  TAXA DE ÁGUA, EM SUA TOTALIDADE, COM GASTOS EM MELHORIA NO SISTEMA DE CAPTAÇÃO, ARMAZENAMENTO, TRATAMENTO E DISTRIBUIÇÃO DE ÁGUA EM NOSSO MUNICÍPIO, PODENDO ATÉ MESMO CRIAR UM FUNDO MUNICIPAL DA ÁGUA, SUPERVISIONADO PELO CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO, PARA ACOMPANHAMENTO E/OU GERENCIAMENTO DESTES RECURSOS.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1063/1063_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1063/1063_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL REALIZE A REGULAMENTAÇÃO DA ESCOLHA E PREENCHIMENTO DAS VAGAS DA EMEI E DEMAIS EMEIS QUANDO HOUVER, LEVANDO EM CONSIDERAÇÃO AS SITUAÇÕES ESPECIAIS EXISTENTES E QUE SEJA DADA AMPLA DIVULGAÇÃO DA LISTA ATUALIZADA DE ESPERA DAS CRIANÇAS QUE AGUARDAM UM LUGAR NA(S) EMEI(S) EM MEIO ELETRÔNICO E NAS PRÓPRIAS ESCOLAS, CONTENDO AINDA O NÚMERO DE INSCRIÇÃO DO ALUNO, DATA E HORA DA INSCRIÇÃO.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                       QUE O PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL TOME AS DEVIDAS PROVIDÊNCIAS PARA A CONTRATAÇÃO DE UM CONTROLADOR INTERNO, PARA FAZER PARTE DA COMISSÃO DE CONTROLE INTERNO AFIM DE ASSEGURAR O BOM GERENCIAMENTO DOS NEGÓCIOS PÚBLICOS, POSSIBILITANDO A PRESTAÇÃO DE SERVIÇOS COM ECONOMICIDADE, EFICIÊNCIA E EFICÁCIA, EVITANDO A OCORRÊNCIA DE POSSÍVEIS ERROS.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL TOME AS DEVIDAS PROVIDÊNCIAS PARA A REALIZAÇÃO DE CONTRATAÇÃO EMERGENCIAL DE OPERÁRIOS, OU MICROEMPREENDEDORES INDIVIDUAIS, PARA A REALIZAÇÃO DE SERVIÇOS DIVERSOS JUNTO A SECRETARIA MUNICIPAL DE OBRAS, ESPECIALMENTE A LIMPEZA URBANA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRE-NOS INFORMÁ-LOS QUE ESTA CÂMARA MUNICIPAL DE VEREADORES, INSERIU NA ATA DOS TRABALHOS DA SESSÃO ORDINÁRIA, REALIZADA NO DIA 20 DE MARÇO DE 2017, UM VOTO DE PROFUNDO PESAR, PELO FALECIMENTO DO SENHOR SILMAR IVO BULSING OCORRIDO NO DIA 14 DE MARÇO DE 2017. </t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR. DARCI CARVALHO.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRE-NOS INFORMÁ-LOS QUE ESTA CÂMARA MUNICIPAL DE VEREADORES, POR INICIATIVA DO VEREADOR BRENO RONIVON SOARES DE OLIVEIRA, FOI INSERIDA NA ATA DOS TRABALHOS DA SESSÃO ORDINÁRIA, REALIZADA NO DIA 1º DE AGOSTO DE 2017, UM VOTO DE PROFUNDO PESAR, PELO FALECIMENTO DA SENHORA  DORA ÉRICA LÜDTKE  SCHMENGLER OCORRIDO NO DIA 02 DE JULHO DE 2017. </t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A ROÇADA E LIMPEZA NA PRAÇA DA VILA PARAÍSO E NO TERRENO BALDIO NOS FUNDOS DA MESMA, NA LOCALIDADE DE VILA PARAÍSO NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CONSERTO DA ILUMINAÇÃO PÚBLICA NA LOCALIDADE DE LINHA RINCÃO DA PORTA, PRÓXIMO AS RESIDÊNCIAS DE MARIA RADISKE, MARIO HASLER, ODETE SCHUECHER, MARLISE HASLER, CLAUDIO RICHADRT E MARCELO MICHELS.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/903/903_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/903/903_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A TROCA DE BUEIRO EM FRENTE À PROPRIEDADE DO SR. NESTOR MILBRADT E PATROLAMENTO DA ESTRADA DA LOCALIDADE DE CAPÃO GRANDE EM TODA SUA EXTENSÃO, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A CONSTRUÇÃO DE UMA GALERIA, PRÓXIMO AS RESIDÊNCIAS DO SR. MARCELO KRATZKE E DO SR. ADÃO GROTA, NA LOCALIDADE DE LINHA BRASILEIRA, INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A TROCA DE LÂMPADAS QUEIMADAS EM FRENTE À RESIDÊNCIA DAS SENHORAS NILZA KARSBURG E NOÊMIA HETWER, E AINDA EM FRENTE ESCOLA MUNICIPAL SALGADO FILHO, NA LOCALIDADE DE LINHA CONTENDA NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A ROÇADA NA PARTE DO CERRO DA LINHA TRAVESSÃO, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CONSERTO DA ILUMINAÇÃO PÚBLICA EM DOIS PONTOS: PRÓXIMO À RESIDÊNCIA DO SENHOR ERNANI SCHOTT, E TAMBÉM JUNTO AO CORREIO, NA LOCALIDADE DE VILA PARAÍSO.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A CHAVE PARA LIGAÇÃO DA REDE DE ÁGUA DA LINHA PARAGUAÇU, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O RECOLHIMENTO DO LIXO EM TODAS AS LOCALIDADES, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                            QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A COLOCAÇÃO DE TUBOS E CASCALHO NA ENTRADA DA PROPRIEDADE DO SENHOR GOSVINO MATTE LOCALIZADO NA LINHA PATRÍCIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROMOVA A REFORMA OU SUBSTITUIÇÃO DA PONTE NA LOCALIDADE DE LINHA CAMPESTRE, PRÓXIMO A PROPRIEDADE DE DELMAR MILBRADT, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/924/924_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/924/924_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A VISTORIA NA GALERIA DA LINHA SINIMBU, PRÓXIMA A RESIDÊNCIA DO SR. FÁBIO KUNDE, PARA REALIZAR A TROCA DA MESMA OU O SEU CONSERTO.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A COLOCAÇÃO DE BUEIROS NA ESTRADA QUE DÁ ACESSO A PROPRIEDADE DO SENHOR OTTMAR KEMMERICH, NA LINHA NÉRI, INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O CONSERTO DO CALÇAMENTO E DO MEIO FIO EM FRENTE AO BAR DO ERNANI SCHOTT, NA RUA THEODOR WÜRTH, NA LOCALIDADE DE VILA PARAÍSO.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE ABRA O CANTEIRO CENTRAL DA AVENIDA 1° DE JANEIRO, EM FRENTE AO POSTO CENTRAL PARA OS MOTORISTAS NÃO PRECISAREM RETORNAR PELA CONTRA MÃO AO SAÍREM DESTE LOCAL._x000D_
   _x000D_
 </t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, O CASCALHAMENTO NA ENTRADA DA PROPRIEDADE DO SR. JOÃO CARDOSO, NA LOCALIDADE DE BOA VISTA SUL.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE COLOQUE UM REDUTOR DE VELOCIDADE OU QUEBRA MOLAS NAS PROXIMIDADES DA RESIDÊNCIA DO SR. CLARQUE GUEDES E DO SR. MARCOS ROBERTO DA SILVA, NA RUA ROBERTO  KRUGUEL, NESTA CIDADE.         </t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DE AUTORIA DO VEREADOR TIAGO SCHÜNEMANN QUE PEDE. QUE O PODER EXECUTIVO MUNICIPAL DENOMINE A PONTE NA LOCALIDADE DE LINHA TRAVESSÃO, COMO PONTE ERVINO ALBERTO GUSTAVO STAHL OU SIMPLESMENTE PONTE ERVINO STAHL (COMO ERA CONHECIDO EM TODA A REGIÃO E ARREDORES). </t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, O PATROLAMENTO E CASCALHAMENTO NOS ACESSOS AS PROPRIEDADES DA LINHA PATRIMÔNIO EM TODA SUA EXTENSÃO, ASSIM COMO NOS DEMAIS ACESSOS AS PROPRIEDADES EM TODO INTERIOR DO MUNICÍPIO . </t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO, PROVIDENCIE A COLOCAÇÃO DE UM ABRIGO JUNTO AO VIRADOURO DO ÔNIBUS ESCOLAR NA LINHA PROGRESSO, NO AGLOMERADO DE MORADORES NAS PROXIMIDADES DA SERRARIA PAIVA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS NA LOCALIDADE DE LINHA CONTENDA, NA ENTRADA DA PROPRIEDADE RURAL DO SENHOR DANILO SCHOTT, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A COLOCAÇÃO DE UM BUEIRO NOVO E REALIZAÇÃO DE PATROLAMENTO NA ESTRADA DA PICADA KEMMERICH, NA LINHA TRAVESSÃO NO INTERIOR DESTE MUNICÍPIO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CONSERTO DE LÂMPADAS QUEIMADAS, PRECISAMENTE EM FRENTE A ESCOLA (DESATIVADA) BENJAMIM CONSTANT E EM FRENTE A PROPRIEDADE DO SENHOR DILO DRESCHER NA LINHA PARAGUASSU NO INTERIOR DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, O CASCALHAMENTO E COLOCAÇÃO DE BUEIROS NOS ACESSOS AS PROPRIEDADES DO SR. ILÁRIO PFEIFER E SR. MÁRCIO PFEIFER, NA LOCALIDADE DE LINHA NÉRI NO INTERIOR DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE OBRAS REALIZE A RECOLOCAÇÃO DE UMA PINGUELA QUE DÁ ACESSO À PROPRIEDADE DO SENHOR CIRO FORSCH, NA LOCALIDADE DE POUSADA DOS IMIGRANTES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A RETIRADA DO ABRIGO DE ÔNIBUS DA ANTIGA ESCOLA MUNICIPAL JOÃO PEREIRA FORTES LOCALIZADO NA TRAVESSA ALTERMANN PARA SUA RECOLOCAÇÃO NA ESTRADA  HAMANN NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL AMPLIE O CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO E PROMOVA A DIVULGAÇÃO DESTES, EVITANDO ASSIM QUE OCORRA MAIS DE UM EVENTO NA MESMA DATA</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/968/968_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/968/968_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O CONSERTO E A MANUTENÇÃO DOS BRINQUEDOS NA PRAÇA FLORINALDO ROHDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/969/969_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/969/969_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE INSTALE UM HIDRANTE NA RUA AUGUSTO ROHDE EM FRENTE AOS BOMBEIROS VOLUNTÁRIOS DE PARAÍSO DO SUL, NESTA CIDADE. </t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/975/975_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/975/975_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">   QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A TROCA DE PRANCHAS GUIAS E A RECUPERAÇÃO DAS LATERAIS DE PROTEÇÃO DA PONTE NA LOCALIDADE DE LINHA PATRÍCIA, NO INTERIOR DESTE MUNICÍPIO. _x000D_
 </t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/976/976_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/976/976_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO DA ESTRADA DA TRAVESSA ALTERMANN, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, O CASCALHAMENTO E LIMPEZA DAS VALETAS NA ENTRADA DAS PROPRIEDADES DO SENHOR LORIVO KESSELER E DO SENHOR CARLOS PEREIRA, NA LOCALIDADE DE LINHA PATRÍCIA, INTERIOR DO MUNICÍPIO. _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE CONSERTE OU REALIZE A COLOCAÇÃO DE UM NOVO LETREIRO COM O NOME DA CIDADE DE PARAÍSO DO SUL JUNTO A RSC 287, NO TREVO PRÓXIMO A ESTAÇÃO RODOVIÁRIA. </t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROMOVA A REFORMA OU SUBSTITUIÇÃO DA PONTE NA LOCALIDADE DE LINHA CAMPESTRE ALÉM DA SUBSTITUIÇÃO DE BUEIROS QUE ESTÃO EM PÉSSIMO ESTADO NESTA MESMA LOCALIDADE NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/991/991_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/991/991_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE EM FRENTE DA ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL PASTORA LIANE BOCK SCHMIDT, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A LIMPEZA DA SANGA PRÓXIMA À PROPRIEDADE DO SENHOR SADI GEHRKE NA LOCALIDADE DE LINHA NÉRI NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A NECESSIDADE DO FORNECIMENTO DE PRODUTO BIOLÓGICO ZECTOBAC &amp;#8211; AS, PARA O COMBATE DA LARVA DO MOSQUITO BORRACHUDO, JUNTO AOS MANANCIAIS (CÓRREGOS, ARROIOS, ETC.), NESTE MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A DESOBSTRUÇÃO DO BUEIRO QUE DÁ ACESSO À PROPRIEDADE DE RENATO MULLER NA LINHA PATRÍCIA, NO INTERIOR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A COLOCAÇÃO DE FAIXAS DE PEDESTRES ENTRE AS RUAS MAX RATZLAFF E AUGUSTO ROHDE, NESTA CIDADE.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A TROCA DE LÂMPADAS QUEIMADAS PRÓXIMA AS PROPRIEDADES DOS SENHORES ARLINDO ARGUILAR, MARLON DRESCHER, EDIMAR MATTE E ELISEU CRUMENAUER NA LOCALIDADE DE LINHA TRAVESSÃO NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A TROCA DE LÂMPADAS QUEIMADAS EM FRENTE AO CORREIO E CEMITÉRIO DA VILA PARAÍSO.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O CONSERTO E A MANUTENÇÃO DOS BRINQUEDOS, DOS BANHEIROS, E REMOÇÃO DAS PICHAÇÕES NA PRAÇA FLORINALDO ROHDE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE FAÇA UM ATERRO E UMA PONTE NOVA NA LOCALIDADE DE LINHA PROGRESSO, INTERIOR DO MUNICÍPIO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A TROCA DE LÂMPADAS QUEIMADAS EM FRENTE À RESIDÊNCIA DO SENHOR ADILSON MIX, SENHORA MARLI MIX E AINDA DO SENHOR ADEMAR BUZE, NA LOCALIDADE DE LINHA PATRÍCIA NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO DAS ESTRADAS DAS LOCALIDADES DE BOA VISTA NORTE E BOA VISTA SUL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO DO TRECHO QUE LIGA A LOCALIDADE DE CONTENDA ATÉ A VILA PARAÍSO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A LIMPEZA DO TREVO DE ACESSO À CIDADE, JUNTO A RSC 287, COM CORTE DA GRAMA, LIMPEZA DOS CANTEIROS; E CONSERTO DO LETREIRO QUE FAZ REFERÊNCIA AO MUNICÍPIO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO DA ESTRADA DA LINHA CONTENDA EM TODA DA SUA EXTENSÃO, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A COLOCAÇÃO DE CASCALHO OU MATERIAL SE SE FIZER NECESSÁRIO NO BUEIRO EM FRENTE À PROPRIEDADE DO SENHOR EDIMAR ALDO ABICH NA LINHA CONTENDA, INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O ENCASCALHAMENTO NA ESTRADA QUE DÁ ACESSO ÀS PROPRIEDADES DO SR. EDO WENDT, E OUTROS NA LOCALIDADE DE PAU-A-PIQUE NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A COLOCAÇÃO DE NOVAS LIXEIRAS E SUBSTITUA AS QUE ESTÃO DANIFICADAS, EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A ROÇADA E LIMPEZA NA PRAÇA E NO CORREIO DA VILA PARAÍSO, NA LOCALIDADE DE VILA PARAÍSO NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO DO TRECHO DA POUSADA DOS IMIGRANTES ATÉ A VILA PARAÍSO E TAMBÉM DA LINHA PATRÍCIA E DA LINHA TRAVESSÃO NO INTERIOR DESTE MUNICÍPIO._x000D_
 			                        _x000D_
 </t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A RECONSTRUÇÃO DA PONTE SOBRE O VALO NO FINAL DA AVENIDA TIRADENTES ESQUINA COM A RUA ROBERTO SCHULTZ, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE SOMENTE A COLOCAÇÃO DOS TUBOS NA ESTRADA QUE DÁ ACESSO A PROPRIEDADE DO SENHOR EVERALDO GUSTAVO LÜDKE, POIS OS MESMOS JÁ SE ENCONTRAM NO LOCAL, NA LOCALIDADE DA LINHA BRASILEIRA NO INTERIOR DO MUNICÍPIO._x000D_
 			                      _x000D_
 </t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A NECESSIDADE DO FORNECIMENTO DE PRODUTO BIOLÓGICO ZECTOBAC &amp;#8211; AS, PARA O COMBATE DA LARVA DO MOSQUITO BORRACHUDO, JUNTO AOS MANANCIAIS (CÓRREGOS, ARROIOS, ETC.), NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A COLOCAÇÃO DE UMA LÂMPADA EM FRENTE AO PRÉDIO ONDE ESTÁ INSTALADA A POLICIA CIVIL E MAIS ESTABELECIMENTOS NAS PROXIMIDADES, NA RUA MAX RETZLAFF, NESTA CIDADE.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE O CONCERTO DA CABECEIRA DOS BUEIROS NA ESTRADA GERAL NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR VERNELDO MIX, NA LOCALIDADE DE LINHA PATRÍCIA, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO DA ESTRADA DA LOCALIDADE DE LINHA DA FONTE.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A RECOLOCAÇÃO DA TAMPA NO RESERVATÓRIO DE ÁGUA DA LINHA PARAGUAÇU. </t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A COLOCAÇÃO DE UMA PORTA NOVA NO PRÉDIO DO CORREIO DA VILA PARAÍSO.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO E ALARGAMENTO DA ESTRADA RICARDO MULLER._x000D_
 	_x000D_
 </t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A COLOCAÇÃO DE BARREIRAS EM DOIS PONTOS DA SANGA DA LINHA CAMPESTRE, PARA QUE A MESMA NÃO INVADA E DESTRUA A ESTRADA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE A COLOCAÇÃO DE TUBOS E SUA COBERTURA COM CASCALHO NO ESGOTO A CÉU ABERTO NAS PROXIMIDADES DO MERCADO ECONÔMICO NA RUA E, EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A CONSTRUÇÃO DE UMA PONTE OU GALERIA NO ARROIO EXISTENTE QUE DÁ ACESSO AS PROPRIEDADES DOS SENHORES IVO KULMANN, VITOR KULMANN E VANTUIR MEYER NA LOCALIDADE DE LINHA TRAVESSÃO. </t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL REALIZE A BUSCA DE RECURSOS FINANCEIROS PARA VIABILIZAR A PERFURAÇÃO DE DOIS POÇOS ARTESIANOS, UM NA ETA- ESTAÇÃO DE TRATAMENTO DE ÁGUA DA LINHA DE FONTE, E, OUTRO NA LOCALIDADE DE VILA PARAÍSO, PARA SEREM UTILIZADOS EM SITUAÇÃO DE EMERGÊNCIA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A REFORMA OU COLOCAÇÃO DE LIXEIRAS NOVAS NA PRAÇA FLORINALDO ROHDE, BEM COMO A INSTALAÇÃO DE MAIS LÂMPADAS E PONTOS DE ILUMINAÇÃO NA MESMA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">	QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE DURANTE A LIMPEZA DAS VALETAS (REMOÇÃO DO ESGOTO), QUE ESTE MATERIAL SEJA IMEDIATAMENTE RETIRADO DAS VIAS PÚBLICAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A PREFEITURA MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, A TROCA DAS LÂMPADAS QUE ESTÃO QUEIMADAS E QUE APRESENTAM PROBLEMAS NO GINÁSIO MUNICIPAL OU QUE APRIMORE O SISTEMA DE ILUMINAÇÃO, MELHORANDO A QUALIDADE DO SERVIÇO QUE É OFERECIDO AOS QUE UTILIZAM O LOCAL PARA A PRÁTICA DE ESPORTES. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A COLOCAÇÃO DE UMA PLACA INDICATIVA NA LOCALIDADE DE LINHA PARAGUASSU, CONHECIDA COMO VOLTA DAS COUVES, INDICANDO  A DIREÇÃO PARA CHEGAR A  VILA PARAÍSO E A SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REALIZE A CONTRATAÇÃO EMERGENCIAL DE UM (A) FISIOTERAPEUTA PARA ATENDER NO POSTO DE SAÚDE DA SEDE.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A ROÇADA E LIMPEZA DA PRAÇA, CORREIO E DAS RUAS DA VILA PARAÍSO.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO COM URGÊNCIA NAS LOCALIDADES DE LINHA TRAVESSÃO EM TODA A SUA EXTENSÃO, ANTIGA ESTRADA DA POUSADA DOS IMIGRANTES E TRAVESSA DO CEMITÉRIO NA LINHA SINIMBÚ, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">  QUE O PODER EXECUTIVO JUNTAMENTE COM A CÂMARA DE VEREADORES PROMOVA REALIZAÇÃO DE AUDIÊNCIA PÚBLICA COM A RGE-SUL E CELETRO PARA DEBATE E BUSCA DE SOLUÇÕES PRA EVITAR AS CONSTANTES QUEDAS DE ENERGIA ELÉTRICA EM NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL REALIZE, COM MÁXIMA URGÊNCIA, PROVIDÊNCIAS PARA REGULARIZAR O ABASTECIMENTO DE ÁGUA NAS LOCALIDADES DE LINHA PATRÍCIA E LINHA TRAVESSÃO, BUSCANDO UMA FORMA DE TRATAMENTO DA ÁGUA CAPTADA NA PROPRIEDADE DO SR. LORIBALDO FRIEDRICH, PARA QUE A MESMA TENHA CONDIÇÕES DE USO HUMANO E POSSA SER UTILIZADA PELOS USUÁRIOS DE FORMA SAUDÁVEL.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/980/980_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/980/980_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> APROVA AS CONTAS DO MUNICÍPIO DE PARAÍSO DO SUL, RELATIVAS AO EXERCÍCIO FINANCEIRO DO ANO DE 2014.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, ANUAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER EXECUTIVO, APOSENTADOS E PENSIONISTAS.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REVISÃO GERAL E ANUAL SOBRE AS REMUNERAÇÕES DOS AGENTES POLÍTICOS, PREFEITO, VICE PREFEITO E SECRETÁRIOS MUNICIPAIS, FIXANDO ÍNDICE DE REPOSIÇÃO.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REVISÃO GERAL E ANUAL SOBRE SUBSÍDIOS E REMUNERAÇÕES DOS AGENTES POLÍTICOS, VEREADORES, FIXANDO O ÍNDICE DE REPOSIÇÃO.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL,SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUSÃO DE ELEMENTO DE DESPESA EM ATIVIDADE EXISTENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUSÃO DE ELEMENTO DE DESPESA EM ATIVIDADE EXISTENTE NO ORÇAMENTO VIGENTE COM RECURSO VINCULADO, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.  </t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR PARCELADAMENTE E CONCESSÃO DE DESCONTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) NO EXERCÍCIO 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO DE SANEAMENTO BÁSICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE DIÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ALTERA O ART. 2° DA LEI MUNICIPAL N° 1283/2015 QUE &amp;#8220;AUTORIZA O PODER LEGISLATIVO MUNICIPAL A INSTITUIR SISTEMA DE VALE ALIMENTAÇÃO NO ÂMBITO DA CÂMARA MUNICIPAL. </t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.pdf</t>
   </si>
   <si>
     <t>LEITURA DO PROJETO DE LEI N° 12/2017, DE AUTORIA DO PODER EXECUTIVO N° 12/2017, QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE ENFERMEIRO</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA REDAÇÃO DO ART 1° DA LEI MUNICIPAL N° 1333/2017, QUE "AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUSÃO DE ELEMENTO DE DESPESA EM ATIVIDADE EXISTENTE NO ORÇAMENTO VIGENTE COM RECURSO VINCULADO, E DÁ OUTRAS PROVIDÊNCIAS". </t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE USO DE BENS MÓVEIS Á ASSOCIAÇÃO BOMBEIROS VOLUNTÁRIOS DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA &amp;#8220;VEREADOR MIRIM&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE COLABORAÇÃO COM A ASSOCIAÇÃO BENEFICENTE AMOR PERFEITO- ABRIGO TRANSITÓRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSOR(A)&amp;#8221;. APROVADO POR UNANIMIDADE.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER APOIO À SEGURANÇA PÚBLICA, ATRAVÉS DO CONCEPRO, MEDIANTE A CELEBRAÇÃO DE TERMO DE COLABORAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE FARMACÊUTICO(A)&amp;#8221;. </t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ALTERA A REDAÇÃO DA LEI MUNICIPAL N° 167/1993, DE 14/09/1993, QUE CRIA O CONSELHO MUNICIPAL DE EDUCAÇÃO DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONSELHO MUNICIPAL DE TURISMO- CONTUR, E O FUNDO MUNICIPAL DE TURISMO- FUMTUR</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR DESPESAS COM AS COMEMORAÇÕES DO XXIX ANIVERSÁRIO DO MUNICÍPIO DE PARAÍSO DO SUL&amp;#8221;. </t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA VALOR UNITÁRIO DO VALE-ALIMENTAÇÃO, CONFORME PREVISÃO DO ART.2°, § 1° DA LEI MUNICIPAL N°1282/2015, DE 23/06/2015</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O ART. 2°. DA LEI MUNICIPAL N° 1283/2015 QUE &amp;#8220;AUTORIZA O PODER LEGISLATIVO MUNICIPAL A INSTITUIR SISTEMA DE VALE ALIMENTAÇÃO NO ÂMBITO DA CÂMARA MUNICIPAL&amp;#8221;.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE COLABORAÇÃO COM A ASSOCIAÇÃO DOS EXCEPCIONAIS DE AGUDO-APAE, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO OU INSTRUMENTO EQUIVALENTE COO ESTADO DO RIO GRANDE DO SUL POR MEIO DO DAER/RS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE ENFERMEIRO.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE TECNICO EM ENFERMAGEM</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/972/972_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/972/972_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUSÃO DE ELEMENTO DE DESPESA EM ATIVIDADE EXISTENTE NO ORÇAMENTO VIGENTE COM RECURSO VINCULADO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUSÃO DE ELEMENTO DE DESPESA EM ATIVIDADE EXISTENTE, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSOR.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA A INCLUSÃO DE ELEMENTO DE DESPESA EM ATIVIDADE EXISTENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURI ANUAL PARA O QUADRIÊNIO 2018-2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL E INCLUSÃO SE PROJETO/ATIVIDADE NA LOA, LDO E PPA, JUNTO Á SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE MÉDICO.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUSÃO DE ELEMENTO DE DESPESA EM ATIVIDADE EXISTENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/985/985_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/985/985_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ART. 4º DA LEI MUNICIPAL N°639/2003, QUE CRIA O CONSELHO DE HABITAÇÃO- COMHAB, E DÁ OUTRAS PROVIDÊNCIAS, REVOGANDO A LEI MUNICIPAL N° 970/2009&amp;#8221;.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/989/989_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/989/989_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR CONTRATAÇÃO EMERGENCIAL DE UM MÉDICO</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N 1103/2011, QUE DISPÕE SOBRE O QUADRO DE CARGOS E FUNÇÕES, ESTABELECE O PLANO DE CARREIRA DOS SERVIDORES PÚBLICOS MUNICIPAIS DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.pdf</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A CONCESSÃO DE PATROCÍNIO, NA FORMA DE APOIO CULTURAL, Á RADIODIFUSÃO COMUNITÁRIA NO TERRITÓRIO DO MUNICÍPIO DE PARAÍSO DO SUL-RS.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AOS AGENTES COMUNITÁRIOS DE SAÚDE, VINCULADOS Á EQUIPE DA ESTRATÉGIA DE SAÚDE DA FAMÍLIA- ESF, INCENTIVO FINANCEIRO ADICIONAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE UM ENFERMEIRO.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE UM TÉCNICO EM ENFERMAGEM.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO E ACRESCENTA ITENS NO ANEXO III DA LEI MUNICIPAL N 1010/2009, DE 22/12/2009.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DAS LEIS MUNICIPAIS N°1103/2011 E 1361/2017, QUE VERSAM SOBRE O QUADRO DE CARGOS E FUNÇÕES O PLANO DE CARREIRA DOS SERVIDORES PÚBLICOS MUNICIPAIS DE PARAÍSO DO SUL, E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DAS LEIS MUNICIPAIS N° 1103/2011 E N° 1361/2017, QUE VERSAM SOBRE O QUADRO DE  CARGOS E FUNÇÕES, O PLANO DE CARREIRA DOS SERVIDORES PÚBLICOS MUNICIPAIS DE PARAÍSO DO SUL, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA ATENDER DESPESAS COM A AQUISIÇÃO DE UM TRATOR PARA A PATRULHA AGRÍCOLA MECANIZADA, E DÁ OUTAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI GRATIFICAÇÃO PARA SERVIDORES MUNICIPAIS INTEGRANTES DAS EQUIPES DE SAÚDE DA ATENÇÃO BÁSICA QUE ADERIRAM AO PROGRAMA NACIONAL DE MELHORIA DO ACESSO E DA QUALIDADE DA ATENÇÃO BÁSICA-PMAQ-AB E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. ESTE COM PEDIDO DE TRAMITAÇÃO DE REGIME DE URGÊNCIA SIMPLES. </t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 995/2009, QUE INSTITUI O PROGRAMA PATRULHA AGRÍCOLA MECANIZADA DO MUNICÍPIO DE PARAÍSO DO SUL, DISPÕE SOBRE O USO DE TRATORES E DE IMPLEMENTOS AGRÍCOLAS PARA FINS DE PRODUÇÃO AGROPASTORIL, INSTITUI TARIFA, ESTABELECE PRIORIDADE E REVOGA EM SEU ARTIGO 13, A LEGISLAÇÃO MUNICIPAL ATINENTE AO ASSUNTO&amp;#8221;.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1049/1049_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1049/1049_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA A OUVIDORIA &amp;#8211; GERAL DO MUNICÍPIO DE PARAÍSO DO SUL&amp;#8221;.  </t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR CONTRATAÇÃO EMERGENCIAL DE MÉDICO (A) CLÍNICO&amp;#8221;.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONSELHO MUNICIPAL DO DESPORTO DE PARAÍSO DO SUL- C.M.D., CRIA O FUNDO MUNICIPAL DE INCENTIVO AO DESPORTO AMADOR- FIDA, REVOGA AS LEIS N° 67/90 E 249/94 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR A CONTRATAÇÃO EMERGENCIAL DE UM ENFERMEIRO MUNICIPAL.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO ESPECIAL AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL, QUE DESEMPENHAM TAREFAS EXCEPCIONAIS PARA O PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1073/1073_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1073/1073_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARAÍSO DO SUL PARA O EXERCÍCIO FINANCEIRO DE 2018</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 13 DA LEI MUNICIPAL N° 1108/2011, QUE REESTRUTURA O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES DO MUNICÍPIO DE PARAÍSO DO SUL/RS</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ALTERA REDAÇÃO DO INCISO I DO ARTIGO 24, DA RESOLUÇÃO Nº 01/95, DE 12.01.1995, E ALTERA AS ATRIBUIÇÕES DA CATEGORIA FUNCIONAL DE SERVENTE, DA CÂMARA MUNICIPAL DE VEREADORES DE PARAÍSO DO SUL&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LEITURA DO PROJETO DE RESOLUÇÃO Nº 02/2017, DE AUTORIA DA MESA DIRETORA QUE &amp;#8220;DISPÕE SOBRE A CRIAÇÃO DA GALERIA DAS EX-VEREADORAS&amp;#8221; DA CÂMARA MUNICIPAL DE VEREADORES DE PARAÍSO DO SUL&amp;#8221;. </t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR INFRA-ASSINADO, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 A) LISTAGEM DE TODOS FUNCIONÁRIOS DA PREFEITURA, POR SECRETARIA, QUE POSSUEM FG._x000D_
 B) VALOR QUE CADA FUNCIONÁRIO RECEBE A MAIS NA SUA REMUNERAÇÃO DEVIDO A FG._x000D_
 C) JUSTIFICATIVA DO PODER EXECUTIVO MUNICIPAL PARA QUE CADA FUNCIONÁRIO RECEBA F.G (FUNÇÃO GRATIFICADA)._x000D_
 </t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	SE O MUNICÍPIO DE PARAÍSO DO SUL FOI CONTEMPLADO COM RECURSO PARA A INSTALAÇÃO DE UMA &amp;#8220;ACADEMIA AO AR LIVRE&amp;#8221; NA LOCALIDADE DE VILA PARAÍSO?_x000D_
 B)	SE BENEFICIADO QUANDO SERÁ O INICIO DOS TRABALHOS PARA A CONCRETIZAÇÃO DA ACADEMIA PARA O USO DOS MUNÍCIPES?_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.doc</t>
   </si>
   <si>
     <t>A)	DOS FUNCIONÁRIOS DA PREFEITURA MUNICIPAL QUE RECEBIAM FUNÇÃO GRATIFICADA NO ANO DE 2016 DE QUAIS FOI RETIRADA ESTA GRATIFICAÇÃO PELA ATUAL ADMINISTRAÇÃO?</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR INFRA-ASSINADO, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 A)	QUAL FOI O VALOR DO LUCRO DO BAILE DE ANIVERSÁRIO DO MUNICÍPIO E PARA QUAL ENTIDADE O MESMO FOI DESTINADO?_x000D_
 </t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR INFRA-ASSINADO, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 _x000D_
 A)	QUAL O VALOR TOTAL PREVISTO PARA ARRECADAÇÃO COM IMPOSTO PREDIAL TERRITORIAL URBANO - IPTU EXERCÍCIO 2016?_x000D_
 B)	QUAL O VALOR ARRECADADO COM IPTU/2016, PAGOS EM COTA ÚNICA COM DESCONTO DE 30%?_x000D_
 </t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: A) QUAIS ATITUDES FORAM TOMADAS PELO PODER EXECUTIVO MUNICIPAL PARA APURAÇÃO DE POSSÍVEIS IRREGULARIDADES DAS INSTITUIÇÕES FINANCEIRAS EM RELAÇÃO AS DETERMINAÇÕES ELENCADAS NA LEI MUNICIPAL 1.323/2016? B) QUAIS AGÊNCIAS BANCÁRIAS JÁ FORAM ADVERTIDAS NA FORMA DO ART. 2º, A, DA LEI MUNICIPAL 1.323/2016? C) EM QUE DATA OCORREU CADA NOTIFICAÇÃO?_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	QUAL O VALOR TOTAL PREVISTO PARA ARRECADAÇÃO COM IMPOSTO PREDIAL TERRITORIAL URBANO - IPTU EXERCÍCIO 2017?_x000D_
 B)	QUAL O VALOR ARRECADADO COM IPTU/2017, PAGOS EM COTA ÚNICA COM DESCONTO DE 30%?_x000D_
 </t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">	- CONVOCAÇÃO DA SECRETÁRIA DE ADMINISTRAÇÃO MARLISA MARLENE STRENZEL, PARA QUE COMPAREÇA NA SESSÃO ORDINÁRIA DO DIA 13 DE NOVEMBRO DE 2017, ÀS 20: HORAS, NA SEDE DA CÂMARA, A FIM DE PRESTAR ESCLARECIMENTOS RELATIVOS A MUDANÇA E VALORES INVESTIDOS NA REFORMA DA SEDE DA EMEI, BEM COMO NO PRÉDIO  ONDE ESTÁ ESTABELECIDO O &amp;#8220;ESPAÇO CULTURAL&amp;#8221;._x000D_
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2412,67 +2412,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/948/948_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/900/900_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/974/974_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1063/1063_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/903/903_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/924/924_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/968/968_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/969/969_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/975/975_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/976/976_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/991/991_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/980/980_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/911/911_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/914/914_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/948/948_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/900/900_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/922/922_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/974/974_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1063/1063_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/920/920_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/903/903_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/907/907_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/918/918_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/924/924_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/952/952_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/968/968_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/969/969_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/975/975_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/976/976_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/991/991_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/980/980_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/893/893_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>