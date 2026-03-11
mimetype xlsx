--- v0 (2025-10-16)
+++ v1 (2026-03-11)
@@ -51,1395 +51,1395 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>emenda</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/824/824_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/824/824_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 EMENDA 001/2016 AO PROJETO DE LEI N° 10/2016 QUE &amp;#8221;ALTERA A REDAÇÃO DO ART. 3º, INCISO III E ART. 5º E REVOGA O INCISO IV DO ART. 3º DA LEI MUNICIPAL Nº 1167/2013&amp;#8221;. APROVADO POR UNANIMIDADE._x000D_
 </t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/832/832_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/832/832_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2º E DO ART. 3°, DO PROJETO DE LEI 17/2016, QUE &amp;#8220;FIXA OS SUBSÍDIOS DO PREFEITO E DO VICE PREFEITO DO MUNICÍPIO DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/833/833_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/833/833_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DO ART. 2º E DO ART. 3°, DO PROJETO DE LEI 18/2016, QUE &amp;#8220;FIXA O SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE PARAÍSO DO SUL PARA A LEGISLATURA 2017/2020 E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/834/834_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/834/834_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DO ART. 1º DO PROJETO DE LEI N° 19/2016 QUE FIXA O SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/842/842_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/842/842_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2 E DO ART. 3, DO PROJETO DE LEI 17/2016, QUE "FIXA OS SUBSÍDIOS DO PREFEITO E DO VICE PREFEITO DO MUNICÍPIO DE PARAISO DO SUL E DÁ OUTRAS PROVIDÊNCIAS. RETIRADA PELO AUTOR ANTES DA VOTAÇÃO EM 08/08/2016.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/843/843_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/843/843_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2 E DO ART 3,DO PROJETO DE LEI 18/2016, QUE FIXA O SUBSÍDIO DOS VEREADORES DO MUNICIPIO DE PARAÍSO DO SUL PARA A LEGISLATURA 2017/2020 E DÁ OUTRAS PROVIDENCIAS.RETIRADA PELO AUTOR ANTES DA VOTAÇÃO EM 08/08/2016.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/844/844_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/844/844_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1 DO PROJETO  DE LEI N° 19/2016 QUE FIXA O SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS.RETIRADA PELO AUTOR ANTES DA VOTAÇÃO EM 08/08/2016.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/861/861_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/861/861_texto_integral.doc</t>
   </si>
   <si>
     <t>INCLUI OS PARÁGRAFOS SEGUNDO E TERCEIRO NA REDAÇÃO DO ART. 1º DO PROJETO DE LEI N° 23/2016 QUE &amp;#8220;TORNA OBRIGATÓRIA A INSTALAÇÃO DE PORTA DE SEGURANÇA NAS AGÊNCIAS BANCÁRIAS E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/879/879_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/879/879_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LEITURA DE PROJETO DE EMENDA Á LEI ORGÂNICA MUNICIPAL N° 01, DE 05 DE DEZEMBRO DE 2016, QUE &amp;#8220;ALTERA, ACRESCE E REVOGA DISPOSITIVOS DA LEI ORGÂNICA MUNICIPAL&amp;#8221;. </t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/880/880_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/880/880_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA N°10/2016 DE AUTORIA DOS VEREADORES OSMAR DIAS E TIAGO SCHUNEMANN QUE &amp;#8220;MODIFICA O INCISO I NA REDAÇÃO DO ART. 7° DO PROJETO DE LEI N° 27/2016 QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARAÍSO DO SUL EXERCÍCIO FINANCEIRO DE 2017&amp;#8221;. </t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/881/881_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/881/881_texto_integral.doc</t>
   </si>
   <si>
     <t>MODIFICA O INCISO II NA REDAÇÃO DO ART. 7° DO PROJETO DE LEI N° 27/2016.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>OSMAR DIAS</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA REDUZA EM 20% (VINTE POR CENTO) OS SUBSÍDIOS DOS VEREADORES PARA A PRÓXIMA LEGISLATURA, QUANDO DA APRESENTAÇÃO DO PROJETO DE LEI QUE TRATARÁ DESTA MATÉRIA, CONFORME O DISPOSTO NO ARTIGO 101 DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE INDICA: QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE COM URGÊNCIA A CONSTRUÇÃO DE UM PRÉDIO PARA ABRIGAR O CENTRO ADMINISTRATIVO MUNICIPAL DE PARAÍSO DO SUL, COM LOCALIZAÇÃO CENTRAL, ADEQUADA, TENDO EM VISTA QUE O LOCAL ATUALMENTE OCUPADO POSSUI POUCO ESPAÇO E É ALUGADO, TAMBÉM CARÊNCIA DE LUGAR PARA ESTACIONAMENTO AOS QUE LÁ RECORREM, BEM COMO NÃO TEM COMO EXPLICAR QUE PARAÍSO DO SUL É O ÚNICO MUNICÍPIO DA REGIÃO SEM PRÉDIO PARA OCUPAR OS ÓRGÃOS DESTA PREFEITURA.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>DEISE DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE INDICA: QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE COM URGÊNCIA O PATROLAMENTO NA LINHA CAMPESTRE EM TODA SUA EXTENSÃO E ONDE MAIS SE FIZER NECESSÁRIO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE INDICA: QUE O PODER EXECUTIVO MUNICIPAL REMETA PROJETO DE LEI PARA O LEGISLATIVO, COM O OBJETIVO DE IMPLANTAR UMA ACADEMIA POPULAR AO AR LIVRE NA PRAÇA DA VILA PARAÍSO, PROMOVENDO A SAÚDE DA POPULAÇÃO DESTA LOCALIDADE E ARREDORES.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/780/780_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/780/780_texto_integral.doc</t>
   </si>
   <si>
     <t>. QUE INDICA: QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE AMPLIAÇÃO DA REDE DE ÁGUA DA LOCALIDADE DA LINHA RINCÃO DA PORTA, DESTA PROPRIEDADE DO SENHOR MARCILDO BLAT ATÉ A RESIDÊNCIA DO SENHOR  EMO ALTERMANN, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>MARCUS MACEDO, TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/781/781_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/781/781_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE INDICAM: QUE A MESA DIRETORA REDUZA EM 50% (CINQUENTA POR CENTO) O VALOR ATUAL PAGO PARA DIÁRIAS DOS VEREADORES. </t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/782/782_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/782/782_texto_integral.doc</t>
   </si>
   <si>
     <t>. QUE INDICA: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A CONSTRUÇÃO DE UMA REDE DE ÁGUA POTÁVEL NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR ALDO BEHLING ATÉ A RESIDÊNCIA DE AIRTON SEIBERT NA LINHA PARAGUASSÚ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE INDICA: QUE O PODER EXECUTIVO MUNICIPAL, REALIZE A PAVIMENTAÇÃO DA RUA MAX RETZLAFF LOCALIZADA ENTRE A RUA EDMUNDO ROHDE E A RUA WILLY ROSS NO CENTRO DE NOSSA CIDADE;   </t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE INDICA: QUE O PODER EXECUTIVO MUNICIPAL, BUSQUE NEGOCIAR JUNTO AOS CORREIOS UMA ALTERNATIVA PARA MANTER O CORREIO DA VILA PARAÍSO FUNCIONANDO NORMALMENTE;  </t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA COMPETENTE A DEMARCAR TRÊS PISTAS NA AV. AFONSO PENA, SENDO A PRIMEIRA, MAIS PRÓXIMO A ESCOLA PARA ESTACIONAMENTO, A SEGUNDA VIA PARA O ESTACIONAMENTO DOS ÔNIBUS E A TERCEIRA PISTA LIVRE, DESTA FORMA POSSIBILITANDO CONDIÇÕES PARA ESTACIONAMENTO DE CARROS, E  DESAFOGANDO O TRÂNSITO NAQUELE LOCAL, CONFORME IMAGEM EM ANEXO.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A REFORMA E PINTURA DA LOMBADA E FAIXA DE SEGURANÇA EM FRENTE A ESCOLA AFONSO PENA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A COLOCAÇÃO DE PLACAS INDICANDO OS ACESSOS AO HOSPITAL DA VILA PARAÍSO OU QUE SEJA ACRESCENTADA A LOCALIZAÇÃO NAS MESMAS.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE INDICAM: QUE O PREFEITO REDUZA SUA DIÁRIA PARA 70% DO PADRÃO 1, OU SEJA UMA DIÁRIA COMPLETA  FICARÁ NO VALOR DE R$ 503,39; E QUANDO O DESLOCAMENTO FOR PARA FORA DO ESTADO QUE ESTE  VALOR SEJA MULTIPLICADO POR DOIS PARA DESTA FORMA RESPEITAR OS PRINCÍPIOS DA ECONOMICIDADE E DA MORALIDADE QUE NORTEIAM A ADMINISTRAÇÃO PÚBLICA._x000D_
 </t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/807/807_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/807/807_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DA CRIAÇÃO DO PROGRAMA DE DESENVOLVIMENTO DA BOVINOCULTURA DE LEITE PROLEITE- EM PARAÍSO DO SUL-RS.        _x000D_
 </t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE JUNTO A SECRETARIA COMPETENTE A CONSTRUÇÃO DE UM POÇO ARTESIANO NA LINHA PATRIMÔNIO, NAS PROXIMIDADES DA ESCOLA ROBERTO LOOSE, E A INSTALAÇÃO DE UMA CAIXA D&amp;#8217;ÁGUA JUNTO À REFERIDA ESCOLA, CONSIDERANDO QUE O LOCAL FICA SITUADO NA PARTE ALTA DA LOCALIDADE.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/845/845_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/845/845_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">         QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO QUE PROVIDENCIE A COLOCAÇÃO DE FAIXA DE PEDESTRES ENTRE A AV. AFONSO PENA E A RUA AUGUSTO ROHDE ESQUINA COM O BRADESCO, RESPECTIVAMENTE, NESTE MUNICÍPIO.      			_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/850/850_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/850/850_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL CONSTRUA UMA PONTE PRÉ-MOLDADA OU GALERIA OU AINDA A COLOCAÇÃO DE TUBOS, NO ARROIO PREGUIÇA NA TRAVESSA ENTRE AS LOCALIDADES DE LINHA DA FONTE E LINHA RINCÃO DA PORTA, MAIS PRECISAMENTE PRÓXIMO À RESIDÊNCIA DO SENHOR LUIS BLEY NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/857/857_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/857/857_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROMOVA O ATENDIMENTO DE VETERINÁRIO DE SEGUNDA A SEXTA FEIRA, TRINTA HORAS SEMANAIS, CONFORME LEGISLAÇÃO ATUAL DISPOSTA NA LEI MUNICIPAL N° 1103/2011.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/859/859_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/859/859_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, REALIZE A PAVIMENTAÇÃO DA AVENIDA TIRADENTES EM NOSSA CIDADE;  </t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/862/862_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/862/862_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DO SETOR COMPETENTE, SOLICITE AS EMPRESAS DE ÔNIBUS QUE REALIZEM E REGULARIZEM O TRANSPORTE COLETIVO NAS LOCALIDADES DE BOA VISTA SUL E BOA VISTA NORTE DURANTE TODO ANO, E NÃO SOMENTE EM PERÍODO ESCOLAR, E, CASO NECESSÁRIO PROMOVA LICITAÇÃO PARA ESTE FIM. </t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A CEDÊNCIA DO VEÍCULO AMBULÂNCIA DE PLACA ILY 1112 PARA A ASSOCIAÇÃO BOMBEIROS VOLUNTÁRIOS DE PARAÍSO DO SUL, PARA QUE A ENTIDADE POSSA DESEMPENHAR SUAS ATIVIDADES DE MANEIRA MAIS EFICIENTE.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/868/868_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/868/868_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                          QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA DE ASSISTÊNCIA SOCIAL QUE REALIZE UM ESTUDO SOCIAL DA FAMÍLIA DO SR. LÍRO SOUZA, NA LOCALIDADE DE BOA VISTA NORTE INTERIOR DO MUNICÍPIO, E QUE BUSQUE AUXILIAR A MESMA, PARA QUE ESTA TENHA ACESSO ÀS POLÍTICAS SOCIAIS E DE SAÚDE PERTINENTES A SUA SITUAÇÃO. </t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                          QUE O PODER EXECUTIVO MUNICIPAL AUTORIZE A COLOCAÇÃO DUAS PLACAS COM MENSAGEM BÍBLICA, REFERENTE AO DIA DA REFORMA, NO PÓRTICO DE ENTRADA DE PARAÍSO DO SUL. </t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/874/874_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/874/874_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO QUE PROVIDENCIE O CONSERTO DAS CAIXAS DE ÁGUAS QUE ESTÃO DETERIORADAS NA ETA- ESTAÇÃO DE TRATAMENTO DE ÁGUA OU FAÇA A REPOSIÇÃO DAS MESMAS; </t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>CARLA RUFF</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/797/797_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/797/797_texto_integral.docx</t>
   </si>
   <si>
     <t>LEITURA DA MOÇÃO DO VOTO DE AGRADECIMENTO A SERVIDORA PÚBLICA MUNICIPAL IVANI BOER PELA INESTIMÁVEL CONTRIBUIÇÃO NO SERVIÇO PÚBLICO JUNTO A SECRETARIA MUNICIPAL DE EDUCAÇÃO NO MUNICÍPIO DE PARAÍSO DO SUL, SOLICITADO PELA VEREADORA CARLA REGINA RUFF.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/798/798_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/798/798_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">A SERVIDORA PÚBLICA MUNICIPAL MARLISA NORMA STRENZEL PELA INESTIMÁVEL CONTRIBUIÇÃO NO SERVIÇO PÚBLICO JUNTO AO MUNICÍPIO DE PARAÍSO DO SUL, SOLICITADO PELA VEREADORA CARLA REGINA RUFF._x000D_
 </t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/804/804_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/804/804_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AOS FAMILIARES DA_x000D_
 SRA:  JANICE KILLIAN PETERMANN._x000D_
 PARAÍSO DO SUL/RS_x000D_
 CUMPRE-NOS INFORMÁ-LOS QUE ESTA CÂMARA MUNICIPAL DE VEREADORES, INSERIU NA ATA DOS TRABALHOS DA SESSÃO ORDINÁRIA, REALIZADA NO DIA 18 DE ABRIL DE 2016, POR INICIATIVA DA VEREADORA DEISE SILVANA DA SILVA UM VOTO DE PROFUNDO PESAR, PELO FALECIMENTO DA SENHORA JANICE KILLIAN PETERMANN OCORRIDO NO DIA 17 DE ABRIL DE 2016. _x000D_
 ESTA CÂMARA DE VEREADORES, AO ENSEJO APRESENTA SUAS CONDOLÊNCIAS PESSOAIS E SUBSCREVEM-SE OS NOBRES VEREADORES._x000D_
 			PESAROSAMENTE_x000D_
 _x000D_
 ________________                         __________________                 _______________x000D_
 BRENO R. SOARES DE OLIVEIRA                    DEISE SILVANA DA SILVA                   CARLA REGINA RUFF_x000D_
     PRESIDENTE                                              VEREADORA  PT	          	 VEREADORA PP_x000D_
 ______________                          __________________     	            ________________x000D_
 MARCUS V. SILVA DE MACEDO            ELISEU LAURI CRUMENAUER                           HARDI MEYER_x000D_
 VEREADOR PMDB                                       VEREADOR PP                                   VEREADOR PSDB_x000D_
 _x000D_
 _________________        ___________________                          _________________x000D_
         OSMAR DIAS	        PAULINHO C. ALTERMANN                              TIAGO H. SCHÜNEMANN_x000D_
     VEREADOR PMDB	           VEREADOR PMDB	      VEREADOR PDT_x000D_
 </t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">LEITURA DA MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR RENATO ROHDE PELO SEU FALECIMENTO OCORRIDO NO DIA 23 DE MAIO DE 2016._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/823/823_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/823/823_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SENHORA BELONI FRIEDRICH RICHARDT PELO SEU FALECIMENTO OCORRIDO NO DIA 28 DE MAIO DE 2016, SOLICITADO PELA VEREADORA CARLA RUFF.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/835/835_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/835/835_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRE-NOS INFORMÁ-LOS QUE ESTA CÂMARA MUNICIPAL DE VEREADORES, INSERIU NA ATA DOS TRABALHOS DA SESSÃO ORDINÁRIA, REALIZADA NO DIA 20 DE JUNHO DE 2016, UM VOTO DE PROFUNDO PESAR, PELO FALECIMENTO DA SENHORA ARISILDA SABIN OESTREICH  OCORRIDO NO DIA 20 DE JUNHO DE 2016. </t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/864/864_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/864/864_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE PEDE: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE O PATROLAMENTO E LIMPEZA, BEM COMO AS DEMAIS PROVIDÊNCIAS NECESSÁRIAS PARA LEGALIZAR A CONTINUAÇÃO DA RUA MARCILIO EHLE, NA QUADRA COMPREENDIDA ENTRE A AVENIDA IMIGRANTES E AVENIDA TIRADENTES, PRÓXIMO A PROPRIEDADE DE LEOMAR GARSKE, NA SEDE DE NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE PEDE: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A REVISÃO E TROCAS DE LÂMPADAS QUEIMADAS NA AVENIDA 1° DE JANEIRO, EM TODA SUA EXTENSÃO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE PEDE: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A LIMPEZA DE TODOS OS RESERVATÓRIOS DE ÁGUA DO MUNICÍPIO DE FORMA ROTINEIRA PARA GARANTIR A QUALIDADE DA ÁGUA E EVITAR A PROLIFERAÇÃO DE DOENÇAS.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE PEDE: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO COM URGÊNCIA NAS LOCALIDADES DE LINHA PATRÍCIA, LINHA PARAGUAÇU E LINHA TRAVESSÃO EM TODA A SUA EXTENSÃO, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE PEDE: QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A REPOSIÇÃO DE CASCALHO E O PATROLAMENTO NA TRAVESSA ALTERMANN, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE PEDE: QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A REFORMA E PINTURA DA LOMBADA E FAIXA DE SEGURANÇA EM FRENTE A ESCOLA AFONSO PENA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE PEDE: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, O CASCALHAMENTO NA ENTRADA DA PROPRIEDADE DO SR. FRUTUOSO ELESBÃO E MARISA ELESBÃO, NA LOCALIDADE DE LINHA MARCONDES NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/790/790_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/790/790_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, O CASCALHAMENTO NA ESTRADA DA PICADA DAS GAMELAS, DEVIDO À CONSTRUÇÃO DA REDE DE ÁGUA NESTA LOCALIDADE. </t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.doc</t>
   </si>
   <si>
     <t>AO PODER EXECUTIVO MUNICIPAL DETERMINAR A SECRETARIA COMPETENTE, QUE TOME AS MEDIDAS NECESSÁRIAS PARA GARANTIR O FORNECIMENTO DE ÁGUA DE FORMA CONTINUA NAS LOCALIDADES DE BOA VISTA SUL, BOA VISTA NORTE E LINHA DA FONTE PARA QUE NÃO OCORRAM MAIS OS CONSTANTES CORTES NO ABASTECIMENTO, POIS ESTÁ CAUSANDO TRANSTORNOS AOS MORADORES DESTAS LOCALIDADES.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O ENCASCALHAMENTO E PATROLAMENTO, LIMPEZA DE DESMORONAMENTO DE ENCOSTA E RECUPERAÇÃO DE BUEIROS NA ESTRADA GERAL DE LINHA CONTENDA NO INTERIOR, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/795/795_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/795/795_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, O CASCALHAMENTO NO ACESSO A PROPRIEDADE DO SR. LAURINDO ABICH, NA LOCALIDADE DE LINHA PATRÍCIA NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, A TROCA DE BUEIRO NA ESTRADA DA PICADA KEMMERICH, NA LINHA TRAVESSÃO, NO INTERIOR DESTE MUNICÍPIO. _x000D_
 </t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/808/808_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/808/808_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE REALIZA ROÇADA E LIMPEZA NO DISTRITO INDUSTRIAL, NA LINHA PROGRESSO NO INTERIOR DESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/814/814_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/814/814_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, O TERMINO DO CASCALHAMENTO E COLOCAÇÃO DE BUEIROS NA QUADRA QUE  INICIA NA RUA ROBERTO KRÜGEL, ONDE RESIDEM, ENTRE OUTRAS FAMÍLIAS, O SENHOR GILMAR DIAS. </t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL MANIFESTE-SE JUNTO AO DEPARTAMENTO AUTÔNOMO DE ESTRADAS DE RODAGEM - DAER, PARA PEDIR AUTORIZAÇÃO PARA REALIZAR MELHORIAS COMO PATROLAMENTO E CASCALHAMENTO, NAS PROXIMIDADES DO PÓRTICO, JUNTO A RSC 287, NO ENTRONCAMENTO COM A AVENIDA 1º DE JANEIRO. </t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O RECOLHIMENTO DO LIXO EM TODAS AS LOCALIDADES, NO INTERIOR DESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO E CASCALHAMENTO E PRINCIPALMENTE ROÇADAS EM TODA A SUA EXTENSÃO NAS LOCALIDADES DE LINHA CAMPESTRE EM DIREÇÃO A LINHA CONTENDA, QUE É O PRINCIPAL ACESSO AO HOSPITAL DA VILA PARAÍSO, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O CONSERTO NO TELHADO DO PRÉDIO DA ESCOLA MUNICIPAL SALGADO FILHO, NA LOCALIDADE DE LINHA CONTENDA, INTERIOR DO MUNICÍPIO</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/836/836_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/836/836_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE ESTUDE A VIABILIDADE DA INSTALAÇÃO, COM URGÊNCIA, DE DOIS QUEBRA- MOLAS NA AVENIDA 1° DE JANEIRO NAS PROXIMIDADES DA ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL PASTORA LIANE BOCK SCHMIDT, UMA INSTALADA EM FRENTE À FARMÁCIA MARA E A OUTRA NO OUTRO LADO DA AVENIDA EM FRENTE À AGROPECUÁRIA ACHTEMBERH RESPECTIVAMENTE, NESTE MUNICÍPIO.   </t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/837/837_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/837/837_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, A LIMPEZA COM ROÇADA NAS LATERAIS, CASCALHAMENTO E PATROLAMENTO DA ESTRADA GERAL DA LINHA SINIMBU, PRINCIPALMENTE NO TRECHO QUE COMPREENDE A ESCOLA CRISTIAN GADTKE ATÉ A ACUPA, NO INTERIOR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/838/838_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/838/838_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                        QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE, A CONSTRUÇÃO DA PONTE DE MADEIRA COM URGÊNCIA PARA PASSAGEM DE VEÍCULOS LEVES LOCALIZADA NA DE LINHA MARCONDES, MAIS PRECISAMENTE NO ACESSO A PROPRIEDADE DO SENHOR RONI MILBRADT, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/839/839_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/839/839_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O PATROLAMENTO DA ESTRADA DO POÇO VERDE EM TODA A SUA EXTENSÃO, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/846/846_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/846/846_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                        QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A CONSTRUÇÃO DE ABRIGOS DE ÔNIBUS NA LOCALIDADE DE LINHA CONTENDA, NAS PROXIMIDADES DA PROPRIEDADE RURAL DO SENHOR IDÁRIO SCHOTT, E NAS DEMAIS LOCALIDADES AONDE SE FIZER NECESSÁRIO NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/851/851_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/851/851_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO, CASCALHAMENTO E COLOCAÇÃO DE QUATRO BUEIROS NA ESTRADA DA PICADA BUNDT, NA LINHA CONTENDA, INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/852/852_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/852/852_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A TROCA DE LÂMPADAS QUEIMADAS  MAIS PRECISAMENTE EM FRENTE AS RESIDÊNCIAS DOS SENHORES CLAUDIO RICHARTD E MARCELO MICHELS NA LINHA RINCÃO DA PORTA NO INTERIOR DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/853/853_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/853/853_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A REVISÃO E TROCAS DE LÂMPADAS QUEIMADAS EM TODA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/855/855_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/855/855_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO E CONSERVAÇÃO DA ESTRADA ARNO ACHTERBERG, EM TODA SUA EXTENSÃO, COM INÍCIO NA LINHA PATRIMÔNIO ATÉ SEU ENTRONCAMENTO NA ESTRADA GERAL DE LINHA CONTENDA.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/856/856_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/856/856_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                        QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A CONSTRUÇÃO DE ABRIGO DE ÔNIBUS NA LOCALIDADE DE LINHA CONTENDA, NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR LÍDIO SCHUNEMANN NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O PATROLAMENTO NA ESTRADA GERAL DE CAPÃO GRANDE, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/863/863_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/863/863_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A CONSTRUÇÃO DE ABRIGO DE ÔNIBUS NO ENTRONCAMENTO DA ESTRADA GERAL QUE VAI PARA CACHOEIRA DO SUL, MAIS PRECISAMENTE NA ULTIMA ENTRADA A DIREITA ANTES DA DIVISA ENTRE OS MUNICÍPIOS DE PARAÍSO DO SUL E CACHOEIRA DO SUL._x000D_
                                                         _x000D_
 </t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/865/865_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/865/865_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROMOVA A REALIZAÇÃO DE UM TORNEIO DE FUTSAL E VOLEIBOL NO GINÁSIO MUNICIPAL SE POSSÍVEL NO MÊS DE NOVEMBRO DE 2016.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/870/870_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/870/870_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE VIABILIZE O TRANSPORTE GRATUITO PARA OS ESTUDANTES QUE IRÃO REALIZAR A PROVA DO ENEM NOS DIAS 05 E 06 DE NOVEMBRO DE 2016, PARA QUE OS MESMOS APENAS SE PREOCUPEM COM A PROVA NESTES DIAS.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A RECOLOCAÇÃO DE LÂMPADAS NOS NOVOS POSTES DE LUZ QUE FORAM SUBSTITUÍDOS APÓS O VENDAVAL, MAIS PRECISAMENTE EM FRENTE ÀS RESIDÊNCIAS DOS SENHORES MAURICIO FRIEDRICH E MÁRIO HASSLER NA LINHA RINCÃO DA PORTA NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/873/873_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/873/873_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                        QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A CONSTRUÇÃO DE ABRIGO DE ÔNIBUS NA LOCALIDADE DE LINHA PATRIMÔNIO, NAS PROXIMIDADES DE UMA ESCOLA ABANDONADA, LOCAL ONDE O ÔNIBUS ESCOLAR FAZ O RETORNO, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/877/877_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/877/877_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, REALIZE O CONSERTO NA REDE DE ÁGUA EM FRENTE A ESCOLA RODRIGUES ALVES, POIS EXISTE UM VAZAMENTO NESTE LOCAL.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/810/810_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/810/810_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">APROVA AS CONTAS DO MUNICÍPIO DE PARAÍSO DO SUL, RELATIVAS AO EXERCÍCIO FINANCEIRO DO ANO DE 2012.&amp;#8221; _x000D_
 </t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/840/840_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/840/840_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;APROVA AS CONTAS DO MUNICÍPIO DE PARAÍSO DO SUL, RELATIVAS AO EXERCÍCIO FINANCEIRO DO ANO DE 2013. &amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, ANUAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER EXECUTIVO, APOSENTADOS E PENSIONISTAS&amp;#8221;</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE DESCONTO E ESTABELECE NORMAS PARA ARRECADAÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO-IPTU, PARA O EXERCÍCIO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSORES (AS) &amp;#8221;. </t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8221;. PROJETO DE LEI Nº 04/2016 DE 08.01.2016 QUE &amp;#8220;ESTABELECE REVISÃO GERAL E ANUAL SOBRE AS REMUNERAÇÕES E SUBSÍDIOS DOS AGENTES POLÍTICOS, PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS, FIXANDO O ÍNDICE DE REPOSIÇÃO&amp;#8221;. </t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE REVISÃO GERAL E ANUAL SOBRE SUBSÍDIOS E REMUNERAÇÕES DOS AGENTES POLÍTICOS, VEREADORES, FIXANDO O ÍNDICE DE REPOSIÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER LEGISLATIVO MUNICIPAL&amp;#8221;</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE VEÍCULO DE PROPRIEDADE DO MUNICÍPIO DE PARAÍSO DO SUL AO ESTADO DO RIO GRANDE DO SUL-BRIGADA MILITAR, PARA O FIM QUE ESPECIFICA&amp;#8221;</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/763/763_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL PARA A COBERTURA DE DÍVIDA DO PARCELAMENTO DO FABS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA A REDAÇÃO DO ART.3°, INCISO III E ART. 5° E REVOGA O INCISO IV DO ART. 3° DA LEI MUNICIPAL N° 1167/2013.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/796/796_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR DESPESAS COM COMEMORAÇÕES DO XXVIII ANIVERSÁRIO DO MUNICÍPIO DE PARAÍSO DO SUL&amp;#8221;.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA TERMO DE CONCESSÃO DE USO REAL DE BEM IMÓVEL, A SER CELEBRADO ENTRE O MUNICÍPIO DE PARAÍSO DO SUL E A ASSOCIAÇÃO GRUPO DE FAMÍLIAS BENJAMIN CONSTANT&amp;#8221;. </t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/809/809_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/809/809_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE INSTITUIR O &amp;#8220;DEZEMBRO LARANJA&amp;#8221;, COMO MÊS DE CAMPANHA PARA LEMBRAR A PREVENÇÃO E DIAGNÓSTICO PRECOCE DO CÂNCER DE PELE NA POPULAÇÃO PARAISENSE. </t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONTRATO DE INCENTIVOS COM A EMPRESA IBAN IND. E COM. DE CALÇADOS E BOLSAS, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/827/827_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/827/827_texto_integral.doc</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO E DO VICE-PREFEITO DO MUNICÍPIO DE PARAÍSO DO SUL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/828/828_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/828/828_texto_integral.doc</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE PARAÍSO DO SUL PARA A LEGISLATURA 2017/2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/829/829_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/829/829_texto_integral.doc</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/830/830_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/830/830_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE, PARA ATENDER DESPESAS COM CONSULTA POPULAR 2013/2014, E DÁ OUTRAS PROVIDÊNCIAS. ESTE COM PEDIDO DE REGIME DE URGÊNCIA ESPECIAL. O PEDIDO DO REGIME ESPECIAL DE URGÊNCIA FOI APROVADO E A MATÉRIA TRAMITOU NA ORDEM DO DIA.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t xml:space="preserve">VEDA A NOMEAÇÃO EM CARGOS PÚBLICOS DE PESSOAS INELEGÍVEIS NOS TERMOS DA LEI COMPLEMENTAR FEDERAL Nº 135, DE 04 DE JUNHO DE 2010. ARQUIVADO DEVIDO A SUA INCONSTITUCIONALIDADE, POIS A COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL EMITIU PARECER DESFAVORÁVEL DE FORMA UNANIME._x000D_
 </t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/841/841_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL 1218/2014, DE 25/03/2014, QUE RATIFICA ADESÃO AO PROGRAMA MAIS MÉDICOS, AUTORIZA A CONCESSÃO DE AUXÍLIOS MORADIA E ALIMENTAÇÃO, A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/848/848_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/848/848_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">TORNA OBRIGATÓRIA A INSTALAÇÃO DE PORTA DE SEGURANÇA NAS AGENCIAS BANCÁRIAS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/854/854_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/872/872_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUSÃO DE ELEMENTO DE DESPESA EM ATIVIDADE EXISTENTE NO ORÇAMENTO VIGENTE COM RECURSO VINCULADO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/875/875_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE DIÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/878/878_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/878/878_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA E RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARAÍSO DO SUL PARA O EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/882/882_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/882/882_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI 1103/2011- DENOMINAÇÕES E ATRIBUIÇÕES DE CARGOS EM COMISSÃO.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>ALTERA A CARGA HORÁRIA DO CARGO EM COMISSÃO DE ASSESSOR JURÍDICO ESTABELECIDO NO PREVISTO DA RESOLUÇÃO Nº 01/95, DE 12/01/1995 DO ARTIGO 23, ANEXO I, ITEM &amp;#8220;A&amp;#8221;</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO PELA CÂMARA DE VEREADORES DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO DE CONSULTORIA TÉCNICA&amp;#8221;.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/876/876_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/876/876_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COMISSÃO ESPECIAL DE ATUALIZAÇÃO DA LEI ORGÂNICA DO MUNICÍPIO DE PARAÍSO DO SUL, NOS TERMOS DOS ARTIGOS 49 E 58 DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA DIARIAS</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA CURSO</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>MARCUS MACEDO</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE REQUER: QUE SEJAM SOLICITADAS AO PODER EXECUTIVO AS SEGUINTES INFORMAÇÕES: A) LISTAGEM DE TODOS FUNCIONÁRIOS DA PREFEITURA, POR SECRETARIA, QUE POSSUEM FG. B) VALOR QUE CADA FUNCIONÁRIO RECEBE A MAIS NA SUA REMUNERAÇÃO DEVIDO A FG. C) JUSTIFICATIVA DO PODER EXECUTIVO MUNICIPAL PARA QUE CADA FUNCIONÁRIO RECEBA F.G (FUNÇÃO GRATIFICADA).</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE REQUER AUTORIZAÇÃO PARA A REALIZAÇÃO DE DESPESAS COM DIÁRIAS PARA PARTICIPAÇÃO NA MARCHA DOS VEREADORES 2016 EVENTO PROMOVIDO PELA UVB-UNIÃO DOS VEREADORES DO BRASIL, QUE OCORRERÁ EM BRASÍLIA-DF, DE 26 A 29 DE ABRIL DE 2016.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/777/777_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/777/777_texto_integral.doc</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/778/778_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/778/778_texto_integral.doc</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/779/779_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/779/779_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE REQUER: QUE SEJA SOLICITADA AO PODER EXECUTIVO A SEGUINTE INFORMAÇÃO: QUAL O CRITÉRIO ADOTADO PARA A ESCOLHA DAS OFICINAS MECÂNICAS DO MUNICÍPIO EM QUE SÃO LEVADAS AS MÁQUINAS E VEÍCULOS DA PREFEITURA PARA REALIZAÇÃO DE SEU CONSERTO?</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>PAULINHO ALTERMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REQUER: QUE SEJAM SOLICITADAS AO PODER EXECUTIVO MUNICIPAL AS SEGUINTES INFORMAÇÕES: A) QUAL O ANDAMENTO DO PROJETO DE SANEAMENTO BÁSICO PARAÍSO DO SUL? B) QUAIS MEDIDAS O PODER EXECUTIVO ESTÁ TOMANDO PARA CONCRETIZAÇÃO DESTE IMPORTANTE PROJETO PARA O NOSSO MUNICÍPIO? C) FOI REMETIDO O PROJETO PARA A FUNASA EM TEMPO HÁBIL, QUANDO ESTE IMPORTANTE RECURSO ESTARÁ À DISPOSIÇÃO DO PODER EXECUTIVO PARA CONCRETIZAÇÃO DO PROJETO?_x000D_
 </t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REQUER: QUE SEJA SOLICITADA AO PODER EXECUTIVO MUNICIPAL AS SEGUINTES INFORMAÇÕES: A) QUAL O VALOR PAGO EM PRECATÓRIOS PELO PODER EXECUTIVO DE 2006 Á 2015? B) QUAIS OS FUNCIONÁRIOS BENEFICIADOS E QUAL O VALOR RECEBIDO POR ESTES?_x000D_
 </t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/811/811_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/811/811_texto_integral.docx</t>
   </si>
   <si>
     <t>EU VEREADORA CARLA REGINA RUFF-PP, VENHO POR MEIO DESTE SOLICITAR LICENÇA DESTA CASA LEGISLATIVA NO DIA 09 DE MAIO DE 2016, CONFORME ART. 90,  DO REGIMENTO INTERNO DA CÂMARA DE VEREADORES PARA ACOMPANHAR O SENHOR PREFEITO MUNICIPAL NA XIX MARCHA A BRASÍLIA EM DEFESA DOS MUNICÍPIOS PROMOVIDO PELA CNM- CONFEDERAÇÃO NACIONAL DE MUNICÍPIOS</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/812/812_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/812/812_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EU VEREADORA DEISE SILVANA DA SILVA-PT, VENHO POR MEIO DESTE REQUERER QUE SEJA ANULADA A VOTAÇÃO INSERIDA NA ORDEM DO DIA DA SESSÃO ORDINÁRIA DO DIA 09 DE MAIO DE 2016, BASEADA NO ARTIGO 197 DO REGIMENTO INTERNO NO QUAL A VOTAÇÃO SERÁ NOMINAL NOS SEGUINTES CASOS:_x000D_
 III- JULGAMENTO DAS CONTAS DO MUNICÍPIO._x000D_
 E APÓS VOTAÇÃO TAMBÉM BASEADO NO ARTIGO 224, O PROJETO DE DECRETO LEGISLATIVO QUE TENHA OS MOTIVOS DA DISCORDÂNCIA OU DA APROVAÇÃO. _x000D_
 ISTO TUDO COM EMBASAMENTO NO REGIMENTO INTERNO E QUE SE CUMPRA AS LEIS._x000D_
 </t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/813/813_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/813/813_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES ABAIXO ASSINADOS REQUEREM AUTORIZAÇÃO DO PLENÁRIO PARA PARTICIPAÇÃO EM REUNIÃO COM A CONSULTORIA DA CÂMARA DE VEREADORES JUNTO AO INLEGIS- INSTITUTO DE APOIO AO PODER PÚBLICO PARA TRATAR DE ALTERAÇÕES NECESSÁRIAS A LEI ORGÂNICA E QUADRO DE CARGOS DO LEGISLATIVO EM PORTO ALEGRE-RS NO DIA 18 DE MAIO DE 2016. </t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO N°05/2016, DE AUTORIA DA VEREADORA DEISE DA SILVA QUE REQUER: QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO: A) A LISTAGEM CORRETA E ATUALIZADA DOS BENEFICIÁRIOS DO PROGRAMA BOLSA FAMÍLIA DE PARAÍSO DO SUL, ATRAVÉS DO SETOR COMPETENTE NA SECRETARIA MUNICIPAL DA ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REQUER AUTORIZAÇÃO PARA A REALIZAÇÃO DE DESPESAS COM DIÁRIAS PARA PARTICIPAÇÃO PARA PARTICIPAR DO 20° SEMINÁRIO DE ATUALIZAÇÃO TÉCNICA ASSESSORIA, FORTALECIMENTO E ESTRUTURAÇÃO DOS MUNICÍPIOS GAÚCHOS PARA PREFEITOS, SECRETÁRIOS VEREADORES E ASSESSORES NOS DIAS 07 A 10 DE JUNHO DE 2016 NO INLEGIS- EM PORTO ALEGRE-RS. </t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/847/847_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/847/847_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LEITURA DO REQUERIMENTO PARA AUTORIZAÇÃO DE DESPESA COM DIÁRIA DE AUTORIA DO VEREADOR BRENO DE OLIVEIRA, DEVIDO A AGENDAMENTO NA RECEITA FEDERAL PARA RESOLVER PENDÊNCIA DA CÂMARA JUNTO A ESTE ÓRGÃO. ESTE COM PEDIDO DE REGIME DE URGÊNCIA ESPECIAL. COLOCADO EM DISCUSSÃO E EM VOTAÇÃO FOI APROVADO POR UNANIMIDADE O REGIME DE URGÊNCIA ESPECIAL E ASSIM ESTA PROPOSIÇÃO IRÁ TRAMITAR NA ORDEM DO DIA DESTA SESSÃO. </t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/849/849_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/849/849_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR INFRA-ASSINADO, NA FORMA REGIMENTAL, VÊM, ATRAVÉS DO PRESENTE, REQUERER QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES REFERENTE À QUADRA COBERTA DA ESCOLA MUNICIPAL CARLOS ALTERMANN:_x000D_
 A) QUAIS EMPRESAS PARTICIPARAM DA LICITAÇÃO E QUAL EMPRESA VENCEDORA?_x000D_
 B) QUAL O CUSTO TOTAL DESTA OBRA? _x000D_
 _x000D_
 C) QUAL O VALOR RECEBIDO DO GOVERNO FEDERAL PARA CUSTEIO DESTA OBRA E QUAL O VALOR DE CONTRA PARTIDA DO MUNICÍPIO?_x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/858/858_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/858/858_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR INFRA-ASSINADO, NA FORMA REGIMENTAL, VÊM, ATRAVÉS DO PRESENTE, REQUERER QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 A) CÓPIA DOS APONTAMENTOS EFETUADOS PELO RESPONSÁVEL PELO CONTROLE INTERNO Á PREFEITURA MUNICIPAL NOS ANOS DE 2015 E 2016._x000D_
 </t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.doc</t>
   </si>
   <si>
     <t>A) AVALIAÇÃO MECÂNICA POR ESCRITO DA SITUAÇÃO DE CADA VEÍCULO E MAQUINAS EXISTENTE EM TODAS AS SECRETARIAS MUNICIPAIS A SER REALIZADA POR UM MECÂNICO JUNTAMENTE COM O MECÂNICO DA PREFEITURA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1746,68 +1746,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/824/824_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/832/832_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/833/833_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/834/834_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/842/842_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/843/843_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/844/844_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/861/861_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/879/879_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/880/880_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/881/881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/780/780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/781/781_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/782/782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/807/807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/845/845_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/850/850_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/857/857_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/859/859_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/862/862_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/868/868_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/874/874_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/797/797_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/798/798_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/804/804_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/823/823_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/835/835_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/864/864_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/790/790_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/795/795_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/808/808_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/814/814_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/836/836_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/837/837_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/838/838_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/839/839_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/846/846_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/851/851_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/852/852_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/853/853_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/855/855_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/856/856_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/863/863_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/865/865_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/870/870_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/873/873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/877/877_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/810/810_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/840/840_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/809/809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/827/827_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/828/828_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/829/829_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/848/848_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/876/876_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/777/777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/778/778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/779/779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/811/811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/812/812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/813/813_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/847/847_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/849/849_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/858/858_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/824/824_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/832/832_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/833/833_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/834/834_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/842/842_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/843/843_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/844/844_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/861/861_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/879/879_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/880/880_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/881/881_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/780/780_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/781/781_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/782/782_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/807/807_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/845/845_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/850/850_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/857/857_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/859/859_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/862/862_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/868/868_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/874/874_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/797/797_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/798/798_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/804/804_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/819/819_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/823/823_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/835/835_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/864/864_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/790/790_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/795/795_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/808/808_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/814/814_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/836/836_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/837/837_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/838/838_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/839/839_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/846/846_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/851/851_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/852/852_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/853/853_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/855/855_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/856/856_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/863/863_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/865/865_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/870/870_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/873/873_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/877/877_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/810/810_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/840/840_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/809/809_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/827/827_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/828/828_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/829/829_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/848/848_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/876/876_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/777/777_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/778/778_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/779/779_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/811/811_texto_integral.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/812/812_texto_integral.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/813/813_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/847/847_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/849/849_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/858/858_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H129"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>