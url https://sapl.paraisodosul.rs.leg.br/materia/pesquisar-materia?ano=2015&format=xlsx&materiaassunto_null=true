--- v0 (2025-10-13)
+++ v1 (2026-03-11)
@@ -54,1819 +54,1819 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>PAULINHO ALTERMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE O AUMENTO DO CANTEIRO CENTRAL, EM FRENTE À LOJA &amp;#8220;PARAÍSO DAS PEÇAS&amp;#8221; EVITANDO ASSIM A MANOBRA DE CORTE DOS CONDUTORES DE VEÍCULOS, PARA ASSIM EVITAR QUE ACONTEÇAM OUTROS ACIDENTES._x000D_
 </t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DISPONIBILIZE ENGENHEIRO PARA ELABORAÇÃO DOS PROJETOS DE PREVENÇÃO DE INCÊNDIO AOS COMERCIANTES PARAISENSES, TENDO EM VISTA AS DIFICULDADES ENFRENTADAS PELO COMÉRCIO E AO ALTO VALOR DOS PROJETOS._x000D_
 </t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL, REALIZE A PAVIMENTAÇÃO  DA RUA MAX RETZLAFF LOCALIZADA ENTRE A RUA EDMUNDO ROHDE E A RUA WILLY ROSS NO CENTRO DE NOSSA CIDADE;   _x000D_
   _x000D_
 </t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">   QUE O PODER EXECUTIVO PROVIDENCIE O MAIS BREVE POSSÍVEL A AQUISIÇÃO DE UM MICRO ÔNIBUS PARA O TRANSPORTE DE PACIENTES DO MUNICÍPIO PARA SANTA MARIA._x000D_
         _x000D_
 </t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>OSMAR DIAS</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO AUTORIZE A SECRETARIA DE OBRAS A REALIZAR A LIGAÇÃO ENTRE A REDE DE ÁGUA DA LINHA BRASILEIRA E A LINHA VÁRZEA, MELHORANDO COM ISSO A PRESSÃO DA ÁGUA PARA OS MORADORES DA LINHA VÁRZEA.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>DEISE DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A VIABILIDADE DE QUE OS AGRICULTORES PROPRIETÁRIOS DE PROPRIEDADES ONDE SE ENCONTRAM AS NASCENTES NO QUAL O MUNICÍPIO TEM SUAS ESTAÇÕES DE CAPTAÇÃO DE ÁGUA PARA DISTRIBUIÇÃO NAS REDES JÁ EXISTENTES, QUE SEJAM BENEFICIADOS COM RETORNO DE 10% DO QUE É ARRECADADO COM AS TAXAS COBRADAS. CADA CAPTAÇÃO SE ESTENDE ATÉ A REDE TAL, PARA OS MESMOS TEREM A OBRIGAÇÃO DE MANTER A PRESERVAÇÃO COM MATAS NATIVAS AO REDOR DAS NASCENTES, BEM COMO CERCADO PARA EVITAR CONTAMINAÇÃO DE ANIMAIS EM CONTATO COM A ÁGUA DA MESMA. E ACIMA DE TUDO, TERMOS UMA ÁGUA DE BOA QUALIDADE, ASSIM EVITANDO DOENÇAS E EPIDEMIAS NA QUAL RESULTARIA UMA QUALIDADE DE VIDA SAUDÁVEL AOS NOSSOS MUNÍCIPES. </t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROMOVA O REAJUSTE DO PROGRAMA DE AUXÍLIO ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA COMPETENTE, A COLOCAÇÃO DE PLACAS INDICATIVAS E DE LIMITE DE VELOCIDADE, NO LOCAL EXATO DO PERÍMETRO URBANO, INDICANDO TAMBÉM AOS USUÁRIOS, QUE ESTÃO ENTRANDO OU SAINDO DO PERÍMETRO URBANO DA LOCALIDADE DE VILA PARAÍSO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DISPONIBILIZE UM SERVIDOR EFETIVO, ESTAGIÁRIO (CIEE), OU CONTRATADO COM HABILITAÇÃO NA ÁREA DE INFORMÁTICA PARA OPERAR A SALA DE INFORMÁTICA DA ESCOLA MUN. DE ENS. FUNDAMENTAL CARLOS ALTERMANN.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>MARCUS MACEDO, PAULINHO ALTERMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE VIABILIZE ESTUDO DA POSSIBILIDADE DE CRIAR UMA ESCOLINHA DE FUTEBOL NA PARTE ALTA DO MUNICÍPIO (REGIÃO SERRANA) NO TURNO ÚNICO INVERSO DAS AULAS AO MENOS UMA VEZ POR SEMANA PARA QUE AS CRIANÇAS TENHAM MAIS UMA OPÇÃO DE LAZER._x000D_
 </t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE VIABILIZE ESTUDO DA POSSIBILIDADE DE CRIAR UMA SUBPREFEITURA NA LOCALIDADE DE VILA PARAÍSO.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.doc</t>
   </si>
   <si>
     <t>PODER EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA COMPETENTE, QUE ENTRE EM CONTATO COM A EMPRESA DE TELECOMUNICAÇÕES &amp;#8220;VIVO S.A&amp;#8221; PARA QUE A MESMA MELHORE O SINAL DE TELEFONE, PRINCIPALMENTE NA REGIÃO ALTA DO MUNICÍPIO DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE INDICA QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE AMPLIAÇÃO DA REDE DE ÁGUA DA LOCALIDADE DA LINHA RINCÃO DA PORTA, DESTA PROPRIEDADE DO SENHOR MARCILDO BLAT ATÉ A RESIDÊNCIA DA SENHORA VERNA MILBRADT, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICA QUE O PODER EXECUTIVO MUNICIPAL DETERMINE JUNTO A SECRETARIA COMPETENTE QUE PROVIDENCIE A DISTRIBUIÇÃO DE CALCÁRIO PARA OS PRODUTORES RURAIS DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE JUNTO A SECRETARIA COMPETENTE QUE PROVIDENCIE A ELABORAÇÃO DE UM PROJETO DE ARBORIZAÇÃO E REVITALIZAÇÃO PARA A CRIAÇÃO DE ESTACIONAMENTO, COLOCAÇÃO DE BANCOS PARA ASSENTO E PLANTIO DE FLORES, JUNTO AO CENTRO DO IDOSO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA COMPETENTE, QUE SEJA PROVIDENCIADO MATERIAL PARA RESTAURAÇÃO DO ANTIGO PRÉDIO DA ESCOLA MAX PAULO SCHLÖSSER PARA QUE ESTE POSSA SER OCUPADO COM A PRÉ- ESCOLA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">	QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A EXTENSÃO DA RUA MARCÍLIO EHLE, DESTE A AVENIDA IMIGRANTES ATÉ O ARROIO PREGUIÇA, NESTA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO DETERMINE A SECRETARIA COMPETENTE QUE CONSERTE OS BRINQUEDOS EXISTENTES E, ADQUIRA BRINQUEDOS NOVOS PARA A PRAÇA DA ESCOLA MAX PAULO SCHLÖSSER, NA LINHA TRAVESSÃO, INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE A REFORMA OU A INSTALAÇÃO DE UMA NOVA REDE DE ENERGIA ELÉTRICA NOS PRÉDIOS DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL RODRIGUES ALVES NA BOA VISTA NORTE, NO INTERIOR DESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>MARCUS MACEDO</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO QUE SINALIZE COM PINTURA DE FAIXA AMARELA NAS ESQUINAS DA RUA EDMUNDO ROHDE E AV. AFONSO PENA, PARA QUE O EMBARQUE  E DESEMBARQUE DOS ALUNOS SEJAM FEITAS COM MAIOR SEGURANÇA NA ESCOLA ESTADUAL DE ENSINO MÉDIO PRESIDENTE AFONSO PENA,  NESTA CIDADE.                               </t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO QUE PROVIDENCIE A COLOCAÇÃO DE FAIXA DE PEDESTRES ENTRE A AV. AFONSO PENA E A RUA AUGUSTO ROHDE ESQUINA COM O BRADESCO, RESPECTIVAMENTE, NESTE MUNICÍPIO.      </t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL EXECUTE A TROCA DESTE BUEIRO POR UMA GALERIA, NA LOCALIDADE DE LINHA PATRÍCIA, MAIS PRECISAMENTE PRÓXIMO AS PROPRIEDADES DOS SENHORES MARCIANO MULLER E JULIANO ACHTEMBERG, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DISPONIBILIZE UM BANHEIRO MASCULINO E UM BANHEIRO FEMININO SEPARADAMENTE PARA OS PACIENTES QUE REALIZAM CONSULTAS MÉDICAS NO POSTO DE SAÚDE DA SEDE DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DENOMINE A PONTE EM CONSTRUÇÃO NA LOCALIDADE DE LINHA TRAVESSÃO, COMO PONTE ERVINO ALBERTO GUSTAVO STAHL OU SIMPLESMENTE PONTE ERVINO  STAHL (COMO ERA CONHECIDO EM TODA A REGIÃO E ARREDORES). </t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A CEDÊNCIA DO VEÍCULO AMBULÂNCIA DE PLACA ILY 1112 PARA A ASSOCIAÇÃO BOMBEIROS VOLUNTÁRIOS DE PARAÍSO DO SUL, PARA QUE A ENTIDADE POSSA DESEMPENHAR SUAS ATIVIDADES DE MANEIRA MAIS EFICIENTE.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>CARLA RUFF, ELISEU CRUMENAUER, MARCUS MACEDO, OSMAR DIAS, TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL TORNE EFETIVO O DISPOSTO NO ART. 185 DO CÓDIGO DE POSTURAS DO MUNICÍPIO DE PARAÍSO DO SUL. </t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE COM URGÊNCIA A CONSTRUÇÃO DE UM PRÉDIO PARA ABRIGAR O CENTRO ADMINISTRATIVO MUNICIPAL DE PARAÍSO DO SUL, COM LOCALIZAÇÃO CENTRAL, ADEQUADA, TENDO EM VISTA QUE O LOCAL ATUALMENTE OCUPADO POSSUI POUCO ESPAÇO E É ALUGADO, TAMBÉM CARÊNCIA DE LUGAR PARA ESTACIONAMENTO AOS QUE LÁ RECORREM, BEM COMO NÃO TEM COMO EXPLICAR QUE PARAÍSO DO SUL É O ÚNICO MUNICÍPIO DA REGIÃO SEM PRÉDIO PARA OCUPAR OS ÓRGÃOS DESTA PREFEITURA.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE O PAGAMENTO DA INDENIZAÇÃO POR RECONHECIMENTO DE SERVIÇO INSALUBRE AO SERVIDOR MUNICIPAL LUIZ CARLOS SCHÜTZ.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.doc</t>
   </si>
   <si>
     <t>: QUE O PODER EXECUTIVO MUNICIPAL ESTUDE ALTERAÇÃO VISANDO UMA MAIOR FLEXIBILIDADE DO ART. 185 E REGULAMENTAÇÃO DO PREVISTO NO ART. 186, AMBOS DO CÓDIGO DE POSTURAS DO MUNICÍPIO E ENCAMINHE PARA ESTA CASA, PROJETO DE LEI ESCLARECENDO MELHOR O TEMA PARA NÃO CAUSAR PREJUÍZOS TRATANDO SITUAÇÕES DIFERENTES DA MESMA FORMA.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE DESMANCHE O ANTIGO PRÉDIO DA ESCOLA QUE FOI DOADO PARA A COMUNIDADE SÃO ROQUE, O MESMO ENCONTRA-SE EM PRECÁRIAS CONDIÇÕES E ESTÁ ATRAPALHANDO AS OBRAS DO AUMENTO DO PAVILHÃO DA COMUNIDADE DA LINHA PATRIMÔNIO NO INTERIOR DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE FAÇA UMA CAMPANHA PARA O RECOLHIMENTO DOS PRODUTOS ELETRÔNICOS QUE NÃO SERVEM MAIS PARA USO, EM TODO O MUNICÍPIO._x000D_
           _x000D_
 </t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE A RESTAURAÇÃO DO TRECHO SUPRACITADO, NESTE MUNICÍPIO._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE A PAVIMENTAÇÃO DA RUA MARCÍLIO BERNARDO EHLE, NA QUADRA COMPREENDIDA ENTRE A AVENIDA 1° DE JANEIRO E AVENIDA TIRADENTES, NA SEDE DE NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE DESATIVE OS BANHEIROS, CONSERTE O TELHADO E PROVIDENCIE PORTAS DE FERRO PARA IMPEDIR O ACESSO AO PÓRTICO DE ENTRADA DO MUNICÍPIO, SÍMBOLO IMPORTANTE DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, ESTUDE A POSSIBILIDADE DE CRIAR A SECRETARIA DE DESENVOLVIMENTO ECONÔMICO E ASSIM DISPOR DE UMA EQUIPE TÉCNICA DEDICADA A BUSCAR NOVAS EMPRESAS PARA O MUNICÍPIO, ALÉM DE INCENTIVAR E ORIENTAR O FOMENTO DAS ATIVIDADES INDUSTRIAL, COMERCIAL E TURISMO, E ASSIM PROMOVER O DESENVOLVIMENTO ECONÔMICO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL FISCALIZE DE FORMA MAIS EFETIVA OS VENDEDORES AMBULANTES QUE CIRCULAM NO MUNICÍPIO, ALÉM DE REVER O CÓDIGO TRIBUTÁRIO A FIM DE VALORIZAR NOSSO COMÉRCIO E ASSIM PROMOVER O CRESCIMENTO ECONÔMICO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL CONSTRUA UMA GALERIA NA VIA DE ACESSO AO CONDOMÍNIO INGAZEIROS I, PRÓXIMO À RESIDÊNCIA DO SENHOR RUBEN GONÇALVES. </t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE, ATRAVÉS DA SECRETARIA DE TURISMO ESPORTE E LAZER E PROMOVA PARCERIA COM A COMUNIDADE LUTERANA DA VILA PARAÍSO REALIZANDO CAMPEONATOS DE FUTSAL NA VILA PARAÍSO.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">LEITURA DA MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR LIBALDO ENGEL PELO SEU FALECIMENTO OCORRIDO NO DIA 25 DE NOVEMBRO DE 2015, SOLICITADO PELO VEREADOR BRENO DE OLIVEIRA._x000D_
 </t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA, CARLA RUFF, DEISE DA SILVA, ELISEU CRUMENAUER, MARCUS MACEDO, OSMAR DIAS, PAULINHO ALTERMANN, TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTO DE APOIO AO PROJETO DE LEI N°415/2015, DE AUTORIA DO DEPUTADO GILMAR SOSSELLA QUE &amp;#8220; ALTERA A LEI Nº13.,490, DE 21 DE JULHO DE 2010, QUE INSTITUI O SISTEMA ESTADUAL UNIFICADO DE APOIO E FOMENTO ÀS ATIVIDADES CULTURAIS &amp;#8211; PRÓ &amp;#8211; CULTURA, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 ART. 1º. NA LEI N.º13.490, DE 21 JULHO DE 2010, O INCISO VIII DO &amp;#8220;CAPUT&amp;#8221; DO ART.4º PASSA A VIGORAR COM A SEGUINTE REDAÇÃO:_x000D_
 &amp;#8220;ART.4º............................._x000D_
 ......................................._x000D_
 VIII &amp;#8211; CONSTRUÇÃO, RESTAURO, PRESERVAÇÃO E REFORMA DE CENTROS CULTURAIS, CENTRO DE TRADIÇÕES GAÚCHAS ( CTGS), BIBLIOTECAS, MUSEUS, ARQUIVOS, SALAS DE CINEMA, E OUTROS ESPAÇOS CULTURAIS DE INTERESSE PÚBLICO, NOS LIMITES DO ART.6°, INCISO II;_x000D_
 .........................&amp;#8221;._x000D_
 ART. 2.° ESTA LEI ENTRA EM VIGORNA DATA DE SUA PUBLICAÇÃO._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 A LEI 13.490, DE 21 DE JULHO DE 2010, INSTITUIU O SISTEMA ESTADUAL UNIFI                                            CADO DE APOIO E FOMENTO ÁS ATIVIDADES CULTURAIS- PRÓ-CULTURA, CUJA A FINALIDADE É PROMOVER A APLICAÇÃO DE RECURSOS FINANCEIROS DECORRENTES DE INCENTIVOS  A CONTRIBUINTES E DO FUNDO DE APOIO À CULTURA, EM PROJETOS CULTURAIS. DENTRE AS DIRETRIZES DO SISTEMA ESTÁ A DE ASSEGURAR A DISTRIBUIÇÃO DOS RECURSOS ENTRE OS DIVERSOS SEGMENTOS CULTURAIS E ÁREAS DE INTERESSE CULTURAL, PARA VÁRIAS REGIÕES DO ESTADO, BEM COMO A TRANSPARÊNCIA NA UTILIZAÇÃO DOS RECURSOS FINANCEIROS E SUA EFETIVA APLICAÇÃO NA REALIZAÇÃO DE ATIVIDADES CULTURAIS._x000D_
 ASSIM, A ALTERAÇÃO SUGERIDA VISA GARANTIR A POSSIBILIDADE DE ACESSO AOS RECURSOS PELOS CENTROS DE TRADIÇÕES GAÚCHAS-  CTGS, QUE SÃO SOCIEDADES SEM FINS LUCRATIVOS, QUE BUSCAM DIVULGAR AS TRADIÇÕES E O FOLCLORE GAÚCHO. É UM LOCAL DE INTEGRAÇÃO SOCIAL DOS TRADICIONALISTAS._x000D_
 BARBOSA LESSA, EM SEU TRABALHO &amp;#8220;CARÁTER CÍCLICO DO TRADICIONALISMO&amp;#8221;, REFERINDO-SE A TRADIÇÃO ASSIM DIZ: &amp;#8220; UM CULTO QUE SE RENOVA... NA ETAPA SEGUINTE, AO INFLUXO DA II GUERRA MUNDIAL, QUANDO JEAN-PAUL SARTRE INTRIGAVA OS ESPÍRITOS COM SUA FILOSOFIA EXISTENCIALISTA, FOI UM OUTRO JOVEM, PAIXÃO CÔRTES, COM 19 ANOS, QUE, ENTRE EXTRAIR O SER DO NADA OU EXTRAÍ-LO DA TRADIÇÃO- UMA VIVÊNCIA COLETIVA E REAL-, PREFERIU CONVOCAR SEUS COLEGAS GINASIANOS PARA A AÇÃO, AFIRMATIVA, NO DEPARTAMENTO DE TRADIÇÕES GAÚCHAS DO COLÉGIO JÚLIO DE CASTILHOS._x000D_
 ANTÔNIO AUGUSTO FAGUNDES REFERINDO-SE A TRADIÇÃO DIZ: &amp;#8220;EM DIREITO, TRADIÇÃO SIGNIFICA ENTREGA. EM SEU SENTIDO MAIS AMPLO, QUE É O QUE INTERESSA PARA O PRESENTE ESTUDO, TRADIÇÃO QUER DIZER O CULTO DOS VALORES QUE OS ANTEPASSADOS NOS LEGARAM. TODO O GRUPO SOCIAL, TODA A NAÇÃO TEM SUA PRÓPRIA ESCALA DE VALORES E É ESSA ESCALA QUE TORNA OS POVOS DISTINTOS ENTRE SI.&amp;#8221;_x000D_
 NÓS OS GAÚCHOS, QUE TAMBÉM, COM MUITO ORGULHO, SOMOS BRASILEIROS, TEMOS UMA ESCALA DE VALORES MUITO CARACTERÍSTICO E QUE NOS TORNA DIFERENTES DOS DEMAIS._x000D_
 FAZ-SE NECESSÁRIO RESSALTAR, QUE A TRADIÇÃO NÃO É UMA PECULIARIDADE EXCLUSIVA DE NÓS OS GAÚCHOS, UMA VEZ QUE TODOS OS POVOS TÊM SUA TRADIÇÃO. MAS NÓS OS GAÚCHOS TEMOS A NOSSA TRADIÇÃO, A NOSSA ESCALA DE VALORES, QUE É PECULIAR._x000D_
 GLAUCUS SARAIVA, NA OBRA MANUAL DO TRADICIONALISTA, DIZ: &amp;#8216; TRADIÇÃO É O TODO QUE REÚNE EM SEU BOJO A HISTÓRIA POLÍTICA, CULTURAL, SOCIAL E DEMAIS CIÊNCIAS E ARTES NATIVAS, QUE NOS CARACTERIZAM E DEFINEM COMO REGIÃO E POVO. NÃO É O PASSADO, FIXAÇÃO E PSICOSE DOS SAUDOSISTAS. É O PRESENTE COMO FRUTO SAZONADO DE SEMENTES ESCOLHIDAS. È O FUTURO, COMO ÁRVORE FRONDOSA QUE SEGUIRÁ DANDO FRUTOS E SOMBRA AMIGA ÀS GERAÇÕES DO PORVIR.&amp;#8221;_x000D_
 ZENO CARDOSO NUNES E RUI CARDOSO NUNES, NA OBRA &amp;#8220;DICIONÁRIO DE REGIONALISMOS DO RIO GRANDE DO SUL&amp;#8221;, NO CAMPO LITERÁRIO, FOLCLÓRICO, MUSICAL, USANÇAS, ADAGIÁRIO, ARTESANATO, ESPORTES E ATIVIDADES RURAIS&amp;#8221;._x000D_
 TODAS AS REFERÊNCIAS DESCRITAS A RESPEITO DE QUE TRADIÇÃO É O BOJO DO ACERVO CULTURAL, NOS MOTIVA A SUGERIR A INCLUSÃO DOS CTG&amp;#180;S NA PREVISÃO LEGAL PARA PODER SE VALER DOS APORTES PREVISTOS NO SISTEMA ESTADUAL UNIFICADO DE APOIO E FOMENTO AS ATIVIDADES CULTURAIS, POIS NÃO HÁ LOCAL MAIS APROPRIADO PARA DIVULGAR AS TRADIÇÕES E O FOLCLORE GAÚCHO._x000D_
 NESTAS ENTIDADES, OS TRABALHOS SÃO VOLUNTÁRIOS. NOS FANDANGOS, ALMOÇOS E JANTARES TODA A PREPARAÇÃO FICA A CARGO DAS FAMÍLIAS DOS ASSOCIADOS, DESDE O CHURRASCO ATÉ O ARROZ CARRETEIRO. NOS CTG&amp;#180;S ACONTECE O ENCONTRO DE GERAÇÕES, POIS CONVIVEM NETOS, PAIS E AVÓS. ALI SE ENSINA, SE APRENDE, SE TRABALHA E SE DIVERTE. É O LOCAL DE FANDANGOS (BAILES), DE CHURRASCADAS, SARAU DE PRENDAS. ESSE CONVÍVIO DE GERAÇÕES AJUDA A MELHORAR O RELACIONAMENTO ENTRE PAIS E FILHOS, A DESENVOLVER O RESPEITO E TAMBÉM A RESPONSABILIDADE, APRENDER O QUE É A HOSPITALIDADE E A SOLIDARIEDADE E DESPERTAR O CIVISMO E O AMOR AO RIO GRANDE DO SUL._x000D_
 DESSA FORMA, O POVO GAÚCHO DEVE ORGULHAR-SE DE POSSUIR TÃO BELA TRADIÇÃO. É UM PEDESTAL QUE OSTENTA O CHIMARRÃO, A DOMA, O FANDANGO, O PEALO, A MARCAÇÃO, AS LENDAS, AS PILCHAS, A MÚSICA, A POESIA, OS CAUSOS, AS TROVAS, TENDO O CTG EFETIVAMENTE COMO CENTRO DE ONDE SE DESENCADEIA O FOMENTO AS INICIATIVAS QUE AUXILIAM A PRÁTICA E DIFUSÃO DAS ATIVIDADES, MOTIVO PELO QUAL ENCAMINHAMOS ESTA PROPOSTA À APRECIAÇÃO DESTA CÂMARA LEGISLATIVA, NA CERTEZA DE CONTAR COM O APOIO NECESSÁRIO Á SUA APROVAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.docx</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRE-NOS INFORMÁ-LOS QUE ESTA CÂMARA MUNICIPAL DE VEREADORES, INSERIU NA ATA DOS TRABALHOS DA SESSÃO ORDINÁRIA, REALIZADA NO DIA 07 DE DEZEMBRO DE 2015, POR INICIATIVA DO VEREADOR HARDI LINDOLFO MEYER UM VOTO DE PROFUNDO PESAR, PELO FALECIMENTO DO SENHOR RUBEN MAYER OCORRIDO NO DIA 4 DE DEZEMBRO DE 2015. </t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A CONSTRUÇÃO DE ABRIGOS DE ÔNIBUS NA LOCALIDADE DE LINHA CONTENDA, NAS PROXIMIDADES DA PROPRIEDADE RURAL DO SENHOR IDÁRIO SCHOTT, E NAS DEMAIS LOCALIDADES AONDE SE FIZER NECESSÁRIO NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE AGILIZE A AMPLIAÇÃO DA REDE DE ÁGUA DA LOCALIDADE DE MANGUEIRINHA EM VIRTUDE DO INICIO DAS OBRAS DA CONSTRUÇÃO DO GINÁSIO MUNICIPAL.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O PATROLAMENTO DA ESTRADA DA TRAVESSA ALTERMANN EM TODA A SUA EXTENSÃO NA LOCALIDADE DE MANGUEIRINHA, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>CARLA RUFF</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A REVISÃO E TROCAS DE LÂMPADAS QUEIMADAS NA AVENIDA 1° DE JANEIRO, MAIS PRECISAMENTE AONDE TERMINA O CALÇAMENTO DA AVENIDA ACIMA MENCIONADA ATÉ A SOCIPÊ.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE O PATROLAMENTO NA SEDE DO MUNICÍPIO._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE COM URGÊNCIA O PATROLAMENTO NA TRAVESSIA QUE LIGA A VILA PARAÍSO A LINHA CAMPESTRE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O CONSERTO DO CALÇAMENTO EM FRENTE AO BAR DO GRAPETTI, NA AVENIDA 1° DE JANEIRO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO E CASCALHAMENTO NA ANTIGA ESTRADA DA POUSADA DOS IMIGRANTES. </t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE, A MANUTENÇÃO DE ILUMINAÇÃO PÚBLICA (TROCA DE DUAS LÂMPADAS) NA RUA OTO CARLOS LUIS KIRCH, MAIS PRECISAMENTE EM FRENTE AS RESIDÊNCIAS DOS SENHORES ALEXANDRE GRABNER E MAURICIO FRIEDRICH, NESTE MUNICÍPIO.     </t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">  QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE PROVIDENCIE A ROÇADA AO REDOR DA CAIXA DE ÁGUA NA LOCALIDADE DE LINHA CONTENDA.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE PROVIDENCIE A REABERTURA DE UMA ESTRADA NA LINHA PATRIMÔNIO, MAIS PRECISAMENTE NO INÍCIO DA ESQUINA KNIRCH ATÉ A LINHA CONTENDA, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> PEDE QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO EM TODA A SUA EXTENSÃO E CASCALHAMENTO AONDE SE FIZER NECESSÁRIO NA ESTRADA DA LOCALIDADE LINHA DA CONTENDA, NESTE MUNICÍPIO.  </t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.doc</t>
   </si>
   <si>
     <t>PEDE QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE PROVIDENCIE A COLOCAÇÃO DE UMA PLACA INDICANDO A LOCALIZAÇÃO DA RUA ARNO SCHÜTZ NESTA CIDADE.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A CONSTRUÇÃO DE UM ABRIGO JUNTO A PARADA DE ÔNIBUS EXISTENTE NA LOCALIDADE DE QUILOMBO, NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR ALEXANDRE DOS SANTOS.  </t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO, CASCALHAMENTO E LIMPEZA NAS ESTRADAS NAS LOCALIDADES DE BOA VISTA SUL E BOA VISTA NORTE, NESTA CIDADE._x000D_
   _x000D_
 </t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.doc</t>
   </si>
   <si>
     <t>PEDE QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O CONSERTO E A MANUTENÇÃO DOS BRINQUEDOS NA PRAÇA FLORINALDO ROHDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE A COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA EM FRENTE A ENTRADA DA PROPRIEDADE DO SENHOR AGOMAR ABICH, NA LOCALIDADE DE LINHA BRASILEIRA,  NESTE MUNICÍPIO._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE A COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA EM FRENTE A PROPRIEDADE DO SENHOR ILSON BAICH, NA LOCALIDADE DE LINHA UNIÃO,  NESTE MUNICÍPIO._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE A LIMPEZA GERAL DA PRAÇA FLORINALDO ROHDE,  NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A TROCA DE UMA LÂMPADA QUEIMADA NA RUA ALFREDO SCHLESNER, MAIS PRECISAMENTE EM FRENTE À RESIDÊNCIA DA SENHORA REJANE HETWER._x000D_
 </t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE A LIMPEZA DAS VALETAS QUE PASSAM NOS FUNDOS DAS CASAS DAS COHAB I E II, NA RUA FRANCISCO FICK E AVENIDA TIRADENTES; ATERRO NAS PARTES BAIXAS E COLOCAÇÃO DE TUBOS NAS COHAB I E II; E SERVIÇO DE DRAGA NO ARROIO DA PORTA PARA MINIMIZAR OS IMPACTOS DAS CHUVAS NESTAS LOCALIDADES E NAS DEMAIS QUE ABRANGE A  ASSOCIAÇÃO DOS MORADORES DE PARAÍSO DO SUL, CONFORME COMBINADO EM REUNIÃO COM O EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELMO IVO SCHMENGLER.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE A TROCA DE UMA LÂMPADA QUEIMADA PRÓXIMA A RESIDÊNCIA DO SENHOR GUILHERME MENEZES NA TRAVESSA CARLOS ALTERMANN  NA LOCALIDADE DE  MANGUEIRINHA,  NESTE MUNICÍPIO._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE A CONSTRUÇÃO DE RAMPAS DE ACESSO NAS CALÇADAS DAS AVENIDAS E RUAS NOS LOCAIS COM MAIOR CIRCULAÇÃO DE PEDESTRES EM FRENTE AS PRINCIPAIS ÁREAS DE COMÉRCIO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A COLOCAÇÃO DE TUBOS E CASCALHO PARA A ESTRADA NO TERRENO DO SENHOR DIRCEU PFAIFER LOCALIZADO AO LADO DA RESIDÊNCIA DO SENHOR HUBNER NA AVENIDA IMIGRANTES, NESTA CIDADE.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A COLOCAÇÃO DE TUBOS E CASCALHO NA ENTRADA DA PROPRIEDADE DO SENHOR AURO ARGILAR LOCALIZADO NA LINHA TRAVESSÃO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A RECUPERAÇÃO DA GALERIA EXISTENTE EM FRENTE À PROPRIEDADE DO SENHOR PAULO SCHULTZ, NA LOCALIDADE DE VILA PARAÍSO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE O CONSERTO DA ILUMINAÇÃO PÚBLICA EM TODO PERÍMETRO URBANO, ONDE SE FIZER NECESSÁRIO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A DRENAGEM DO ARROIO DA VILA PARAÍSO MAIS PRECISAMENTE PRÓXIMO À PROPRIEDADE DO SENHOR LUIZ DICKOW NO INTERIOR DO MUNICÍPIO. _x000D_
   _x000D_
 			                        _x000D_
 </t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A LIMPEZA DE ENTULHOS EM BAIXO DA PONTE NA LINHA PROGRESSO PRÓXIMO À PROPRIEDADE DO SENHOR ELONIR ROCKEMBACH.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE FAÇA O RECOLHIMENTO DE LIXO NA TRAVESSA DA CONTENDA, ENTRE A RST 287 E A RC 509, NO INTERIOR DESTE MUNICÍPIO;</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                      QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O DESENTUPIMENTO DOS BUEIROS OU TROCA DOS MESMOS SE NECESSÁRIO NA AV. AFONSO PENA NA QUADRA ENTRE A RUA AUGUSTO ROHDE E RUA EDMUNDO ROHDE NESTE MUNICÍPIO;</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A RECOLOCAÇÃO DAS LATERAIS NA PONTE DA LINHA PATRÍCIA COM URGÊNCIA, PRÓXIMA ÀS PROPRIEDADES DE CARLOS RADISKE E DITMAR HOLSZCHUH, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL ENVIE OFÍCIO AO DAER SOLICITANDO O CONSERTO DO ACOSTAMENTO NA RSC 287, KM 182, ENTRADA DA BOA VISTA SUL NO SENTIDO PARAÍSO DO SUL /AGUDO. </t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                            QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A SIMPLES DESOBSTRUÇÃO DA CABECEIRA DA PONTE DA LINHA NÉRI.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO E CASCALHAMENTO NA ESTRADA HAMANN, NA LOCALIDADE DE CONTENDA, ACESSO PRÓXIMO A ESCOLA ALFREDO SCHLESNER, NO TRECHO DESTE A RESIDÊNCIA DE MARCILDO STAHL ATÉ A RESIDÊNCIA DE MÁRIO HEIDRICH, INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO NAS LOCALIDADES DE LINHA NERI, LINHA TRAVESSÃO E VILA PARAÍSO EM TODA A SUA EXTENSÃO, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE A PAVIMENTAÇÃO, DA RUA AUGUSTO LÜDTKE, NA QUADRA COMPREENDIDA ENTRE A AVENIDA 1º DE JANEIRO E RUA ROBERTO KRÜGEL, NA SEDE DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A NECESSIDADE DO FORNECIMENTO DE PRODUTO BIOLÓGICO ZECTOBAC &amp;#8211; AS, PARA O COMBATE DA LARVA DO MOSQUITO BORRACHUDO, JUNTO AOS MANANCIAIS (CÓRREGOS, ARROIOS, ETC.), NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE A TROCA DE TUBOS NA LINHA CONTENDA, PARA MELHORAR A TRAFEGABILIDADE NO LOCAL NAS IMEDIAÇÕES DA RESIDÊNCIA DO SENHOR CARLOS KUNDE, NO INTERIOR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A RECONSTRUÇÃO DA PONTE SOBRE O VALO NO FINAL DA AVENIDA TIRADENTES ESQUINA COM A RUA ROBERTO SCHULTZ, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">: QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE A LOCAÇÃO DE UM IMÓVEL ADEQUADO PARA OS BOMBEIROS VOLUNTÁRIOS DE PARAÍSO DO SUL._x000D_
 </t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE EFETUE COM URGÊNCIA O PATROLAMENTO DAS ESTRADAS NAS LOCALIDADES DE BOA VISTA SUL, BOA VISTA NORTE; EM TODA A SUA EXTENSÃO E TAMBÉM NA SEDE DO MUNÍCIPIO. </t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A RETIRADO DO LIXO DEPOSITADO IRREGULARMENTE ATRÁS DA CABINE DE LAVAGEM NO POSTO BELA VISTA, NA SEDE DO MUNICÍPIO. _x000D_
 </t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                     QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE GARANTA O FUNCIONAMENTO DO GINÁSIO DE ESPORTES PADEIRÃO DURANTE TODOS OS MESES DO ANO. 		</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t xml:space="preserve">DE AUTORIA DO VEREADOR HARDI LINDOLFO MEYER QUE PEDE: QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE, A COLOCAÇÃO DE UMA LÂMPADA (ILUMINAÇÃO PÚBLICA) NA CONTINUAÇÃO DA AVENIDA TIRADENTES, MAIS PRECISAMENTE EM FRENTE À RESIDÊNCIA DA SENHORA CELIRA LUDTKE DUMKE, NESTE MUNICÍPIO.     </t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.doc</t>
   </si>
   <si>
     <t>LEITURA DO PEDIDO DE PROVIDÊNCIAS N°47/2015, DE AUTORIA DO VEREADOR PAULINHO CARLOS ALTERMANN QUE PEDE: QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A RECUPERAÇÃO DO MATA BURRO EXISTENTE NA TRAVESSA KATZER, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O CÓDIGO DE ÉTICA E DECORO PARLAMENTAR DA CÂMARA MUNICIPAL DE PARAÍSO DO SUL._x000D_
 </t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/590/590_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, ANUAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER EXECUTIVO, APOSENTADOS E PENSIONISTAS&amp;#8221;</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/591/591_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSIÇÕES SOBRE CONTRATAÇÕES TEMPORÁRIAS DA LEI 674/2004 QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/592/592_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSORES&amp;#8221;.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE NUTRICIONISTA&amp;#8221;.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE REVISÃO GERAL E ANUAL SOBRE AS REMUNERAÇÕES E SUBSÍDIOS DOS AGENTES POLÍTICOS, PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS, FIXANDO O ÍNDICE DE REPOSIÇÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;ESTABELECE REVISÃO GERAL E ANUAL SOBRE SUBSÍDIOS E REMUNERAÇÕES DOS AGENTES POLÍTICOS, VEREADORES, FIXANDO O ÍNDICE DE REPOSIÇÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER LEGISLATIVO MUNICIPAL&amp;#8221;</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE COM RECURSOS DO SUPERÁVIT DO EXERCÍCIO ANTERIOR, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES SOBRE CONTRATAÇÕES TEMPORÁRIAS DA LEI 674/2004 QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PAGAMENTO DE DESPESAS COM ALIMENTAÇÃO E FIXA VALORES A SEREM DESPENDIDOS NAS PROVAS DO CONCURSO PÚBLICO&amp;#8221;;</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">LEITURA DO PROJETO DE LEI N°011/2015, DE AUTORIA DA PODER EXECUTIVO, QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR ACORDO DE COOPERAÇÃO TÉCNICA COM O INSTITUTO NACIONAL DE COLONIZAÇÃO E REFORMA AGRÁRIA (INCRA), POR MEIO DA SUPERINTENDÊNCIA REGIONAL DO INCRA EM PORTO ALEGRE/RS, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.  </t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE DESCONTO E ESTABELECE NORMAS PARA ARRECADAÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO-IPTU, PARA O EXERCÍCIO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO VIGENTE, PARA A EXECUÇÃO DE CONTRATO DE REPASSE CELEBRADO ENTRE A UNIÃO E O MUNICÍPIO DE PARAÍSO DO SUL- CONSTRUÇÃO DE GINÁSIO POLIESPORTIVO- MANGUEIRINHA</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSORE(A)S. </t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONTRATO DE INCENTIVOS COM A EMPRESA M. D. MOLINARI CALÇADOS ME E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA PAGAMENTO DE DESPESAS COM ARBITRAGEM- CAMPEONATO REGIONAL DE FUTEBOL DE CAMPO. _x000D_
 </t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO VIGENTE, JUNTO À CÂMARA MUNICIPAL DE VEREADORES, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR DESPESAS COM COMEMORAÇÕES DO XXVII ANIVERSÁRIO DO MUNICÍPIO DE PARAÍSO DO SUL. </t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A DENOMINAÇÃO DE AVENIDA NA ZONA URBANA DA SEDE DO MUNICÍPIO DE PARAÍSO DO SUL&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ALTERAÇÃO DE VALOR DE TERMO DE CONVÊNIO E PARCERIA FIRMADO PELO PODER EXECUTIVO MUNICIPAL COM O HOSPITAL PARAÍSO ASSOCIAÇÃO ASSISTENCIAL E BENEFICENTE DE VILA PARAÍSO- PARAÍSO DO SUL, CONFORME LEI MUNICIPAL 1225/2014. </t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 31 DA LEI MUNICIPAL N° 673/2004, D 05/01/2004- PLANO DE CARREIRA DO MAGISTÉRIO- MODIFICANDO NÚMERO DE CARGOS.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PRORROGAÇÃO DO PRAZO DE CONTRATO TEMPORÁRIO DE EXCEPCIONAL INTERESSE PÚBLICO PARA FUNÇÃO DE PROFESSOR AUTORIZADO PELA LEI MUNICIPAL.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR SISTEMA DE VALE- ALIMENTAÇÃO NO ÂMBITO DA ADMINISTRAÇÃO MUNICIPAL</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE PROTEÇÃO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, O FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, O SISTEMA MUNICIPAL DE ATENDIMENTO SOCIOEDUCATIVO E O CONSELHO TUTELAR, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR, NO ORÇAMENTO VIGENTE JUNTO A CÂMARA MUNICIPAL DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER LEGISLATIVO MUNICIPAL A INSTITUIR SISTEMA DE VALE-ALIMENTAÇÃO NO ÂMBITO DA CÂMARA MUNICIPAL&amp;#8221;.  </t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.doc</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE BOMBEIROS VOLUNTÁRIOS DE PARAÍSO DO SUL&amp;#8221;.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA LEI MUNICIPAL Nº 1218/2014, DE 25/03/2014, QUE RATIFICA ADESÃO AO PROGRAMA MAIS MÉDICO, AUTORIZA A CONCESSÃO DE AUXÍLIOS MORADIA E ALIMENTAÇÃO, A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART.3° DA LEI MUNICIPAL N° 1194/2013, DE 29/10/2013- ALTERANDO PRAZO DE EFEITOS.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI N°31-2015 DE 22.07.2015, DE AUTORIA DO PODER EXECUTIVO QUE &amp;#8220;ALTERA A REDAÇÃO DO ART.4° DA LEI MUNICIPAL Nº 809/2006, DE 01/09/2006 - QUE CRIA O DISTRITO INDUSTRIAL, DISPÕE SOBRE A POLÍTICA DE INCENTIVO AO DESENVOLVIMENTO ECONÔMICO E SOCIAL DO MUNICÍPIO DE PARAÍSO DO SUL, CRIA O PROGRAMA DE DESENVOLVIMENTO ECONÔMICO E SOCIAL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONTRATO DE INCENTIVOS COM A EMPRESA NEIMAR DE MENEZES, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.  </t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI N°33-2015 DE 22.07.2015, DE AUTORIA DO PODER EXECUTIVO QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONTRATO DE INCENTIVOS COM A EMPRESA ELEKTROWAY, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO VIGENTE, JUNTO À CÂMARA MUNICIPAL DE VEREADORES, E DÁ OUTRA PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE ENGENHEIRO (A) AGRÔNOMO (A)&amp;#8221;. </t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2016&amp;#8221;.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>CARLA RUFF, DEISE DA SILVA, ELISEU CRUMENAUER, MARCUS MACEDO, PAULINHO ALTERMANN, TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOÃO ANTÔNIO PIRES DOS SANTOS&amp;#8221;. </t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO HONORÁRIO AO SENHOR ÊNIO MEDEIROS.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA ATENDER DESPESAS COM A ESTRATÉGIA SAÚDE DA FAMÍLIA, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ALTERA A REDAÇÃO DO ART. 1º, DA LEI Nº 446/98 QUE CRIA TÍTULOS HONORÍFICOS DE HONRA AO MÉRITO, CIDADÃO BENEMÉRITO E CIDADÃO HONORÁRIO&amp;#8221;. </t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;INSTITUI A SEMANA MUNICIPAL DE COMBATE AO CÂNCER DE PRÓSTATA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL PARA INCLUIR ELEMENTO DE DESPESA EM ATIVIDADE EXISTENTE NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARAÍSO DO SUL PARA O EXERCÍCIO FINANCEIRO DE 2016. BAIXADO PARA A COMISSÃO DE FINANÇAS E ORÇAMENTO.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO ORÇAMENTO VIGENTE PARA USO DE RECURSO VINCULADO, E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">LEITURA DO PROJETO DE LEI N°45/2015, DE AUTORIA DO PODER EXECUTIVO QUE &amp;#8220;AUTORIZA TERMO DE CONCESSÃO DE USO REAL DE BEM IMÓVEL, A SER CELEBRADO ENTRE O MUNICÍPIO DE PARAÍSO DO SUL E O CLUBE FAMILIAR PARAÍSO. ESTE COM PEDIDO DE URGÊNCIA ESPECIAL. COLOCADO EM DISCUSSÃO E EM VOTAÇÃO FOI APROVADO POR UNANIMIDADE O REGIME DE URGÊNCIA ESPECIAL, E ASSIM ESTA MATÉRIA IRÁ TRAMITAR NA ORDEM DO DIA DESTA SESSÃO._x000D_
 </t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 AUTORIZA A PARTICIPAÇÃO DA PRESIDENTE E VEREADORES NA POSSE DA NOVA COORDENADORIA DO PODER LEGISLATIVO DA QUARTA COLÔNIA E REGIÃO. _x000D_
 </t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.doc</t>
   </si>
   <si>
     <t>PODER LEGISLATIVO, QUE AUTORIZA A PARTICIPAÇÃO DA PRESIDENTE DO LEGISLATIVO E VEREADORES EM REUNIÕES NAS SECRETARIAS DO GOVERNO DO ESTADO EM PORTO ALEGRE.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LEITURA DO PROJETO DE RESOLUÇÃO 03/2015, DE AUTORIA DA MESA DIRETORA QUE &amp;#8220;FICA A CÂMARA MUNICIPAL DE PARAÍSO DO SUL ASSOCIADA Á UNIÃO DOS VEREADORES DO RIO GRANDE DO SUL, CONTRIBUINDO MENSALMENTE E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO, DE VEREADOR DA CASA EM CURSO NO INLEGIS ( INSTITUTO DE APOIO AO PODER PÚBLICO), E A REALIZAÇÃO DE DESPESAS.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A PARTICIPAÇÃO DO PRESIDENTE DO LEGISLATIVO EM REUNIÕES DO DAER, UVERGS E SECRETARIA DE EDUCAÇÃO DO ESTADO EM PORTO ALEGRE. </t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A PARTICIPAÇÃO DA PRESIDENTE DO LEGISLATIVO EM AUDIÊNCIA PÚBLICA NA COMISSÃO DE AGRICULTURA, PECUÁRIA E COOPERATIVISMO DA ASSEMBLEIA LEGISLATIVA DO RS. </t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA PARTICIPAÇÃO DOS VEREADORES E SERVIDORES DA CÂMARA NA X MARCHA À CAPITAL, ORGANIZADA PELO PODER LEGISLATIVO DA QUARTA COLÔNIA E REGIÃO; VISITA A ASSEMBLEIA LEGISLATIVA, E A REALIZAÇÃO DE DESPESAS COM TAL EVENTO._x000D_
 		_x000D_
 </t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA PARTICIPAÇÃO DA PRESIDENTE E DOS VEREADORES DA CÂMARA NA MARCHA ANUAL DOS VEREADORES 2015 EM BRASÍLIA/DF.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.doc</t>
   </si>
   <si>
     <t>CRIA A COMISSÃO ESPECIAL DE CULTURA E TURISMO NA CÂMARA DE VEREADORES DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A INDENIZAÇÃO DE DESPESAS EFETUADAS PELOS VEREADORES COM PROCESSOS JUDICIAIS&amp;#8221;.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">LEITURA DO PROJETO DE RESOLUÇÃO N°12/2015 DE AUTORIA DA MESA DIRETORA QUE AUTORIZA A PARTICIPAÇÃO DE VEREADORES DA CASA EM CURSO NO INLEGIS (INSTITUTO DE APOIO AO PODER PÚBLICO), E A REALIZAÇÃO DE DESPESAS. SOLICITADO PELA PRESIDENTE O REGIME DE URGÊNCIA ESPECIAL E COLOCADO EM DISCUSSÃO E EM VOTAÇÃO FOI APROVADO QUE A MATÉRIA IRÁ TRAMITAR NA ORDEM DO DIA._x000D_
 </t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.doc</t>
   </si>
   <si>
     <t>LEITURA DO PROJETO DE RESOLUÇÃO N°13/2015 DE AUTORIA DA MESA AUTORIZA A PARTICIPAÇÃO DE VEREADORES DA CASA EM CURSO NO INLEGIS (INSTITUTO DE APOIO AO PODER PÚBLICO), E A REALIZAÇÃO DE DESPESAS. SOLICITADO PELA PRESIDENTE O REGIME DE URGÊNCIA ESPECIAL PARA O SOLICITADO PELA PRESIDENTE O REGIME DE URGÊNCIA ESPECIAL E COLOCADO EM DISCUSSÃO E EM VOTAÇÃO FOI APROVADO QUE A MATÉRIA IRÁ TRAMITAR NA ORDEM DO DIA.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR INFRA-ASSINADO, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES RELATIVAS ÀS 6 (SEIS) CAIXAS DE ÁGUA QUE AINDA NÃO FORAM INSTALADAS NA ETA- ESTAÇÃO DE TRATAMENTO DE ÁGUA LOCALIZADA NA LINHA DA FONTE :_x000D_
 A) CÓPIA DO PROJETO PARA AQUISIÇÃO DAS CAIXAS DE ÁGUA;_x000D_
 _x000D_
 B) QUAL A DATA EM QUE O DINHEIRO PARA A COMPRA FOI REPASSADO?_x000D_
 _x000D_
 C) QUAL A DATA DA LICITAÇÃO?_x000D_
 _x000D_
 D) QUAL A DATA DA AQUISIÇÃO DAS CAIXAS DE ÁGUA?_x000D_
 _x000D_
 E) POR QUE AINDA NÃO FORAM INSTALADAS?_x000D_
 _x000D_
 F) QUANTAS ESTÃO DANIFICADAS E QUAL O VALOR DO PREJUÍZO?_x000D_
 _x000D_
 G) QUAL A PREVISÃO DA INSTALAÇÃO?_x000D_
 </t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REQUER QUE SEJAM SOLICITADAS AO PODER EXECUTIVO AS SEGUINTES INFORMAÇÕES: A) QUAIS AS EMPRESAS PARTICIPARAM DA LICITAÇÃO PARA CONSTRUÇÃO DA PONTE SOBRE O ARROIO PRÓXIMO A PROPRIEDADE DO SENHOR CIRO JAGNOW? B) QUE SEJAM DISPONIBILIZADAS CÓPIAS DO REFERIDO PROCESSO DE LICITAÇÃO. </t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REQUER QUE SEJA SOLICITADO AO PODER EXECUTIVO A SEGUINTE INFORMAÇÃO: PORQUE AS MANUTENÇÕES E CONSERTOS DOS ÔNIBUS DO TRANSPORTE ESCOLAR FORAM REALIZADOS EM SANTA MARIA E NÃO EM NOSSO MUNICÍPIO?  </t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE REQUER QUE SEJAM SOLICITADAS AO PODER EXECUTIVO AS SEGUINTES INFORMAÇÕES:  A)DE QUAL SECRETARIA SAIU O VALOR DE CONTRAPARTIDA NA AQUISIÇÃO DAS DUAS ÚLTIMAS RETROESCAVADEIRAS?  B) EM QUAL SECRETARIA ESTAS MÁQUINAS ESTÃO LOTADAS? C) QUE SEJAM DISPONIBILIZADAS CÓPIAS DO PROCESSO DE LICITAÇÃO CONTENDO O NOME DAS EMPRESAS PARTICIPANTES E OS DOCUMENTOS CONTENDO OS COMPROVANTES DE PAGAMENTOS.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE REQUER QUE SEJA SOLICITADO AO PODER EXECUTIVO A SEGUINTE INFORMAÇÃO: SE O PODER EXECUTIVO TEM ALGUM PLANEJAMENTO PARA MELHORAR A QUALIDADE DA ÁGUA DA FONTE DE CAPTAÇÃO DA LINHA CONTENDA? </t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                 QUAL A JUSTIFICATIVA QUE ADMINISTRAÇÃO ALEGA POR NÃO TER COLOCADO( DISPONIBILIZADO) MAIS UMA VAGA PARA FISCAL DE TRIBUTOS NO ÚLTIMO CONCURSO REALIZADO HÁ POUCOS DIAS? TENDO EM VISTA QUE A DEMANDA DE SERVIÇOS DESTE PROFISSIONAL AUMENTOU MUITO NA ATUALIDADE.  E, QUE TAMBÉM É UMA ORIENTAÇÃO DO TRIBUNAL DE CONTAS DO ESTADO, QUE SE TENHA DOIS SERVIDORES PARA O MESMO CARGO PARA QUE O SERVIÇO NÃO SEJA PREJUDICADO NO CASO DO MESMO GOZAR DE FÉRIAS OU ESTAR DE LICENÇA MÉDICA, POR EXEMPLO.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t xml:space="preserve">                SE A MERENDA ESCOLAR ESTÁ SENDO ADQUIRIDA DOS AGRICULTORES QUE FAZEM PARTE DA AGRICULTURA FAMILIAR? POIS, A LEI Nº 11.947, DE 16 DE JUNHO DE 2009, DETERMINA QUE NO MÍNIMO 30% DO VALOR REPASSADO A ESTADOS, MUNICÍPIOS E DISTRITO FEDERAL PELO FUNDO NACIONAL DE DESENVOLVIMENTO DA EDUCAÇÃO (FNDE) PARA O PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR (PNAE) DEVE SER UTILIZADO NA COMPRA DE GÊNEROS ALIMENTÍCIOS DIRETAMENTE DA AGRICULTURA FAMILIAR E DO EMPREENDEDOR FAMILIAR RURAL OU DE SUAS ORGANIZAÇÕES. </t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.doc</t>
   </si>
   <si>
     <t>SE HÁ INTERESSE DA SECRETARIA MUNICIPAL DE AGRICULTURA E PECUÁRIA EM ADQUIRIR UMA NOVA MÁQUINA COLHEDORA DE FORRAGEIRA LEVANDO EM CONTA QUE O MUNICÍPIO ATRAVÉS DE LEILÃO SE DESFEZ DESTE BEM QUE O MUNICÍPIO JÁ POSSUÍA.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA SOLICITADA A SEGUINTE INFORMAÇÃO AO PODER EXECUTIVO MUNICIPAL: SE O PODER EXECUTIVO TEM ALGUM PLANEJAMENTO PARA RETIRAR OS ENTULHOS, FAZER LIMPEZA DO LOCAL, OU DAR OUTRA DESTINAÇÃO AO PRÉDIO ANTIGO DA ESCOLA MUNICIPAL MAX PAULO SCHLÖSSER, NA LINHA TRAVESSÃO PARA GARANTIR A INTEGRIDADE FÍSICA DOS ALUNOS DESTE EDUCANDÁRIO. TENDO EM VISTA QUE ESTE LOCAL É DE FÁCIL ACESSO AOS ALUNOS, ONDE OS MESMOS PODEM SE FERIR AO BRINCAR NESTE LOCAL QUE POSSUI MATERIAIS PERIGOSOS COMO RESTOS DE OBRA E LÂMPADAS, ALÉM DE OUTROS RESÍDUOS. </t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.doc</t>
   </si>
   <si>
     <t>SE O PODER EXECUTIVO TEM ALGUM PLANO PARA MELHORAR OS ACESSOS AS PROPRIEDADES NO INTERIOR DO MUNICÍPIO, ESPECIALMENTE NA PARTE ALTA DO MUNICÍPIO E NA LINHA NÉRI. TENDO EM VISTA, QUE OS MUNÍCIPES RECORREM FREQUENTEMENTE AO VEREADOR PARA FAZER ESTE TIPO DE PEDIDO, POIS NÃO ESTÃO SENDO ATENDIDOS PELA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.doc</t>
   </si>
   <si>
     <t>QUAL O VALOR GASTO COM DESPESAS DE ALUGUEL EM REPARTIÇÕES UTILIZADAS PELA ADMINISTRAÇÃO MUNICIPAL NOS ANOS DE 2013, 2014 E 2015 ATÉ A DATA DESTE REQUERIMENTO?</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.doc</t>
   </si>
   <si>
     <t>QUAL O VALOR PAGO EM DIÁRIAS PELA ATUAL ADMINISTRAÇÃO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL ELMO IVO SCHMENGLER; E AO SENHOR VICE PREFEITO JOÃO RICARDO DA ROSA, NOS ANOS DE 2013, 2014 E 2015 ATÉ A DATA DE 31 DE MAIO DE 2015?</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: A) QUAL O VALOR QUE A PREFEITURA JÁ GASTOU NA CONSTRUÇÃO DA NOVA PONTE DA LINHA TRAVESSÃO, NAS PROXIMIDADES DA ESCOLA MUNICIPAL MAX PAULO SCHLÖSER? B) SOBRE ESTE VALOR, A PREFEITURA RECEBEU CONTRAPARTIDA DE ALGUM OUTRO ÓRGÃO DOS GOVERNOS FEDERAL E ESTADUAL, OU AINDA EMENDAS PARLAMENTARES PARA ESTA FINALIDADE? C) CASO TENHA RECEBIDO RECURSOS DE OUTROS ÓRGÃOS, QUAL O VALOR RECEBIDO DESTES; E QUAL O VALOR EFETIVAMENTE GASTO COM RECURSOS PRÓPRIOS DA PREFEITURA? D) QUAL A PREVISÃO DE TÉRMINO DESTA IMPORTANTE OBRA?</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A) QUAL O NÚMERO DE FUNCIONÁRIOS CONTRATADOS COMO CARGOS EM COMISSÃO (C.C), EXISTE ATUALMENTE; E QUAIS FORAM CRIADOS NESTE MANDATO NA PREFEITURA MUNICIPAL DE PARAÍSO DO SUL?_x000D_
 B) DO TOTAL DE CARGOS EM COMISSÃO, QUANTOS ENCONTRAM-SE OCUPADOS ATÉ A PRESENTE DATA?_x000D_
 C) QUANTOS FUNCIONÁRIOS DA PREFEITURA MUNICIPAL RECEBEM F.G (FUNÇÃO GRATIFICADA)? _x000D_
 </t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO: A) QUAL O HORÁRIO QUE SE INICIA E TERMINA O TURNO DA MANHÃ E DA TARDE DOS FUNCIONÁRIOS OCUPANTES DE CARGOS EFETIVOS NA PREFEITURA MUNICIPAL? </t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR INFRA-ASSINADO, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER QUE SEJA SOLICITADO, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 TENDO EM VISTA OS CONSTANTES QUESTIONAMENTOS DOS MUNÍCIPES E AINDA VISANDO O PROGRESSO DE NOSSA CIDADE EM RELAÇÃO AO CALÇAMENTO:_x000D_
 _x000D_
 1. QUANTOS METROS FORAM CALÇADOS DESDE JANEIRO DE 2013?_x000D_
 2. HÁ PREVISÃO DE REALIZAR O CALÇAMENTO DE ALGUMA(S) RUA(S) ATÉ DEZEMBRO DE 2016?_x000D_
 3. EXISTE(M) ALGUM(NS) PROJETO(S) CADASTRADO(S) NO SICONV VISANDO O CALÇAMENTO DE ALGUMA RUA DE PARAÍSO DO SUL?_x000D_
 4. A &amp;#8220;EQUIPE&amp;#8221; RESPONSÁVEL POR PROJETOS DE PARAÍSO DO SUL TRABALHA COM A POSSIBILIDADE DE INVESTIMENTO EM CALÇAMENTO DE ALGUMA RUA?_x000D_
 5. EXISTE, POR MEIO DO PODER EXECUTIVO, UM CRONOGRAMA DE AÇÕES PARA CALÇAMENTOS EM NOSSA CIDADE?_x000D_
 6. HÁ A INTENÇÃO, POR MEIO DE CONTATOS, DE ALGUM PARLAMENTAR GAÚCHO ENVIAR EMENDAS PARA CALÇAMENTOS?_x000D_
 </t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DEVIDO A VÁRIAS RECLAMAÇÕES DE PAIS DE ALUNOS INTERESSADOS NO PLANEJAMENTO DO PODER EXECUTIVO NO QUE DIZ RESPEITO AO ANO LETIVO DE 2016, PRINCIPALMENTE COM RELAÇÃO AO FECHAMENTO DE ESCOLAS, EDUCAÇÃO INFANTIL E TRANSPORTE ESCOLAR:_x000D_
 _x000D_
 1. HÁ A INTENÇÃO DE CESSAR ALGUMA ESCOLA EM 2016? QUAL(AIS)? POR QUE? SERÁ FEITA (OU JÁ FOI REALIZADA) UMA ASSEMBLEIA CONVOCANDO A COMUNIDADE ESCOLAR DA REFERIDA REGIÃO PARA OUVIR E SABER DA OPINIÃO DA MESMA?_x000D_
 2. HÁ A INTENÇÃO DE COBRAR O TRANSPORTE ESCOLAR DOS ALUNOS DO ESTADO TENDO EM VISTA O ATRASO NOS REPASSES?_x000D_
 3. É VERDADE QUE NÃO É DADA PRIORIDADE PARA O TRANSPORTE ESCOLAR PARA A ESCOLA MAIS PRÓXIMA QUE O ALUNO MORA, LEVANDO O MESMO PARA REGIÕES DA CIDADE MUITO DISTANTES DE SUA LOCALIDADE DE ORIGEM? CASO AFIRMATIVO, SOLICITO UMA RELAÇÃO DOS ALUNOS QUE ESTÃO NESSA CONDIÇÃO. QUAL O OBJETIVO DO PODER EXECUTIVO EM DESLOCAR ESSES ALUNOS?_x000D_
 4. QUAL O PLANO DE AÇÕES DO PODER EXECUTIVO COM RELAÇÃO À EDUCAÇÃO INFANTIL? QUANTAS VAGAS SERÃO ABERTAS EM 2016? NA EMEI PASTORA LIANE SCHMITT QUANTAS TURMAS EXISTIRÃO? AINDA NA EMEI PASTORA LIANE SCHMITT, QUANTOS AUXILIARES TRABALHAM NA MESMA?_x000D_
 </t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>MARCUS MACEDO, OSMAR DIAS</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.doc</t>
   </si>
   <si>
     <t>1)	POR QUE O PODER EXECUTIVO ESTÁ DESCARREGANDO, CONFORME FOTO EM ANEXO, LIXO EM ÁREA URBANA DO MUNICÍPIO?</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO:	                 O QUE JUSTIFICA A ATITUDE DE NÃO RECEBIMENTO DA DOCUMENTAÇÃO RELATIVA AO RECADASTRO NO PROGRAMA BOLSA FAMÍLIA PELA SENHORA ELAINE ARGUILAR?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2173,68 +2173,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/738/738_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/742/742_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="134.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>