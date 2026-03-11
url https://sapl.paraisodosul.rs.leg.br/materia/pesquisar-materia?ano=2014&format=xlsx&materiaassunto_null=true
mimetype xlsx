--- v0 (2025-10-12)
+++ v1 (2026-03-11)
@@ -51,2599 +51,2599 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/327/327_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/327/327_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE A AQUISIÇÃO DE BOTIJÕES DE GÁS DE COZINHA 13 KG PARA SEREM UTILIZADOS PARA A PREPARAÇÃO DE MERENDA ESCOLAR.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/328/328_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/328/328_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                          QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE BUSQUE JUNTO AO GOVERNO FEDERAL RECURSOS PARA A CONSTRUÇÃO DE UMA CANCHA DE BOLÃO, CALÇAMENTO DAS RUAS E ABERTURA DE NOVAS RUAS ONDE SE FIZER NECESSÁRIO, NA LOCALIDADE DE VILA PARAÍSO.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                          _x000D_
                                        QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE A PAVIMENTAÇÃO, DAS RUAS MATHIAS PAUL GOTTARDT, ROBERTO KRÜGELL  E AVENIDA TIRADENTES, NA SEDE DE NOSSO MUNICÍPIO. _x000D_
 </t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/330/330_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/330/330_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A AMPLIAÇÃO DA REDE DE ÁGUA POTÁVEL NA LOCALIDADE DA LINHA UNIÃO, EM BENEFÍCIO DAS FAMÍLIAS DOS SENHORES LUCINDO KIRCHHOF E DANILO KASPER, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, PROMOVA PARCERIA COM A EMATER, DISPONIBILIZANDO RECURSOS FINANCEIROS PARA A REALIZAÇÃO  DAS OLIMPÍADAS RURAIS DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE AMPLIAÇÃO DA REDE DE ÁGUA DA LOCALIDADE PICADA DAS GAMELAS, ATÉ A PROPRIEDADE DO SENHOR MARIO SANSÃO, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, LIBERE O GINÁSIO MUNICIPAL PARA FESTAS DE GRUPOS DE TRABALHADORAS RURAIS E GRUPOS DA TERCEIRA IDADE, APÓS SUA REFORMA SER CONCLUÍDA.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ELABORE UM PROJETO PARA AMPLIAÇÃO DA ÁREA CONSTRUÍDA NA UNIDADE BÁSICA  DE SAÚDE DA SEDE DO MUNICÍPIO, VISANDO À BUSCA DE RECURSOS DA MESMA, DE MODO A ASSIM PROPORCIONAR MELHOR ATENÇÃO AOS USUÁRIOS COM ESPAÇOS FÍSICOS ADEQUADOS.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE TOME AS DEVIDAS PROVIDÊNCIAS E ELABORE UM PROJETO COM TRAMITES LEGAIS PARA AQUISIÇÃO (COMPRA) DE UM TERRENO, PARA CONSTRUÇÃO DE UMA CRECHE, MODELO PADRÃO DO GOVERNO FEDERAL, JÁ QUE O MUNICÍPIO ESTÁ INCLUÍDO NO PRÉ-SELEÇÃO PARA A CONSTRUÇÃO DA CRECHE. OS MODELOS DAS CRECHES SÃO: PADRÃO B: NO VALOR R$ 1,5 MILHÕES, PADRÃO C: NO VALOR: R$ 870 MIL REAIS, SENDO QUE O GOVERNO FEDERAL MANTÉM POR 1(ANO) E 5 (CINCO) MESES A MANUTENÇÃO DAS MESMAS, E O MUNICÍPIO APENAS DISPONIBILIZA O TERRENO.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL, REALIZE A PAVIMENTAÇÃO  DA RUA MAX RETZLAFF LOCALIZADA ENTRE A RUA EDMUNDO ROHDE E A RUA WILLY ROSS NO CENTRO DE NOSSA CIDADE; </t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.doc</t>
   </si>
   <si>
     <t>PEDE QUE O PODER EXECUTIVO MUNICIPAL ADQUIRA UMA RETRO ESCAVADEIRA PARA A SECRETARIA DE OBRAS TENDO A NECESSIDADE DE PROPORCIONAR MELHOR ATENDIMENTO AOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/339/339_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/339/339_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ADQUIRA UM GERADOR DE ENERGIA PARA A UNIDADE BÁSICA DE SAÚDE PARA PROPORCIONAR MELHOR ATENDIMENTO AOS PACIENTES QUANDO OCORRE A FALTA DE ENERGIA ELÉTRICA.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/340/340_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/340/340_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE, ATRAVÉS DA SECRETARIA DE ADMINISTRAÇÃO, DE INCENTIVAR DE ALGUMA FORMA A VINDA DA COOPERAGUDO - COOPERATIVA AGRÍCOLA MISTA AGUDO LTDA PARA O NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROMOVA O REAJUSTE DO PROGRAMA DE AUXÍLIO ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/342/342_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/342/342_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE AMPLIAÇÃO DA REDE DE ÁGUA DA LOCALIDADE DA LINHA RINCÃO DA PORTA, ATÉ A PROPRIEDADE DO SENHOR LISANDRO KIRSCH, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL REMETA PROJETO DE LEI PARA O LEGISLATIVO, COM OBJETIVO DE IMPLANTAR UMA ACADEMIA POPULAR AO AR LIVRE NA PRAÇA, PROMOVENDO A SAÚDE DA COMUNIDADE DO MUNICÍPIO DE PARAÍSO DO SUL. </t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, ESTUDE A VIABILIDADE DA CONSTRUÇÃO DE GALERIAS: UMA NA TRAVESSA DA RUA WILLY ROOS NA CABECEIRA NA ENTRADA DA CIDADE QUE DESEMBOCA NO MÍNIMO EM TRÊS (03) GALERIAS. UMA JÁ EXISTENTE NA AVENIDA AFONSO PENA, QUE SEJA CONSTRUÍDA UMA GALERIA NA AVENIDA 1º DE JANEIRO E OUTRA GALERIA NA AVENIDA TIRADENTES.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE BUSQUE JUNTO AO GOVERNO FEDERAL RECURSOS PARA CALÇAMENTO DAS RUAS E ABERTURA DE NOVAS RUAS ONDE SE FIZER NECESSÁRIO, NA LOCALIDADE DE VILA PARAÍSO.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/357/357_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/357/357_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE TOME AS DEVIDAS PROVIDÊNCIAS E ELABORE UM PROJETO PARA CONSTRUÇÃO DE UMA TENDA PARA AS ARTESÃS QUE EXPÕEM SEUS TRABALHOS AO AR LIVRE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/358/358_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/358/358_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE BUSQUE JUNTO AO GOVERNO FEDERAL RECURSOS PARA A CONSTRUÇÃO DE UMA CANCHA DE BOLÃO NA LOCALIDADE DE VILA PARAÍSO, JUNTO AO CTG DESTA LOCALIDADE.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/367/367_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/367/367_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE SEJA PROVIDENCIADA A CAPTAÇÃO E DISTRIBUIÇÃO DA REDE DE ÁGUA POTÁVEL NAS IMEDIAÇÕES DA PROPRIEDADE DO SENHOR LUCIANO BISCAGLIA ATÉ A PONTE DE PROPRIEDADE DE SILVANO DICKOW NA LOCALIDADE DE LINHA CAMPESTRE, NESTE MUNICÍPIO.   </t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/368/368_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/368/368_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A CONSTRUÇÃO DE UMA REDE DE ÁGUA  POTÁVEL NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR ALDO BEHLING ATÉ   A RESIDÊNCIA DE AIRTON  ZEIBERT NA  LINHA PARAGUASSÚ, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/369/369_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/369/369_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE AMPLIAÇÃO DA REDE DE ÁGUA DA LOCALIDADE MANGUEIRINHA DESDE A RESIDÊNCIA DO SR. CLARINDO MÜLLER ATÉ A RESIDÊNCIA DA SR. SILVÉRIO SCHAURICH NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/370/370_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/370/370_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, REALIZE AS AÇÕES NECESSÁRIAS À IMPLANTAÇÃO DO PROGRAMA SAÚDE DA FAMÍLIA NO MUNICÍPIO DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/371/371_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/371/371_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, E DISPONIBILIZE UM TELEFONE DE LINHA OU CELULAR PARA DIREÇÃO DE CADA EDUCANDÁRIO NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/372/372_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/372/372_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O CADASTRAMENTO NO PROGRAMA CAMINHO MELHOR DO GOVERNO FEDERAL PARA PAVIMENTAÇÃO DE RUAS E AVENIDAS, NA SEDE DE NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/381/381_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/381/381_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE PROMOVA COMPETIÇÕES DE JOGOS ESTUDANTIS NAS SEGUINTES MODALIDADES: FUTEBOL DE CAMPO, FUTSAL, VOLEIBOL, HANDEBOL E ATLETISMO NAS ESCOLAS MUNICIPAIS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/382/382_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/382/382_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE DISPONIBILIZE UM MONITOR PARA CADA TRANSPORTE ESCOLAR MUNICIPAL, VISANDO MAIOR SEGURANÇA AOS ALUNOS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/383/383_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/383/383_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ELABORE O MAIS BREVE POSSÍVEL UM PROJETO DE LEI QUE CONCEDA ADICIONAL POR KM RODADO PARA OS MOTORISTAS EFETIVOS DESTE MUNICÍPIO. NO VALOR DE R$ 0,10 CENTAVOS POR KM RODADO PARA DESLOCAMENTOS FORA DO TERRITÓRIO MUNICIPAL E R$ 0,20 CENTAVOS POR KM RODADO PARA DESLOCAMENTO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/386/386_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/386/386_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL BUSQUE RECURSOS PARLAMENTARES PARA CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES  JUNTO A ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL CRISTIAN GAEDTKE, NA LOCALIDADE DE LINHA SINIMBU, NESTE MUNICÍPIO, SENDO QUE EM OUTRAS ESCOLAS MUNICIPAIS JÁ É UMA REALIDADE O GINÁSIO DE ESPORTES.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/387/387_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/387/387_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">       QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS NA COHAB II QUE IRÁ BENEFICIAR EM TORNO DE 30 FAMÍLIAS E 20 ALUNOS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL PROMOVA A COLOCAÇÃO DE AR REFRIGERADO, NAS ESCOLAS MUNICIPAIS, EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/398/398_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/398/398_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE À CÂMARA DE VEREADORES UM PROJETO DE LEI COM VISTAS A GERAR BENEFÍCIOS DE ORDEM FISCAL E DE SERVIÇOS, COM DESCONTOS DO IPTU DO IMÓVEL RESIDENCIAL E PATRULHA AGRÍCOLA, A TODOS AQUELES QUE VOLUNTARIAMENTE REALIZAREM DOAÇÃO DE SANGUE EM NOSSO MUNICÍPIO, INSERINDO OS SEGUINTES BENEFÍCIOS EM SEU TEXTO:_x000D_
 - QUE OS DOADORES DE SANGUE TENHAM DESCONTO DE 10% NO PAGAMENTO DO IPTU DO IMÓVEL RESIDENCIAL DENTRO DO MUNICÍPIO;_x000D_
 - QUE OS AGRICULTORES FAMILIARES RURAIS TAMBÉM TENHAM 10% DE DESCONTO NA PATRULHA AGRÍCOLA, QUANDO NECESSITAREM DO SERVIÇO DO REFERIDO PROGRAMA; _x000D_
 - QUE, PARA TER DIREITO AO BENEFICIO, O CIDADÃO DEVERÁ TER DOADO SANGUE AO MENOS UMA VEZ NO PERÍODO DE UM ANO ANTES DO VENCIMENTO DO IPTU OU DA PATRULHA AGRÍCOLA;_x000D_
 - QUE, PARA OS MUNÍCIPES QUE TIVEREM MAIS DE UM IMÓVEL, O DESCONTO SERÁ APLICADO AO IMÓVEL DE MAIOR VALOR;_x000D_
 - QUE, SE O PAGAMENTO FOR FEITO EM LOCAL DIVERSO DO CAIXA DA PREFEITURA, O MUNÍCIPE DEVERÁ PREVIAMENTE AO VENCIMENTO, APRESENTAR O COMPROVANTE DE DOAÇÃO DE SANGUE NA PREFEITURA, AONDE RECEBERÁ O BOLETO DE PAGAMENTO COM O DEVIDO DESCONTO;_x000D_
 - QUE, PARA OBTER ESTES DESCONTOS, AQUELES QUE SE ENQUADRAREM NA PROPOSTA DEVERÃO APRESENTAR COMPROVANTES DE DOAÇÃO DE SANGUE, DEVIDAMENTE DOTADO, ORIUNDO DE UNIDADE DE COLETA DE SANGUE IDÔNEA. _x000D_
 QUE A INDICAÇÃO TEM TEOR INDICATIVO À PROJETO DE LEI DO EXECUTIVO, FAZ SABER QUE É ASSINADA PELOS DEMAIS COLEGAS VEREADORES E VEREADORA._x000D_
 </t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/399/399_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/399/399_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A COLOCAÇÃO DE POSTES COM ILUMINAÇÃO PARA O CAMPO DESTINADO A PRATICA DE ESPORTES, DESTA LOCALIDADE, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/424/424_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/424/424_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE A PAVIMENTAÇÃO, DA RUA MARCÍLIO BERNARDO EHLE, NA QUADRA COMPREENDIDA ENTRE A AVENIDA 1º DE JANEIRO E AVENIDA TIRADENTES, NA SEDE DE NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/425/425_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/425/425_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA DE AGRICULTURA E PECUÁRIA A AQUISIÇÃO DE UMA CENTRIFUGA DE MEL, E QUE ESTA FIQUE A DISPOSIÇÃO DOS APICULTORES DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/433/433_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/433/433_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ISENTE DO PAGAMENTO DA TAXA DE USO DO GINÁSIO MUNICIPAL, AS EQUIPES QUE COMPROVAREM INSCRIÇÃO E EFETIVA PARTICIPAÇÃO NOS ÚLTIMOS DOIS CAMPEONATOS MUNICIPAIS DE FUTEBOL E VOLEIBOL, PARA QUE, ASSIM, REALIZEM SEUS TREINAMENTOS SEM CUSTO.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ELABORE PROJETO DE LEI NOS TERMOS DO SUGERIDO EM ANEXO, VISANDO INSTITUIR O PROJETO &amp;#8220;CALÇADA CONSTRUÍDA, PARAÍSO MAIS BONITO&amp;#8221;.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/444/444_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/444/444_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL VOLTE A REALIZAR A NOITE DOS DESTAQUES, JÁ DEVIDAMENTE PREVISTA NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO E QUE OUTRORA JÁ ERA CONHECIDA E PRESTIGIADA EM NOSSA COMUNIDADE.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/449/449_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/449/449_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE REALIZAR A LIMPEZA DAS VALAS AONDE ESCORRE O ESGOTO, CASCALHAMENTO NAS RUAS E EFETUE A REVISÃO DA ILUMINAÇÃO PÚBLICA DA LOCALIDADE DE BOA VISTA SUL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/450/450_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/450/450_texto_integral.doc</t>
   </si>
   <si>
     <t>DE AUTORIA DOS VEREADORES QUE INDICAM. QUE O PODER EXECUTIVO MUNICIPAL, ESTUDE A VIABILIDADE DA CONSTRUÇÃO DE UMA GALERIA NA RSC 287, MAIS PRECISAMENTE EM FRENTE À CASA DO SR. JOSÉ G. MICHELS NA SANGA DA PREGUIÇA.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/457/457_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/457/457_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE DESMANCHE O ANTIGO PRÉDIO DA ESCOLA QUE FOI DOADO PARA A COMUNIDADE SÃO ROQUE, O MESMO ENCONTRA-SE EM PRECÁRIAS CONDIÇÕES E ESTÁ ATRAPALHANDO AS OBRAS DO AUMENTO DO PAVILHÃO DA COMUNIDADE DA LINHA PATRIMÔNIO NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/458/458_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/458/458_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, O CASCALHAMENTO, COLOCAÇÃO DE BUEIROS ONDE SE FIZER NECESSÁRIO, MAIS PRECISAMENTE NA LINHA VÁRZEA, SENDO ESTA UMA DAS ESTRADAS MAIS IMPORTANTES DO INTERIOR DO NOSSO MUNICÍPIO, QUE DÁ ACESSO AO HOSPITAL DA VILA PARAÍSO E ESTE ATENDE MAIS DE 42 MUNICÍPIOS DA REGIÃO.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/459/459_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/459/459_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE OS SERVIÇOS BÁSICOS DE ATENDIMENTO ODONTOLÓGICO NO POSTO DE SAÚDE DA VILA PARAÍSO. QUE JÁ ERAM EM TORNO DE 40 ATENDIMENTOS MENSAIS, TENDO EM VISTA A GRANDE PROCURA E NECESSIDADE PELO SERVIÇO BÁSICO DE SAÚDE BUCAL.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/460/460_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/460/460_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE TOME AS DEVIDAS PROVIDÊNCIAS PARA A LIMPEZA DO ANTIGO PRÉDIO DA BIBLIOTECA MUNICIPAL E A COLOCAÇÃO DE CONTRA PISO, PARA AS ARTESÃS TEREM UM LOCAL ADEQUADO NA EXPOSIÇÃO DE SEUS TRABALHOS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/482/482_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/482/482_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA DE ASSISTÊNCIA SOCIAL QUE REALIZE UM ESTUDO SOCIAL DA SENHORA ELI SPÖRL, NA SEDE DO MUNICÍPIO, E QUE BUSQUE AUXILIAR A MESMA, PARA QUE ESTA TENHA ACESSO ÀS POLÍTICAS SOCIAIS E DE SAÚDE PERTINENTES A SUA SITUAÇÃO.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/483/483_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/483/483_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE EFETUE A AQUISIÇÃO DE ROLO COMPACTADOR COM RECURSOS LIVRES DO ORÇAMENTO MUNICIPAL DE 2014, PARA AJUDAR NA RECUPERAÇÃO DAS ESTRADAS EM TODO O INTERIOR DO MUNICÍPIO, COMO NA SEDE, POIS AINDA EXISTEM MUITAS RUAS SEM CALÇAMENTO.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL ENVIE ATRAVÉS DE OFICIO DE GABINETE, AO ENGENHEIRO RESPONSÁVEL PELO DEPARTAMENTO AUTÔNOMO DE ESTRADAS DE RODAGEM - DAER, PARA QUE LIBERE OS RESTOS DE MATERIAL RETIRADOS DA RSC 287, NA ÁREA DE DOMÍNIO DO MUNICÍPIO DE PARAÍSO DO SUL, PARA QUE O MATERIAL POSSA SER UTILIZADO EM VIAS PÚBLICAS ONDE SE FIZER NECESSÁRIO NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/493/493_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/493/493_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, PROVIDENCIE JUNTO AO DAER LICENÇA PARA CONSTRUÇÃO DE UMA GALERIA CANALIZANDO A REDE FLUVIAL NO TREVO DE ACESSO A CIDADE AO LADO DA OFICINA DAL-RI. PARA QUE OS PROPRIETÁRIOS DOS TERRENOS POSSAM CONSTRUIR E AMPLIAR SEUS NEGÓCIOS, POIS OS MESMOS TEM O INTERESSE NA COLOCAÇÃO DE UMA FRUTEIRA E UM ATACADO DO BARATILHÃO ECONÔMICO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/497/497_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/497/497_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, PROPONHA LEI QUE REGULAMENTE A CRIAÇÃO, PROPRIEDADE, POSSE E GUARDA DE CÃES E GATOS, BEM COMO A PREVENÇÃO E CONTROLE DE ZOONOSES. NO INTUITO DE COLABORAR COM OS TERMOS DA REFERIDA LEI JUNTA-SE, EM ANEXO, REGULAMENTAÇÃO RELATIVA AO ASSUNTO DO MUNICÍPIO DE CAÇAPAVA DO SUL.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ESTUDE JUNTO AO SINDICATO DOS FUNCIONÁRIOS MUNICIPAIS DE PARAÍSO DO SUL A POSSIBILIDADE DE IMPLANTAÇÃO DO CARTÃO S.F.M.P.S, QUE DESCONTA UM PERCENTUAL PARA COMPRAS NO COMÉRCIO LOCAL, COMO EXEMPLO O MUNICÍPIO VIZINHO DE AGUDO QUE DISPÕE DO CARTÃO SINDISERMA.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE CONVÊNIO COM A PREVIDÊNCIA SOCIAL (PREV/CIDADE), PARA A IMPLANTAÇÃO DE POSTO DO INSS NO MUNICÍPIO PARA ENCAMINHAMENTO DE BENEFÍCIOS, APOSENTADORIA, REVISÃO E PERÍCIA MÉDICA.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE, COM A MÁXIMA URGÊNCIA A COLOCAÇÃO DE TUBOS DE CONCRETO (BUEIROS) NA AVENIDA TIRADENTES, MAIS PRECISAMENTE, NAS PROXIMIDADES DA PADARIA DA JÚ.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL REMETA PROJETO DE LEI PARA O LEGISLATIVO, COM OBJETIVO DE IMPLANTAR ACADEMIA AO AR LIVRE NAS ESCOLAS, PROMOVENDO A SAÚDE E ESTIMULANDO A PRÁTICA DE EXERCÍCIOS DOS ALUNOS E PROFESSORES DO MUNICÍPIO DE PARAÍSO DO SUL. </t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL INCLUA NO CONCURSO PÚBLICO QUE IRÁ REALIZAR NO CORRENTE ANO O CARGO DE PROCURADOR JURÍDICO PARA SUPRIR AS NECESSIDADES E DEMANDAS A ELE DESTINADAS, POIS O MESMO JÁ É UMA SUGESTÃO DO TRIBUNAL DE CONTAS DO ESTADO.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ALTERE A LEGISLAÇÃO ATUAL PARA QUE AS SERVIDORAS CELITA JANNER E LIANE MÜLLER LÜTDKE TAMBÉM POSSAM SER CONTEMPLADAS COM O VALE REFEIÇÃO.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE PARA ESTA CASA UM PROJETO DE LEI REPASSANDO RECURSO PARA A MANUTENÇÃO DO RAMAL TELEFÔNICO DA ASSOCIAÇÃO ADEVIPA.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE A RECUPERAÇÃO DO PRÉDIO OU LOCAÇÃO DE UM IMÓVEL ADEQUADO QUE OFEREÇA CONDIÇÕES DE TRABALHO PARA OS PROFISSIONAIS DA EMATER (ASCAR) DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A CONSTRUÇÃO DE UM BANHEIRO PÚBLICO JUNTO A PRAÇA FLORINALDO ROHDE NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/541/541_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/541/541_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A INSTALAÇÃO DE BEBEDOUROS JUNTO A PRAÇA FLORINALDO ROHDE NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/543/543_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/543/543_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ADOTE AÇÕES PARA DISCUTIR E VIABILIZAR A CONSTRUÇÃO DE UMA CASA MORTUÁRIA QUE BENEFICIE A TODA A COMUNIDADE DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/550/550_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/550/550_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE, ATRAVÉS DA SECRETARIA DE TURISMO ESPORTE E LAZER E PROMOVA PARCERIA COM A COMUNIDADE LUTERANA DA VILA PARAÍSO, REALIZANDO CAMPEONATOS DE FUTSAL NA VILA PARAÍSO.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, ESTUDE A VIABILIDADE DA CONSTRUÇÃO DE UMA GALERIA OU A COLOCAÇÃO DE TUBOS COM MAIOR VAZÃO DE ÁGUA NO ARROIO PREGUIÇA, QUE FAZ A LIGAÇÃO DAS LINHAS RINCÃO DA PORTA E LINHA DA FONTE, PRÓXIMAS ÀS RESIDÊNCIAS DOS SENHORES ARI FLORES E LUIS BLEY, E REALIZE O PATROLAMENTO EM TODA A SUA EXTENSÃO E ENCASCALHAMENTO AONDE SE FIZER NECESSÁRIO NAS LINHAS ACIMA CITADAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA OU ÓRGÃO COMPETENTE, A CONSTRUÇÃO DE UMA QUADRA DE AREIA ENTRE AS COHAB I E COHAB II PARA A PRÁTICA DE ESPORTES, POIS É UM DESEJO E PEDIDO DOS MUNÍCIPES E JOVENS QUE ALI RESIDEM, POIS ESTA INICIATIVA AMENIZA A VULNERABILIDADE SOCIAL, POIS NO MOMENTO QUE AS CRIANÇAS E JOVENS ESTÃO PRATICANDO ESPORTES, ESTÃO LIVRES DE VÁRIOS FATORES NO QUAL PREJUDICARIAM SUA SAÚDE. </t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/564/564_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/564/564_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, ENCAMINHE UM OFÍCIO A SECRETARIA DE OBRAS DO ESTADO &amp;#8211; SOP, SOLICITANDO A LOCAÇÃO DE UM BRITADOR MÓVEL PARA QUE SEJAM EFETUADAS MELHORIAS NAS ESTRADAS DO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/565/565_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/565/565_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, ATENTE PARA A QUALIDADE DOS PNEUS ADQUIRIDOS E UMA MELHOR ESPECIFICAÇÃO DE SUAS CARACTERÍSTICAS NO EDITAL DE LICITAÇÃO, GARANTINDO ASSIM UMA VIDA ÚTIL MAIOR A ESTES E MAIS SEGURANÇA AOS MOTORISTAS.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/575/575_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/575/575_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">       QUE O PODER EXECUTIVO MUNICIPAL, ENCAMINHE UM OFÍCIO AO DAER- DEPARTAMENTO AUTÔNOMO DE ESTRADAS DE RODAGEM SOLICITANDO A RECUPERAÇÃO DO ACOSTAMENTO NA RST 287, NOS KM 181 AO 183, ESPECIALMENTE NOS ACESSOS AS LOCALIDADES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA, ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/576/576_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/576/576_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">       QUE O PODER EXECUTIVO MUNICIPAL, ESTUDE A POSSIBILIDADE DE PARCERIA COM EMPRESA DE TRANSPORTE COLETIVO PARA QUE SEJA IMPLANTADA UMA LINHA DE ÔNIBUS, AO MENOS UMA VEZ POR SEMANA, PARA GARANTIR O DESLOCAMENTO DOS MORADORES DA REGIÃO ALTA (SERRA) PARA A SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>MARCUS MACEDO</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/581/581_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/581/581_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA COMPETENTE A RETIRADA DA GRAMA EM FRENTE DA ESCOLA ESTADUAL DE ENSINO MÉDIO PRESIDENTE AFONSO PENA E COLOQUE PÓ DE BRITA NO LOCAL, DESTA FORMA POSSIBILITANDO CONDIÇÕES PARA ESTACIONAMENTO DE CARROS E DESAFOGANDO O TRÂNSITO NAQUELE LOCAL.                </t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA COMPETENTE QUE SINALIZE COMO LOCAL EXCLUSIVO PARA O ESTACIONAMENTO DOS ÔNIBUS ESCOLARES E DE LINHA NA RUA EDMUNDO ROHDE, ENTRE A AVENIDA AFONDO PENA E A RUA MAX RATZLAFF.                               </t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>DEISE DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/583/583_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/583/583_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA OU ÓRGÃO COMPETENTE, QUE SINALIZE COM A PINTURA DE FAIXA AMARELA, E PLACA INDICATIVA A PROIBIÇÃO DE ESTACIONAMENTO EM FRENTE AO CORREIO, NESTA CIDADE. </t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/376/376_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/376/376_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE CUMPRIMENTO POR INICIATIVA DA VEREADORA CARLA RUFF AO SENHOR NORBERTO GUILHERME BOCK PELA SUA CONQUISTA DO PRÊMIO AFUBRA/NIMEQ DE INOVAÇÃO TECNOLÓGICA, CATEGORIA INVENTOR, O TITULO VEIO COM A INVENÇÃO DE UM DESCASCADOR DE AMENDOIM, REALIZADO EM 26 DE MARÇO DE 2014 NA EXPOAGRO/AFUBRA. </t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/377/377_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/377/377_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DE ALINE KASPER HETTWER POR INICIATIVA DO LÍDER DE GOVERNO VEREADOR BRENO RONIVON SOARES DE OLIVEIRA, PELO FALECIMENTO DA MESMA NO DIA 30 DE MARÇO DE 2014.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/417/417_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/417/417_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 LEITURA DA MOÇÃO DE APOIO Nº 03, DE 26/05/2014. MANIFESTO DE APOIO NO SENTIDO DE ADEQUAR À GESTÃO INSTITUCIONAL A UM MODELO QUE PENSE A POLICIA CIVIL PARA HOMENS E MULHERES; AQUISIÇÃO DE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPI) ADEQUADOS A HOMENS E MULHERES; ADEQUAÇÃO IMEDIATA DO TRATAMENTO E DAS DENOMINAÇÕES DOS CARGOS AO GÊNERO FEMININO; FORTALECIMENTO DE POLÍTICAS DE GESTÃO QUE POSSIBILITEM A DEMOCRATIZAÇÃO DO ACESSO AOS POSTOS DE GESTÃO E PODER DENTRO DE INSTITUIÇÃO E, PRINCIPALMENTE, APOIO A APROVAÇAÕ DE  REDUTOR DE 05(CINCO) ANOS PARA A APOSENTADORIA DA MULHER POLICIAL CIVIL DO RS, IGUAL À CONCEDIDA PARA TODAS AS TRABALHADORAS DESTE PAÍS. REIVINDICAÇÕES JUSTAS, POIS A MULHER TEM DUPLA JORNADA, MUITAS EXERCEM A MATERNIDADE, INDISCUTIVELMENTE, DISPENDE MAIS TEMPO E INTENSIDADE DE TRABALHO QUE O HOMEM, RAZÃO PELA QUAL NÃO PODE APLICAR UMA MESMA UNIDADE DE MEDIDA DE TRABALHO PARA MULHERES E HOMENS, POIS ESTA MEDIDA SE TORNA DESIGUAL. ASSIM, COMO EM DIVERSOS PRINCÍPIOS, TRATAMENTO IGUAL AOS IGUAIS E DESIGUAL AOS DESIGUAIS. PELO EXPOSTO E TENDO EM VISTA O MERECIMENTO E RECONHECIMENTO DO TRABALHO DA MULHER POLICIAL CIVIL RS,  É JUSTO E MERECIDO TAL APOIO._x000D_
 	TRANSMITA-SE O TEOR DESTA AO GOVERNO DO ESTADO DO RS; À PRESIDÊNCIA DA ASSEMBLEIA LEGISLATIVA DO RS; AO PALÁCIO DA POLICIA CIVIL GAÚCHA; A UGEIRM; A SERVIPOL E A DELEGACIA DE POLICIA REGIONAL DE SANTA MARIA/RS. ASSIM COMO, VIA OFICIO OU E-MAIL, A TODAS AS CÂMARAS MUNICIPAIS DE VEREADORES DOS MUNICÍPIOS DA 4ª  COLÔNIA DE IMIGRAÇÃO E REGIÃO ( RESTINGA SECA, NOVA PALMA, FAXINAL DO SOTURNO, SÃO JOÃO DO POLÊSINE, IVORÁ, PINHAL GRANDE, PARAÍSO DO SUL, AGUDO, SANTA MARIA E OUTRAS), SERVINDO COMO SUGESTÃO DE TRABALHO._x000D_
 </t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/437/437_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/437/437_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTO DE CUMPRIMENTOS POR INICIATIVA DO VEREADOR MARCUS DE MACEDO PELA PARTICIPAÇÃO DA ESCOLA ESTADUAL DE ENSINO MÉDIO PRESIDENTE AFONSO PENA DO PROGRAMA DEPUTADO POR UM DIA, REALIZADO EM 09 DE JUNHO DE 2014 NO PLENÁRIO 20 DE SETEMBRO NA ASSEMBLEIA LEGISLATIVA DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/465/465_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/465/465_texto_integral.doc</t>
   </si>
   <si>
     <t>LEITURA DA MOÇÃO VOTO DE CUMPRIMENTOS POR INICIATIVA DO VEREADOR MARCUS DE MACEDO PELA PARTICIPAÇÃO DA ESCOLA ESTADUAL DE ENSINO MÉDIO PRESIDENTE AFONSO PENA DO PROGRAMA DEPUTADO POR UM DIA, REALIZADO EM 09 DE JUNHO DE 2014 NO PLENÁRIO 20 DE SETEMBRO NA ASSEMBLEIA LEGISLATIVA DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/466/466_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/466/466_texto_integral.doc</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/467/467_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/467/467_texto_integral.doc</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/468/468_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/468/468_texto_integral.doc</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/469/469_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/469/469_texto_integral.doc</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/470/470_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/470/470_texto_integral.doc</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/471/471_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/471/471_texto_integral.doc</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/472/472_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/472/472_texto_integral.doc</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/473/473_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/473/473_texto_integral.doc</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/474/474_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/474/474_texto_integral.doc</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/475/475_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/475/475_texto_integral.doc</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/476/476_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/476/476_texto_integral.doc</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/477/477_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/477/477_texto_integral.doc</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/479/479_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/479/479_texto_integral.doc</t>
   </si>
   <si>
     <t>DE INICIATIVA DOS VEREADORES À CRIAÇÃO E AOS TRABALHOS DA AMPS &amp;#8211; ASSOCIAÇÃO DOS MORADORES DE PARAÍSO DO SUL/RS, COM VISTAS À SOLUÇÃO DOS GRAVES PROBLEMAS DE INUNDAÇÕES SOFRIDAS PELOS INTEGRANTES DESTA.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SENHORA TEREZA BIBIANO DA SILVA KOHLS POR INICIATIVA DO LÍDER DE GOVERNO VEREADOR BRENO RONIVON SOARES DE OLIVEIRA, PELO FALECIMENTO DA MESMA NO DIA 12 DE OUTUBRO DE 2014.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO AO DEPUTADO ESTADUAL ADOLFO BRITO POR INICIATIVA DO LÍDER DE GOVERNO VEREADOR BRENO RONIVON SOARES DE OLIVEIRA, QUE O DEPUTADO VOTOU A FAVOR DO PROJETO DE LEI QUE LIBERA RECURSOS PARA A EMPRESA GAÚCHA DE RODOVIAS.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>Pedido de Cedência</t>
   </si>
   <si>
     <t>APROVADO O PEDIDO DE CEDÊNCIA SOLICITADO PELO PODER EXECUTIVO DA AUDIÊNCIA PÚBLICA DE APRESENTAÇÃO DO RELATÓRIO DAS METAS DO 1° QUADRIMESTRE/2014, E RREO- 2° BIMESTRE/2014, NO DIA 29 DE MAIO DE 2014 COM INÍCIO ÀS 09 HORAS.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/421/421_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/421/421_texto_integral.doc</t>
   </si>
   <si>
     <t>APROVADO A CEDÊNCIA DO ESPAÇO DA CÂMARA PARA O CURSO CAPACITAÇÃO &amp;#8211; OFICINA PARA OS AGRICULTORES ( ASTRAF), NO DIA 04 DE JUNHO DE 2014 COM INÍCIO AS 13 HORAS E 30 MINUTOS.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE AUDIÊNCIA PÚBLICA NO DIA 30 DE SETEMBRO DE 2014, AS 09 HORAS PARA APRECIAÇÃO DOS RELATÓRIOS DO SARGSUS, REFERENTE AO SEGUNDO QUADRIMESTRE DE 2014 E RELATÓRIO DE GESTÃO REFERENTE AO SEGUNDO QUADRIMESTRE DE 2014 DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Pedido de Licença</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/412/412_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/412/412_texto_integral.doc</t>
   </si>
   <si>
     <t>LEITURA DO PEDIDO DE LICENÇA DO VEREADOR ALMIRO NILO KUNDE, APROVADO E CONSEQUENTEMENTE A SUBSTITUIÇÃO PELO SUPLENTE HARDI LINDOLFO MAYER NO PERÍODO DE 23 DE MAIO DE 2014 A 01 DE JUNHO DE 2014.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/337/337_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/337/337_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A TROCA DA PLACA INDICATIVA DA LOCALIZAÇÃO DE CORTADO, LINHA PATRIMÔNIO E POÇO VERDE QUE FICA EM FRENTE A PROPRIEDADE DO SENHOR NILVO KIEFER, PRÓXIMO À ESCOLA SALGADO FILHO E QUE SEJA ACRESCENTADA A LOCALIZAÇÃO DE VILA PARAÍSO, POIS A QUE ESTÁ NO LOCAL E SERVE DE INDICAÇÃO JÁ ESTÁ BASTANTE APODRECIDA DO TEMPO E DE DIFÍCIL COMPREENSÃO.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/347/347_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/347/347_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE TOME AS PROVIDÊNCIAS DEVIDAS NO SENTIDO DE RECUPERAR E PINTAR A FAIXA DE PEDESTRES, COLOCAR AS NECESSÁRIAS PLACAS DE ORIENTAÇÃO PINTANDO AS FAIXAS DE SEGURANÇA AMARELAS, ORGANIZANDO ASSIM O ESTACIONAMENTO DIANTE DA ESCOLA ESTADUAL DE ENSINO MÉDIO PRESIDENTE AFONSO PENA EM NOSSA CIDADE.     </t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE COLOCAÇÃO DE TUBOS NA ESTRADA QUE DÁ ACESSO AS PROPRIEDADES DOS SENHORES ANTÔNIO NERI LOPES E JOSÉ RENILDO VIEIRA EM LINHA CAMPESTRE, NO INTERIOR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/355/355_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/355/355_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE DISPONIBILIZA CURSOS VOLTADOS À BOVINOCULTURA DE LEITE, AONDE AGRICULTORES SEJAM BENEFICIADOS COM APRENDIZADO, CONHECIMENTO, APERFEIÇOAMENTO E ASSIM TAMBÉM AUMENTAR A RENDA FAMILIAR PARA SUAS FAMÍLIAS.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE. QUE TOME AS DEVIDAS PROVIDÊNCIAS PARA A CONTRATAÇÃO OU REMANEJAMENTO DE MAIS UM PROFESSOR (A) PARA A ESCOLA CRISTIAN GAEDTKE, PRIORIZANDO ASSIM A QUALIDADE NA EDUCAÇÃO DAS CRIANÇAS DAQUELE EDUCANDÁRIO, QUE DESTA FORMA ESTARÁ DE ACORDO COM O QUE SE ESPERA DE UMA ADMINISTRAÇÃO MUNICIPAL COMPETENTE. </t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/365/365_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/365/365_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A RECONSTRUÇÃO DAS CABECEIRAS DA PONTE NA ESTRADA GERAL, MAIS PRECISAMENTE NAS PROXIMIDADES DA PROPRIEDADE DE MÁRIO DRESCHER, NA LOCALIDADE DE LINHA TRAVESSÃO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/373/373_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/373/373_texto_integral.doc</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/374/374_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/374/374_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE FAÇA O CONSERTO DA PLACA QUE INDICA O NOME DA TRAVESSA PAUL HARRIS, NA PRAÇA CENTRAL DA SEDE (FLORINALDO ROHDE), E A COLOCAÇÃO DE UM POSTE MAIS ALTO PARA A RECOLOCAÇÃO DEPOIS DO CONSERTO DA MESMA.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/384/384_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/384/384_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A COLOCAÇÃO DE PLACAS INDICANDO AS LOCALIDADES, NO INTERIOR DE NOSSO MUNICÍPIO, PRINCIPALMENTE NAS ESTRADAS ONDE HÁ ACESSO A OUTROS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/385/385_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/385/385_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE O PATROLAMENTO E CASCALHAMENTO NA AVENIDA TIRADENTES, MAIS PRECISAMENTE EM FRENTE ÀS RESIDÊNCIAS DOS SENHORES JOÃO CLAUDIO MACHADO E RELASIO GASSEN E NA ESQUINA COM A RUA EDMUNDO ROHDE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/389/389_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/389/389_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE A COLOCAÇÃO DOS BUEIROS NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR ADEMIR RADISKE NA ESTRADA GERAL QUE IRÁ AMPLIAR O ESTACIONAMENTO EM DIAS DE FESTA NA ESCOLA CRISTIAN GAEDKE, NA LINHA SINIMBU, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A CONSTRUÇÃO DE ABRIGOS DE ÔNIBUS NA LOCALIDADE DE LINHA CONTENDA, NAS PROXIMIDADES DA PROPRIEDADE RURAL DO SENHOR IDÁRIO SCHOTT, E NAS DEMAIS LOCALIDADES AONDE SE FIZER NECESSÁRIO NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/400/400_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/400/400_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE EFETUE O RECOLHIMENTO DO LIXO EM TODAS AS LOCALIDADES, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/405/405_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/405/405_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE SOMENTE A COLOCAÇÃO DOS TUBOS NA ESTRADA QUE DÁ ACESSO A PROPRIEDADE DE MARLENE HEIDRICH ABICH, POIS OS MESMOS JÁ SE ENCONTRAM NO LOCAL, NA LOCALIDADE DA LINHA CAMPESTRE NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/407/407_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/407/407_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE VIABILIZE A COLOCAÇÃO DE TUBOS NA RUA PAULO GOTHARDT, MAIS PRECISAMENTE NA ANTIGA REVENDA DE CARROS PARAÍSO SHOW CAR QUE DA ACESSO A RSC 287, NOS FUNDOS DA OFICINA DALRI &amp; DALRI NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/408/408_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/408/408_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE VIABILIZE A COLOCAÇÃO DE ANTENA DA INTERNET PARA CAPTAÇÃO DE SINAL PARA QUE OS JOVENS ESTUDANTES CONSIGAM REALIZAR TAREFAS ESCOLARES UTILIZANDO OS MEIOS DE COMUNICAÇÃO PRESENTES HOJE NO NOSSO DIA-A-DIA NA LINHA PATRÍCIA MAIS PRECISAMENTE PARA OS SEGUINTES MORADORES: CARLOS ROBERTO PEREIRA, OSMAR TEIXEIRA, JANICE WRASSE, SIMONE RICHARDT, ROGÉRIO MÜLLER E DEMAIS VIZINHOS.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A REALIZAÇÃO DE PATROLAMENTO DA ESTRADA GERAL DA LINHA CAMPESTRE, INICIANDO NA ESQUINA GEHRKE, NA LINHA CONTENDA O MAIS BREVE POSSÍVEL, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/411/411_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/411/411_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O ENCASCALHAMENTO E PATROLAMENTO, NA ESTRADA GERAL DE LINHA PATRIMÔNIO, NO INTERIOR, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/419/419_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/419/419_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A COLOCAÇÃO DE FAIXA DE PEDESTRES E DE PLACAS INDICATIVAS EM FRENTE, E NAS PROXIMIDADES DA ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL PASTORA LIANE BOCK SCHMIDT, RESPECTIVAMENTE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/426/426_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/426/426_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS MAIS PRECISAMENTE NA ENTRADA DAS PROPRIEDADES DOS SENHORES CARLOS LÜDTKE, ARSELI DOS SANTOS E RENATO MÜLLER, NA LINHA PATRIMÔNIO NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/427/427_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/427/427_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE, A COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA, NA LOCALIDADE DE BOA VISTA NORTE, MAIS PRECISAMENTE NA ENTRADA DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL RODRIGUES ALVES, NESTE MUNICÍPIO.   </t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/435/435_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/435/435_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE, A MANUTENÇÃO DE ILUMINAÇÃO PÚBLICA NA LINHA CONTENDA, MAIS PRECISAMENTE EM FRENTE À CASA DO SENHOR NILVO KIEFER E ONDE SE FIZER NECESSÁRIO, NESTE MUNICÍPIO.     </t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/436/436_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/436/436_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A REPOSIÇÃO DE CASCALHO E O PATROLAMENTO DA ESTRADA, MAIS PRECISAMENTE NO ACESSO AS PROPRIEDADES DOS SENHORES JAIRO BELLING, DARCI KULMANN, LUISMAR KARSBURG, LUIZ FELIPE KARSBURG E DELIO DRESCHER NA LINHA TRAVESSÃO, NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/439/439_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/439/439_texto_integral.doc</t>
   </si>
   <si>
     <t>. QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, A LIMPEZA DAS VALAS PRINCIPALMENTE NO TRECHO QUE COMPREENDE AS COHAB I E COHAB II, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/440/440_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/440/440_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A RECONSTRUÇÃO DAS CABECEIRAS DA PONTE, MAIS PRECISAMENTE NAS PROXIMIDADES DAS PROPRIEDADES DE CARLOS RADISKE E DITMAR HOLZSCHUH, NA LOCALIDADE DE LINHA PATRÍCIA, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/441/441_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/441/441_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA NA LOCALIDADE DE LINHA DA FONTE, MAIS PRECISAMENTE NO BAR DE HERMES ATÉ A SOREVE, NO INTERIOR DESTE MUNICÍPIO.  </t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/461/461_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/461/461_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A COLOCAÇÃO DE LÂMPADAS NA DIVISA DO TERRENO DO SR. EMILIO KULMANN, E NA DIVISA DOS TERRENOS DO SR. ALDEMAR ROHDE. QUE AS MESMAS IRÃO PROPORCIONAR MAIOR SEGURANÇA AOS MUNÍCIPES E VISITANTES QUE UTILIZAM A ARENA SOCITY, NA RSC 287. </t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/462/462_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/462/462_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE O CASCALHAMENTO DA ENTRADA DE ACESSO DA PROPRIEDADE DO SR. JOÃO IOLE DOS SANTOS. QUE O PODER EXECUTIVO DE ATENÇÃO ESPECIAL, PORQUE MAQUINÁRIOS NAS SECRETARIAS NÃO ESTÃO FALTANDO, SÃO SABEDORES QUE O MUNICÍPIO FOI CONTEMPLADO COM MAQUINÁRIOS NOVOS NESTE ANO.  </t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">: QUE O PODER EXECUTIVO MUNICIPAL REALIZE A CONTRATAÇÃO EMERGENCIAL DE UM ELETRICISTA, PORQUE AS RUAS DO MUNICÍPIO, MAIS PRECISAMENTE NO CENTRO DA CIDADE, NA SUA MAIORIA ESTÃO ÀS ESCURAS, CAUSANDO PERIGO PARA OS MUNÍCIPES QUE A UTILIZAM. _x000D_
 </t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/494/494_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/494/494_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A REVISÃO E TROCAS DE LÂMPADAS QUEIMADAS NA AVENIDA 1° DE JANEIRO, MAIS PRECISAMENTE NAS PROXIMIDADES DO GINÁSIO MUNICIPAL.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/498/498_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/498/498_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A CONSTRUÇÃO DE PARADAS DE ÔNIBUS NAS COHAB I E COHAB II, NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR ADÃO DE SOUZA E DO SENHOR MARCOS DE SOUZA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE A RECUPERAÇÃO OU TROCA DAS ABERTURAS DO PRÉDIO DO CORREIO NA VILA PARAÍSO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE FAÇA O PLANTIO DE FLORES VISANDO EMBELEZAR A ENTRADA NO TREVO E PROTEGER COM TELA OU OUTRO MATERIAL QUE JULGAR CONVENIENTE, OS COQUEIROS DO TREVO DE ACESSO AO MUNICÍPIO NA RSC 287, E PROMOVA O SEU REPLANTIO ONDE SE FIZER NECESSÁRIO.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.doc</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS N° 35/2014, DE AUTORIA DO VEREADOR PAULINHO CARLOS ALTERMANN QUE PEDE: QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE COM URGÊNCIA A RECUPERAÇÃO DAS ESTRADAS COM ENCASCALHAMENTO, LIMPEZA DE DESMORONAMENTOS DE ENCOSTAS E RECOLOCAÇÃO DE BUEIROS NAS LOCALIDADES DE LINHA CONTENDA, LINHA SÃO JOÃO E LINHA PATRIMÔNIO, BEM COMO ONDE SE FIZER NECESSÁRIO, NO INTERIOR, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS NA LOCALIDADE DE LINHA SINIMBU, NAS PROXIMIDADES DA ENTRADA DE ACESSO Á RESIDÊNCIA DO SENHOR GÜNTER LÜDTKE, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/537/537_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/537/537_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE, PROVIDENCIE A CONSTRUÇÃO DE UMA GALERIA, CASCALHAMENTO E PATROLAMENTO NA LINHA TRAVESSÃO, QUE DÁ ACESSO ÀS RESIDÊNCIAS DE LUISMAR KARSBURG, FELIPE KARSBURG E DELIO DRESCHER E FAMILIARES, NO INTERIOR DO MUNICÍPIO.      </t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/544/544_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/544/544_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A DESOBSTRUÇÃO DA GALERIA PRÓXIMA ÀS PROPRIEDADES DE LEONIDIO ABICH E LIDIO MÜLLER, NA VILA PARAÍSO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/551/551_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/551/551_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A RECUPERAÇÃO DAS CABECEIRAS DA PONTE DA ESTRADA GERAL NA LOCALIDADE DE LINHA TRAVESSÃO, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/552/552_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/552/552_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE EFETUE COM URGÊNCIA O PATROLAMENTO DAS ESTRADAS NAS LOCALIDADES DE BOA VISTA SUL E BOA VISTA NORTE EM TODA A SUA EXTENSÃO.   </t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE EFETUE COM URGÊNCIA O PATROLAMENTO DAS ESTRADAS NAS LOCALIDADES DA LINHA BRASILEIRA E QUILOMBO EM TODA A SUA EXTENSÃO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, A ABERTURA DE VALETAS NA COHAB I, MAIS PRECISAMENTE NOS FUNDOS DA CASA DO SR. ADÃO DE SOUZA, POIS A MESMA ENCONTRA-SE ENTUPIDA COM VEGETAÇÃO (BREJOS), OCASIONANDO PROLIFERAÇÃO DE RATOS E MOSQUITOS, E COM A CHEGADA DO VERÃO A TENDÊNCIA É SÓ PIORAR, PODENDO OCASIONAR DOENÇAS AOS MORADORES, SENDO QUESTÃO DE SAÚDE PÚBLICA.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/567/567_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/567/567_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE, PROVIDENCIE REFORMAS E ADEQUAÇÕES NOS PLAYGROUNDS (PRAÇINHAS ESCOLARES), ONDE SE FIZEREM NECESSÁRIAS, E TAMBÉM A CONSTRUÇÃO DE CANCHAS DE AREIA NAS ESCOLAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/566/566_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/566/566_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE EFETUAR COM URGÊNCIA O PATROLAMENTO DA ESTRADA GERAL DA LOCALIDADE DE LINHA CONTENDA E A COLOCAÇÃO DE BUEIROS ONDE SE FIZER NECESSÁRIO.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/568/568_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/568/568_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE A PAVIMENTAÇÃO, DA AVENIDA BARÃO VON KALDEN, NA VILA PARAÍSO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/569/569_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/569/569_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE, PROVIDENCIE O MAIS BREVE POSSÍVEL A CONSTRUÇÃO DE UMA PRAÇA PÚBLICA, NA LOCALIDADE DE VILA PARAÍSO.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/570/570_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/570/570_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA EM FRENTE A RESIDÊNCIA DA SENHORALORI KUNDE, NA RUA ROBERTO SCHÜTZ, NESTA CIDADE.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/571/571_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/571/571_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE O ENCANSCALHAMENTO NO ACESSO A PROPRIEDADE DA SENHORA CENITA DIAS FERREIRA NA VILA PARAÍSO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/572/572_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/572/572_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                     QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE EFETUE O PATROLAMENTO DAS ESTRADAS DA TRAVESSA ALTERMANN NA LOCALIDADE DE MANGUEIRINHA; E NA RUA MATHIAS PAUL GOTHARDT, NESTA CIDADE.   		</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>DEISE DA SILVA, MARCUS MACEDO</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/584/584_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/584/584_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A REFORMA E PINTURA DA LOMBADA E FAIXA DE SEGURANÇA EM FRENTE A ESCOLA AFONSO PENA, NESTA CIDADE. _x000D_
 </t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/589/589_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/589/589_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL CRIE O CONSELHO MUNICIPAL DE TURISMO EM NOSSO MUNICÍPIO, PARA QUE ASSIM POSSA ACESSAR OS RECURSOS DISPONÍVEIS NO MINISTÉRIO DO TURISMO.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/314/314_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/314/314_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O PROJETO CÂMARA NAS ESCOLAS&amp;#8221;. </t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/366/366_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/366/366_texto_integral.doc</t>
   </si>
   <si>
     <t>LEITURA DO PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO, &amp;#8220;SOBRE AS CONTAS DO MUNICÍPIO DE PARAÍSO DO SUL, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2010&amp;#8221;. LEITURA DO PROJETO DE DECRETO LEGISLATIVO Nº 002/2014, QUE, &amp;#8220;APROVA AS CONTAS DO MUNICÍPIO DE PARAÍSO DO SUL, RELATIVAS AO EXERCÍCIO FINANCEIRO DO ANO DE 2010&amp;#8221;. COLOCADOS EM DISCUSSÃO E EM VOTAÇÃO, FORAM APROVADOS POR UNANIMIDADE DOS PRESENTES.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REJEITA O VETO TOTAL PROPOSTO PELO PODER EXECUTIVO MUNICIPAL AO PROJETO DE LEI N°05/2014, QUE &amp;#8220;ALTERA O § 1° DO ART. 27 DA LEI N°673/2004 DE 05.01.2004 - PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL DE PARAÍSO DO SUL/RS&amp;#8221;. </t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/495/495_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/495/495_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;APROVA AS CONTAS DO MUNICÍPIO DE PARAÍSO DO SUL, RELATIVAS AO EXERCÍCIO FINANCEIRO DO ANO DE 2011&amp;#8221;.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/310/310_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/310/310_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI, NO MUNICÍPIO DE PARAÍSO DO SUL, A URNA POPULAR E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/311/311_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/311/311_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTABELECE REVISÃO GERAL E ANUAL SOBRE AS REMUNERAÇÕES E SUBSÍDIOS DOS AGENTES POLÍTICOS, PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS, FIXANDO O ÍNDICE DE REPOSIÇÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/312/312_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/312/312_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE REVISÃO GERAL E ANUAL SOBRE SUBSÍDIOS E REMUNERAÇÕES DOS AGENTES POLÍTICOS, VEREADORES, FIXANDO O ÍNDICE DE REPOSIÇÃO&amp;#8221;. </t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/313/313_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/313/313_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER LEGISLATIVO MUNICIPAL&amp;#8221;. </t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/317/317_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, ANUAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER EXECUTIVO, APOSENTADOS E PENSIONISTAS&amp;#8221;. </t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/323/323_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INCLUSÃO DE PROJETO NO ORÇAMENTO VIGENTE PARA INCLUIR DESPESAS COM AQUISIÇÃO DE MATERIAL PERMANENTE- FMS- APLICAÇÃO DE RECURSOS DA CONSULTA POPULAR E PRÓPRIOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/324/324_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA TERMO DE CONVÊNIO COM A ASSOCIAÇÃO AMOR PERFEITO- ABRIGO TRANSITÓRIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/326/326_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 08/2014, DE 14.02.2014 QUE, &amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSORES(A)S.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/325/325_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8216;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE OPERADORES DE MÁQUINAS&amp;#8221;.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/346/346_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE &amp;#8220;AUTORIZA INCLUSÃO DE PROJETO/ATIVIDADE NA LOA, LDO E PPA, JUNTO À SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA, PARA ATENDER TERMO DE COMPROMISSO FIRMADO COM FNDE/MEC. APROVADO POR UNANIMIDADE.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/348/348_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE &amp;#8220;AUTORIZA TERMO DE CONVÊNIO COM A APAE - ASSOCIAÇÃO DOS PAIS E AMIGOS DOS EXCEPCIONAIS &amp;#8211; AGUDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>RATIFICA ADESÃO PROGRAMA MAIS MÉDICOS, AUTORIZA A CONCESSÃO DE AUXÍLIOS MORADIA E ALIMENTAÇÃO, A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/362/362_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSOR(A).</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/363/363_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA VALOR DA BOLSA AUXÍLIO DE ESTÁGIO ALTERANDO LEI 1079/2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/364/364_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/364/364_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA O § 1° DO ART. 27 DA LEI N° 673/2004 DE 05.01.2004 &amp;#8211; PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL DE PARAÍSO DO SUL/RS.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/375/375_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE DESCONTO E ESTABELECE NORMAS PARA ARRECADAÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU, PARA O EXERCÍCIO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/378/378_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE SERVENTE.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/379/379_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE TERMO DE CONVÊNIO E PARCERIA A SER FIRMADO PELO PODER EXECUTIVO MUNICIPAL COM O HOSPITAL PARAÍSO ASSOCIAÇÃO ASSISTENCIAL E BENEFICENTE DE VILA PARAÍSO - PARAÍSO DO SUL, VISANDO MANUTENÇÃO DA PRESTAÇÃO SERVIÇOS DE SAÚDE NO HOSPITAL PARAÍSO.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/380/380_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR DESPESAS COM COMEMORAÇÕES DO XXVI ANIVERSÁRIO DO MUNICÍPIO DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/392/392_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/392/392_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE TÉCNICO(A)S DE ENFERMAGEM. </t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O ESTADO DO RIO GRANDE DO SUL, POR INTERMÉDIO DA SECRETARIA DO MEIO AMBIENTE, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AQUISIÇÃO DE UMA FRAÇÃO DE TERRAS, PARA AMPLIAR A PROPRIEDADE DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL RODRIGUES ALVES NA LOCALIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ALTERA LEI 674/2014 INSTITUINDO E DEFININDO REAJUSTE DA GRATIFICAÇÃO DE PRODUTIVIDADE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/414/414_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE &amp;#8220;AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA ATENDER DESPESAS COM A CONSULTA POPULAR 2012/13-RS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONTRATO DE INCENTIVOS COM A EMPRESA INDUSTRIAL DE MÓVEIS- JR MENEZES LTDA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. COLOCADO EM DISCUSSÃO O REGIME DE URGÊNCIA ESPECIAL FOI APROVADO.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/420/420_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/420/420_texto_integral.doc</t>
   </si>
   <si>
     <t>DE AUTORIA DO PODER LEGISLATIVO QUE &amp;#8220;CRIA O 13° SUBSÍDIO AOS VEREADORES E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/428/428_texto_integral.jpeg</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/428/428_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE, PARA INCLUSÃO DE ELEMENTOS DE DESPESA COM RECURSOS VINCULADOS A PROJETOS, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/429/429_texto_integral.jpeg</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/429/429_texto_integral.jpeg</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL E INCLUSÃO DE PROJETO/ATIVIDADE NA LOA, LDO E PPA, JUNTO À SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO, PARA ATENDER CONVÊNIO FIRMADO COM O ESTADO DO RIO GRANDE DO SUL&amp;#8221;.  COLOCADO EM DISCUSSÃO O REGIME DE URGÊNCIA ESPECIAL FOI APROVADO. E ASSIM ESTA MATÉRIA TRAMITOU NA ORDEM DO DIA.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSOR (A)&amp;#8221;.  </t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE NUTRICIONISTA&amp;#8221;. </t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/451/451_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUIR ELEMENTO DE DESPESA COM RECURSO VINCULADO, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/452/452_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/452/452_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA INCLUSÃO DE PROJETO NO ORÇAMENTO VIGENTE PARA INCLUIR DESPESAS COM AQUISIÇÃO DE MATERIAL PERMANENTE &amp;#8211; FMS &amp;#8211; APLICAÇÃO DE RECURSOS DA CONSULTA POPULAR E PRÓPRIOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/453/453_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/453/453_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA A INCLUSÃO DE PROJETO NO ORÇAMENTO VIGENTE PARA INCLUIR DESPESAS COM AQUISIÇÃO DE MATERIAL PERMANENTE &amp;#8211; APLICAÇÃO DE RECURSOS DA CONSULTA POPULAR E PRÓPRIOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/454/454_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/454/454_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA ATENDER DESPESAS VINCULADAS AO PROGRAMA &amp;#8216;PASSE LIVRE ESTUDANTIL&amp;#8217;, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/480/480_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/480/480_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA INSTITUÍDO, NO ÂMBITO DO MUNICÍPIO DE PARAÍSO DO SUL, A SEMANA MUNICIPAL DA MULHER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/499/499_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/499/499_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2015&amp;#8221;.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE FARMACÊUTICO (A)". </t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE RESPONSÁVEL PELO RECALQUE". </t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE PROFESSORES(AS)  E DÁ OUTRAS PROVIDÊNCIAS". </t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA DOAÇÃO DE BENS MÓVEIS INSERVÍVEIS PARA A ADMINISTRAÇÃO, A ENTIDADE E FAMÍLIAS DE BAIXA RENDA, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUSÃO DE ELEMENTO DE DESPESAS DE EXERCÍCIOS ANTERIORES E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA TERMO DE PARCERIA COM O SESC - SERVIÇO SOCIAL DO COMÉRCIO - PARA PARTICIPAÇÃO NA REALIZAÇÃO DA FEIRA DO LIVRO 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O ESTADO DO RIO GRANDE DO SUL, POR INTERMÉDIO DA SECRETARIA DA SEGURANÇA PÚBLICA, COM A INTERVENIÊNCIA DO INSTITUTO-GERAL DE PERÍCIAS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/538/538_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;QUE ALTERA DISPOSIÇÕES DA LEI 1103/2011- QUADRO DE CARGOS E FUNÇÕES DOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUIR DESPESA COM APLICAÇÃO DE RECURSOS VINCULADOS GOVERNO FEDERAL - PAC 2 - FNDE/MEC, RATIFICA TERMO DE COMPROMISSO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. A PEDIDO DO LÍDER DE GOVERNO O PROJETO DE LEI N°47/2014, TRAMITARÁ EM REGIME DE URGÊNCIA SIMPLES. A PEDIDO DA VEREADORA DEISE O PROJETO DE LEI N°47/2014 FOI BAIXADO PARA A COMISSÃO DE FINANÇAS E ORÇAMENTO. </t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/545/545_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI Nº 1103/2011- QUADRO DE CARGOS E FUNÇÕES DOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. A PEDIDO DA VEREADORA DEISE DA SILVA O PROJETO DE LEI N° 48/2014 FOI BAIXADO PARA A COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/546/546_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ALTERA DISPOSIÇÕES DA LEI Nº 1103/2011 - QUADRO DE CARGOS E FUNÇÕES DOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA DISPOSIÇÕES DA LEI Nº 673/2004 - PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. O PRESIDENTE DA CASA VEREADOR MARCUS MACEDO SOLICITOU QUE O PROJETO DE LEI N° 50/2014 FOSSE RETIRADO DA PAUTA E DEVOLVIDO PARA O PODER EXECUTIVO, PARA SANAR ERROS DE DIGITAÇÃO CONTIDOS NA EXPOSIÇÃO DE MOTIVOS E O USO DO CORRETIVO, POR SE TRATAR DE UM DOCUMENTO OFICIAL.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/574/574_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/574/574_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE CHRISTA MINNA WURTH GEHRKE À PRAÇA LOCALIZADA NA VILA PARAÍSO, NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/579/579_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE MÉDICO (A) E TÉCNICO (A) S DE ENFERMAGEM". </t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/580/580_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARAÍSO DO SUL PARA O EXERCÍCIO DE 2015". </t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/586/586_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/586/586_texto_integral.doc</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR AURI LUIZ MOZZAQUATRO BRONDANI.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/587/587_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/587/587_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DE VALORIZAÇÃO DA FAMÍLIA NA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/588/588_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A CONCESSÃO E PERMISSÃO DO TRANSPORTE COLETIVO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/315/315_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/315/315_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;FALA COMUNIDADE&amp;#8221; </t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/316/316_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/316/316_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INSTITUI A CÂMARA ESTUDANTIL PARAISENSE, NA CÂMARA DE VEREADORES DE PARAÍSO DO SUL&amp;#8221;. </t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/318/318_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/318/318_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE &amp;#8220;AUTORIZA PARTICIPAÇÃO DOS VEREADORES E SERVIDORES PARA 15° CURSO TÉCNICO PARA PRESIDENTES, VEREADORES, DIRETORES, ASSESSORES, SERVIDORES E TÉCNICOS LEGISLATIVOS DE CÂMARA DO RS NA UVERGS PORTO ALEGRE-RS&amp;#8221;. </t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/319/319_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/319/319_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CÂMARA DE VEREADORES DE PARAÍSO DO SUL A ASSOCIAR-SE NA UVERGS&amp;#8221;. </t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/320/320_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/320/320_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">FICA A CÂMARA MUNICIPAL DE PARAÍSO DO SUL ASSOCIADA À UNIÃO DOS VEREADORES DO RIO GRANDE DO SUL, CONTRIBUINDO MENSALMENTE, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/321/321_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/321/321_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A PARTICIPAÇÃO DO PRESIDENTE DA CÂMARA, DE VEREADORES E SERVIDORES DA CASA EM EVENTOS, REUNIÕES E TRATATIVAS OFICIAIS E A REALIZAÇÃO DE DESPESAS&amp;#8221;. </t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/322/322_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/322/322_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA PARTICIPAÇÃO DOS VEREADORES E SERVIDORES NO CURSO &amp;#8220;RECICLAGEM TÉCNICA PARA ASSESSORAMENTO, MOTIVAÇÃO, E EXCELÊNCIA NO ATENDIMENTO AO CIDADÃO&amp;#8221;. </t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/359/359_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/359/359_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A LIBERAÇÃO DOS VEREADORES PARA ENTREGA DE DOCUMENTOS PARA O DAER E A REALIZAÇÃO DE DESPESAS.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/360/360_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/360/360_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DO PRESIDENTE DA CÂMARA, DE VEREADORES E SERVIDORES DA CASA EM EVENTOS, REUNIÕES E TRATATIVAS OFICIAIS E A REALIZAÇÃO DE DESPESAS.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/353/353_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/353/353_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE &amp;#8220;ALTERA A REDAÇÃO DO ART.153, CAPUT E PARÁGRAFO ÚNICO, DO REGIMENTO INTERNO PERMITINDO A INTERIORIZAÇÃO DE SESSÕES ORDINÁRIAS DA CÂMARA DE VEREADORES&amp;#8221;.  BAIXADO PARA AS COMISSÕES Á PEDIDO DO PRESIDENTE. </t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/401/401_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/401/401_texto_integral.doc</t>
   </si>
   <si>
     <t>FICA A CÂMARA MUNICIPAL DE PARAÍSO DO SUL ASSOCIADA À UNIÃO DOS VEREADORES DO RIO GRANDE DO SUL - UVERGS, CONTRIBUINDO MENSALMENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/402/402_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/402/402_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA PARTICIPAÇÃO DOS VEREADORES E SERVIDORES DA CÂMARA NA IX MARCHA À CAPITAL, ORGANIZADA PELO PODER LEGISLATIVO DA QUARTA COLÔNIA E REGIÃO, VISITA A ASSEMBLEIA LEGISLATIVA, E A REALIZAÇÃO DE DESPESAS COM TAL EVENTO.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/442/442_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/442/442_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DO PRESIDENTE DO LEGISLATIVO EM REUNIÃO JUNTO AO DAER, SECRETARIA DE INFRAESTRUTURA, SECRETARIA DE EDUCAÇÃO DO ESTADO DO RS E COM O PRESIDENTE DA ASSEMBLEIA LEGISLATIVA NA SEGUNDA QUINZENA DE JULHO E A REALIZAÇÃO DE DESPESAS.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/446/446_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/446/446_texto_integral.doc</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA A PARTICIPAÇÃO, DE VEREADOR DA CASA EM CURSO NO INLEGIS (INSTITUTO DE APOIO AO PODER PÚBLICO), E A REALIZAÇÃO DE DESPESAS&amp;#8221;.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/463/463_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/463/463_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE &amp;#8220;AUTORIZA A PARTICIPAÇÃO, DE VEREADORES DA CASA EM CURSO NO INLEGIS (INSTITUTO DE APOIO AO PODER PÚBLICO), E A REALIZAÇÃO DE DESPESAS&amp;#8221;.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;FICA A CÂMARA MUNICIPAL DE PARAÍSO DO SUL ASSOCIADA À UNIÃO DOS VEREADORES DO RIO GRANDE DO SUL, CONTRIBUINDO MENSALMENTE, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/573/573_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/573/573_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA VIAGEM DO PRESIDENTE DO LEGISLATIVO COM VISTAS À ASSINATURA DE PROTOCOLO DE COOPERAÇÃO TÉCNICA COM A ASSEMBLEIA LEGISLATIVA DO ESTADO DO RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/577/577_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/577/577_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA PARTICIPAÇÃO DO PRESIDENTE E VEREADORES DO LEGISLATIVO NO 1º GRANDE SEMINÁRIO DE ENCERRAMENTO DE GESTÃO, REALIZADO PELA UVERGS.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/343/343_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/343/343_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO FORNEÇA AO PODER LEGISLATIVO O VALOR QUE O EXECUTIVO MUNICIPAL GASTA COM A FAMURS E A DPM;</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/344/344_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/344/344_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO FORNEÇA AO PODER LEGISLATIVO INFORMAÇÃO SOBRE QUAIS SÃO OS DIAS DA SEMANA E HORÁRIOS DE ATUAÇÃO DO PROFESSOR CONTRATADO DE MATEMÁTICA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/345/345_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/345/345_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL FORNEÇA AO PODER LEGISLATIVO CÓPIA DO RELATÓRIO E ATAS DO CONTROLE INTERNO DA PREFEITURA SOBRE A INVESTIGAÇÃO QUE TRATOU DA DENÚNCIA DE DESVIO DO PATRIMÔNIO PÚBLICO (PNEUS) OCORRIDA NO FINAL DO ANO DE 2013.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/349/349_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/349/349_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:    A) PORQUE NÃO SÃO REALIZADOS SERVIÇOS E, NEM SE QUER TOMADA DE PREÇOS PELO PODER EXECUTIVO MUNICIPAL NAS OFICINAS MECÂNICAS DO SR. JOCELITO BARTMANN E NA OFICINA DAL RI &amp; DAL RI?,  B) PORQUE A CAÇAMBA COM PLACA IQN 8150 VEÍCULO DE PROPRIEDADE DA PREFEITURA SE ENCONTRA MAIS DE 50 DIAS NA OFICINA DA PAMPEIRO EM SANTA MARIA-RS?</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/395/395_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/395/395_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO:_x000D_
 A) PORQUE NÃO SÃO REALIZADOS SERVIÇOS E, NEM SE QUER TOMADA DE PREÇOS PELO PODER EXECUTIVO MUNICIPAL NA OFICINA DAL RI &amp; DAL RI._x000D_
 </t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/396/396_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/396/396_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 A)	PEDIDO PARA QUE SEJA PROVIDENCIADA, CÓPIA INTEGRAL DO PROCEDIMENTO ADMINISTRATIVO QUE RESULTOU NA RECUPERAÇÃO DE IMPOSTO DE SERVIÇO DE QUALQUER NATUREZA, DA EMPRESA SANTA CRUZ RODOVIAS, CNPJ 02.328.507/0001-02 RELATIVO À DIFERENÇA DA MATÉRIA TRIBUTÁVEL DE IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA (ISSQN) DOS SERVIÇOS DE TERCEIROS, SUBITENS 7.02 (EXECUÇÃO, POR ADMINISTRAÇÃO, EMPREITADA OU SUBEMPREITADA, DE OBRAS DE CONSTRUÇÃO CIVIL, HIDRÁULICA OU ELÉTRICA E DE OUTRAS OBRAS SEMELHANTES, INCLUSIVE SONDAGEM, PERFURAÇÃO DE POÇOS, ESCAVAÇÃO, DRENAGEM E IRRIGAÇÃO, TERRAPLENAGEM, PAVIMENTAÇÃO, CONCRETAGEM E A INSTALAÇÃO E MONTAGEM DE PRODUTOS, PEÇAS E EQUIPAMENTOS.), 7.05 (REPARAÇÃO, CONSERVAÇÃO E REFORMA DE EDIFÍCIOS, ESTRADAS, PONTES, PORTOS E CONGÊNERES) E 7.10 (LIMPEZA, MANUTENÇÃO E CONSERVAÇÃO DE VIAS E LOGRADOUROS PÚBLICOS, IMÓVEIS, CHAMINÉS, PISCINAS, PARQUES, JARDINS E CONGÊNERES) NÃO RECOLHIDO NO PERÍODO DE JANEIRO DE 2006 A DEZEMBRO DE 2011._x000D_
 B)	ANEXANDO TODOS OS DOCUMENTOS DESDE A NOTIFICAÇÃO DA EMPRESA ATÉ O ÚLTIMO DEPÓSITO E JUNTANDO TODOS OS COMPROVANTES DE PAGAMENTOS FEITOS PELA EMPRESA SANTA CRUZ RODOVIAS S/A, DEMONSTRANDO COM CLAREZA A FORMA DE PAGAMENTO ONDE DEVE CONTER INFORMAÇÕES SOBRE: O PRIMEIRO E ÚLTIMO PAGAMENTO VALOR DO TOTAL RECUPERADO JUNTO COM OS COMPROVANTES DE DEPÓSITOS E DEMAIS DOCUMENTO SE HOUVE ACORDO OU NÃO;_x000D_
 C)	RESPONDENDO SE O PAGAMENTO FOI INTEGRAL OU PARCIAL, SE DEU ADMINISTRATIVAMENTE OU ATRAVÉS DO PODER JUDICIÁRIO._x000D_
 </t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/404/404_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/404/404_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO: POR QUE A CAÇAMBA COM PLACA IQN 8150 DEMOROU TANTO PARA SER REFORMADA, SOLICITAMOS XEROX DOS DOCUMENTOS DAS FIRMAS QUE PARTICIPARAM DA LICITAÇÃO E NOTA FISCAL DO CUSTO FINAL DA REFORMA DA MESMA, QUE A SOLICITAÇÃO DO PEDIDO DESTA INFORMAÇÃO VEM DO CONDUTOR DA MESMA, MOTORISTA CLEITON STHAL?</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/406/406_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/406/406_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA SOLICITADO, AO PODER EXECUTIVO MUNICIPAL, O SEGUINTE: CONVOCAÇÃO DA SERVIDORA MARLISA MARLENE STRENZEL, PARA QUE COMPAREÇA NA SESSÃO ORDINÁRIA DO DIA 26 DE MAIO DE 2014, ÀS 19 HORAS, NA SEDE DA CÂMARA, A FIM DE PRESTAR ESCLARECIMENTOS RELATIVOS À ENTREVISTA CONCEDIDA RECENTEMENTE EM RÁDIO DA REGIÃO SOBRE PROJETO DE SANEAMENTO BÁSICO, QUE CONTEMPLA O MUNICÍPIO DE PARAÍSO DO SUL. </t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/416/416_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/416/416_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO: A) LISTAGEM DE TODOS OS BENEFICIÁRIOS DO BOLSA FAMÍLIA OU OUTRO BENEFICIO, NO QUAL ESTÃO CADASTRADOS NA SECRETARIA DE ASSISTÊNCIA SOCIAL DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/418/418_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/418/418_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: A) QUANTO A MÁ QUALIDADE DA ÁGUA POTÁVEL QUE ABASTECE A REGIÃO ALTA DO MUNICÍPIO, SE TAL SITUAÇÃO É DE CONHECIMENTO TAMBÉM DO PODER EXECUTIVO MUNICIPAL E EM CASO POSITIVO, QUAIS AS MEDIDAS QUE VÊM SENDO TOMADAS NO SENTIDO DE CORRIGIR TAL PROBLEMA, TENDO EM VISTA SE TRATAR DE ASSUNTO DE SAÚDE PÚBLICA, UMA VEZ QUE AFETA VÁRIOS MUNÍCIPES E SUAS FAMÍLIAS.                </t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/422/422_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/422/422_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: _x000D_
 - QUAL ÓRGÃO DE IMPRENSA ESCRITA É UTILIZADO PELO PODER EXECUTIVO MUNICIPAL PARA DIVULGAÇÃO DAS PUBLICAÇÕES OFICIAIS?_x000D_
 - EM SENDO O DIÁRIO DE SANTA MARIA, SE NÃO HÁ POSSIBILIDADE DE OFICIALIZAR JORNAL LOCALIZADO MAIS PRÓXIMO E COM MAIOR CIRCULAÇÃO EM NOSSO MUNICÍPIO?_x000D_
 </t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/423/423_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/423/423_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - QUAL A QUANTIDADE DE REMÉDIOS DOS MEDICAMENTOS PARA PRESSÃO, DIABETES E ASMA E O VALOR RECEBIDO DO GOVERNO FEDERAL ATRAVÉS DO PROGRAMA FARMÁCIA POPULAR NO ANO DE 2013 E 2014 (ATÉ O MOMENTO)._x000D_
 </t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/430/430_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/430/430_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - A CARGA HORÁRIA DE CADA PEDAGOGO E OS RESPECTIVOS DIAS DA SEMANA QUE A CUMPREM;_x000D_
 - A(S) ESCOLA(S) DE RESPONSABILIDADE DE CADA PEDAGOGO; _x000D_
 - QUAIS MEDIDAS SÃO TOMADAS PELOS PEDAGOGOS VISANDO AO DESENVOLVIMENTO DOS ASPECTOS QUALITATIVOS DO ENSINO NOS ANOS LETIVOS DE 2013 E 2014 (ATÉ O MOMENTO);_x000D_
 - COMO É FEITA A AVALIAÇÃO GLOBAL DA ESCOLA;_x000D_
 - APRESENTAR UM RELATÓRIO, ASSINADO PELO PEDAGOGO, DIRETOR DA ESCOLA E PROFESSOR, DESCREVENDO AS TURMAS QUE FORAM ASSISTIDAS E ENTREVISTAS, ACONSELHAMENTO E ENCAMINHAMENTOS REALIZADOS NOS ANOS LETIVOS DE 2013 E 2014 (ATÉ O MOMENTO)._x000D_
 -APRESENTAR O CRONOGRAMA DAS ATIVIDADES DOCENTES._x000D_
 </t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/431/431_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/431/431_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - APRESENTAR UM OFÍCIO DE CADA DIRETOR (A) DE ESCOLA RELATANDO AS AÇÕES SEMANAIS DOS PEDAGOGOS JUNTO À SUA INSTITUIÇÃO DE ENSINO E SE OS MESMOS PARTICIPAM DA DISTRIBUIÇÃO DAS TURMAS E DA ORGANIZAÇÃO DA CARGA HORÁRIA DESTAS. AINDA DESCREVER, CASO EXISTAM, AS ATIVIDADES DE CARACTERIZAÇÃO DA CLIENTELA ESCOLAR E DE QUE FORMA OS PEDAGOGOS PARTICIPAM NO PROCESSO DE INTEGRAÇÃO FAMÍLIA-ESCOLA-COMUNIDADE. POR FIM APRESENTAR, JUNTO AO OFÍCIO, UM RELATÓRIO COM OS DIAS QUE O PEDAGOGO ESTÁ NA ESCOLA, QUE TURMAS FORAM ASSISTIDAS E QUAIS ENTREVISTAS, ACONSELHAMENTOS E ENCAMINHAMENTOS FORAM REALIZADOS NOS ANOS LETIVOS DE 2013 E 2014 (ATÉ O MOMENTO)._x000D_
 </t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/447/447_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/447/447_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO:_x000D_
 - POR QUE A REFORMA DA RETRO ESCAVADEIRA CASE DA SECRETARIA DE OBRAS E TRÂNSITO FORAM GASTOS EM TORNO DE R$ 60.000 MIL E NÃO FUNCIONA?_x000D_
 - SOLICITA XEROX DOS DOCUMENTOS DAS FIRMAS QUE PARTICIPARAM DA LICITAÇÃO E NOTA FISCAL DO CUSTO FINAL DA REFORMA DA MESMA._x000D_
 </t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/448/448_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/448/448_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DE AUTORIA DOS VEREADORES QUE REQUEREM, QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO:_x000D_
 -PRESTAÇÃO DE CONTAS DA 3ª KOLONIE FEST REALIZADA NOS DIAS 9,10 E 11 DE MAIO DE 2014._x000D_
 </t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/455/455_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/455/455_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DO REQUERIMENTO N° 17/2014, DE AUTORIA DA VEREADORA DEISE SILVANA DA SILVA, QUE REQUER: QUE SEJAM SOLICITADAS AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: _x000D_
 -QUAIS OPERÁRIOS FIZERAM CURSO (TREINAMENTO) PARA OPERAR NA RETROESCAVADEIRA JCB NO QUAL O MUNICÍPIO FOI CONTEMPLADO PELO PAC 2 DO GOVERNO FEDERAL? _x000D_
 -E NO MOMENTO ATUAL QUAL DESTES ESTÁ A OPERAR NA RESPECTIVA MÁQUINA MENCIONADA?_x000D_
 </t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/456/456_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/456/456_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - QUAL A FUNÇÃO E O VALOR DA REMUNERAÇÃO DO SERVIDOR JULIANO BOCK NA SECRETARIA MUNICIPAL DE OBRAS E TRÂNSITO?_x000D_
 - PELO FATO DE O MESMO TER ALEGADO QUE OBEDECIA SOMENTE A ORDEM DIRETA DO SECRETÁRIO DA PASTA, MUITAS VEZES É AUSENTE NO LOCAL DE TRABALHO, E VAI EMBORA À HORA QUE LHE CONVÉM, E ÀS VEZES SE COMPORTA DE MANEIRA ESTRANHA. SE O HORÁRIO DE TRABALHO É DIFERENCIADO PARA ESTE SERVIDOR?_x000D_
 </t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/464/464_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/464/464_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO:_x000D_
 - SE A PREFEITURA MUNICIPAL POSSUI SETOR COMPETENTE PARA AGIR NESSE TIPO DE ASSUNTO, TENDO EM VISTA A NECESSIDADE DE PRESERVAÇÃO DE AVES MIGRATÓRIAS E MESMO DE ESPÉCIES NATIVAS COM RISCO DE EXTINÇÃO E INIBIR SITUAÇÕES COMO ESTA QUE PRESENCIOU._x000D_
 </t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/481/481_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/481/481_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">: QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - QUAIS AS INDICAÇÕES QUE JÁ FORAM ATENDIDAS?_x000D_
 - SE HÁ PREVISÃO PARA OS PEDIDOS DE INDICAÇÕES ENVIADOS PELO PODER LEGISLATIVO MUNICIPAL DE SEREM ATENDIDOS PELO PODER EXECUTIVO MUNICIPAL NESTE ANO?_x000D_
 </t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/484/484_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/484/484_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - PORQUE EM ALGUMAS SECRETARIAS NÃO É EFETUADO O BATE-CARTÃO PELOS SERVIDORES?_x000D_
 - E SE TEM TRATAMENTO DIFERENCIADO COM ALGUNS SERVIDORES (PRIVILÉGIOS)?_x000D_
 </t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/486/486_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/486/486_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - QUAL A EMPRESA DO CAMINHÃO CEGONHA QUE TROUXE OS VEÍCULOS QUE FORAM DOADOS PELA RECEITA FEDERAL NO ANO PASSADO?_x000D_
 - QUANTO FOI PAGO PELO SERVIÇO? _x000D_
 - QUAL O ENDEREÇO DA EMPRESA?_x000D_
 - QUANTOS CARROS VIERAM ATRAVÉS DE DOAÇÃO?_x000D_
 - QUAL A MARCA E O ANO DE CADA VEÍCULO?_x000D_
 - E QUAL DESTES ESTÁ CIRCULANDO NO MUNICÍPIO NAS RESPECTIVAS SECRETARIAS?_x000D_
 - E ATÉ O MOMENTO ATUAL QUAL O CUSTO (GASTOS) COM AS REFORMAS, PEÇAS E MANUTENÇÃO?_x000D_
 </t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - ONDE SE ENCONTRAM AS REFERIDAS MÁQUINAS, DUAS RETROESCAVADEIRAS COMPRADAS COM RECURSO PRÓPRIO, NO QUAL ELE SE REFERIU NA REPORTAGEM?_x000D_
  -PORQUE ATÉ ENTÃO SOMOS TODOS SABEDORES, QUE AS DUAS MÁQUINAS QUE ESTÃO PARADAS NO GALPÃO, POR FALTA DE OPERADORES, FORAM ADQUIRIDAS ATRAVÉS DE EMENDAS PARLAMENTARES, RECURSO DO GOVERNO FEDERAL._x000D_
 - E AINDA PERSISTINDO EM DIZER QUE FORAM COMPRADAS COM RECURSO PRÓPRIO, SOLICITO:_x000D_
 -CÓPIA DO EDITAL DA LICITAÇÃO OU PREGÃO?_x000D_
 - QUAIS AS EMPRESAS QUE PARTICIPARAM DA LICITAÇÃO OU PREGÃO?_x000D_
 -QUAIS OS VALORES QUE APRESENTARAM? TUDO COM AS REFERIDAS CÓPIAS;_x000D_
 - E SE O VICE-PREFEITO JOÃO RICARDO DA ROSA USOU DE MÁ FÉ, EXIGIMOS QUE USE O MESMO JORNAL E SE RETRATE._x000D_
 </t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/490/490_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/490/490_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO:_x000D_
 - QUAIS AS PATROLAS QUE ESTÃO APTAS A TRABALHAR NA SERRA DO MUNICÍPIO DE PARAÍSO DO SUL? </t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/491/491_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/491/491_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - PORQUE CELITA JANNER PAREIRA NÃO RECEBE AUXILIO ALIMENTAÇÃO?_x000D_
 - QUAL LEI SE REFERE QUE A SENHORA SUPRACITADA NÃO TEM ESSE DIREITO?_x000D_
 </t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/492/492_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/492/492_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO:_x000D_
 - ONDE SE ENCONTRA O ROLO COMPACTADOR, E, O QUE FOI FEITO COM ESTE BEM QUE SE ENCONTRAVA NA SECRETARIA DE OBRAS. _x000D_
 </t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/496/496_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/496/496_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - PORQUE A EMPRESA CONTRATADA SOMENTE FAZ A LIMPEZA NAS RUAS E AVENIDAS ONDE TEM CALÇAMENTO E NA VILA PARAÍSO?_x000D_
 - PORQUE NAS RUAS E AVENIDAS ONDE NÃO POSSUI CALÇAMENTO NÃO SÃO REALIZADAS ROÇADAS E LIMPEZA EM GERAL?_x000D_
 - PORQUE NÃO É FEITO O PATROLAMENTO NESTES LOCAIS ACIMA CITADOS, POIS PAGAM IPTU DE SEUS TERRENOS IGUAL A TODOS OS MUNÍCIPES, POIS OS MESMOS SE SENTEM DISCRIMINADOS COM ESTE TIPO DE PROCEDIMENTO._x000D_
 </t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - PORQUE NÃO É FEITO MAIS A PREVISÃO DE CARDÁPIO SEMANAL DA MERENDA PARA AS ESCOLAS MUNICIPAIS?_x000D_
 - A QUE SE DEVE A POUCA VARIEDADE DE ALIMENTOS QUE TEM SIDO ENVIADO ÀS ESCOLAS, TENDO EM VISTA QUE SOMOS SABEDORES DO REPASSE FEDERAL DE VERBA ESPECÍFICA PARA A FINALIDADE?_x000D_
 </t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - OS REPASSES DO PNAE (PROGRAMA NACIONAL DE ALIMENTAÇÃO ESCOLAR) ESTÃO EM DIA?_x000D_
 - QUAIS VALORES DE RECURSOS PRÓPRIOS, CASO EXISTAM, SÃO GASTOS COM A MERENDA ESCOLAR?_x000D_
 - QUAL É, CASO EXISTA, O CARDÁPIO SEMANAL DAS ESCOLAS (ENVIADO POR ESCRITO PELA NUTRICIONISTA E CONFIRMADO PELOS DIRETORES DAS ESCOLAS, TAMBÉM POR ESCRITO)?_x000D_
 - SE É VERDADE QUE OS PAIS ESTÃO SENDO &amp;#8220;CONVIDADOS&amp;#8221; A DOAR ALIMENTOS PARA A MERENDA ESCOLAR? CASO AFIRMATIVO, POR QUÊ?_x000D_
 </t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - SE, FOI REALIZADA TOMADA DE PREÇO PARA A AQUISIÇÃO DOS LIVROS JÁ QUE, EM PESQUISA FEITA NO DIA 5 DE AGOSTO DE 2014 (POR TELEFONE E PELA INTERNET) PELO VEREADOR MARCUS MACEDO EM 3 LIVRARIAS DA REGIÃO: LIVRARIA DA MENTE (SANTA MARIA), LIVRARIA E REVISTARIA NASCENTE (CACHOEIRA DO SUL) E LIVRARIA SÃO PAULO (CACHOEIRA DO SUL &amp;#8211; ONDE FOI FEITA A COMPRA) OS LIVROS TINHAM PREÇOS MENORES, A SABER:_x000D_
 _x000D_
 _x000D_
 LIVRO	VALOR PAGO NA NOTA DO DIA 17/06/2014	PREÇOS PESQUISADOS_x000D_
 		LIVRARIA SÃO PAULO (ONDE FOI FEITA A COMPRA)	LIVRARIA NASCENTE	LIVRARIA DA MENTE_x000D_
 PERCY JACSON E O LADRÃO DE RAIOS	36,30	29,90	19,90	29,90_x000D_
 COLEÇÃO 50 TONS DE CINZA (TRILOGIA)	138,90	119,70	119,70	119,70_x000D_
 BOX TRILOGIA DRAGÕES DE ÉTER (3 VOLUMES)	153,90	134,70	134,70	134,70_x000D_
 COLEÇÃO HARRY POTTER	405,30	360,50	A PARTIR DE 39,50 CADA	A PARTIR DE 38,50 CADA_x000D_
 _x000D_
 -EM NOVA PESQUISA FEITA APENAS COM A LIVRARIA DA MENTE NO DIA 18 DE AGOSTO DO CORRENTE ANO (OU SEJA, 1 MÊS DEPOIS DE EFETIVADA A COMPRA) OBTEVE-SE OS SEGUINTES RESULTADOS:_x000D_
 	LIVRO	VALOR PAGO NA NOTA	VALOR DA LIVRARIA DA MENTE_x000D_
 01	PERCY JACSON E O LADRÃO DE RAIOS	36,30 X 3 = 108,90	26,90 X 3 = 80,70_x000D_
 02	PERCY JACSON E O MAR DE MONSTROS	36,30 X 2 = 72,60	26,90 X 2 = 53,80_x000D_
 03	PERCY JACSON E A MALDIÇÃO DO TITÃ	36,30 X 2 = 72,60	26,90 X 2 = 53,80_x000D_
 04	PERCY JACSON E A BATALHA DO LABIRINTO	36,30 X 2 = 72,60	26,90 X 2 = 53,80_x000D_
 05	PERCY JACSON E O ÚLTIMO OLIMPIANO	36,30 X 2 = 72,60	26,90 X 2 = 53,80_x000D_
 06	OS ARQUIVOS DO SEMIDEUS GUIA DA SAGA PERCY JACSON	36,30 X 2 = 72,60	22,40 X 2 = 44,80_x000D_
 07	GUERRA DOS TRONOS	56,30 X 2 = 112,60	44,90 X 2 = 89,80_x000D_
 08	A FÚRIA DOS REIS	56,30 X 2 = 112,60	44,90 X 2 = 89,80_x000D_
 09	A TORMENTA DE ESPADAS	61,30 X 2 = 122,60	49,40 X 2 = 98,80_x000D_
 10	O FESTIM DOS CORVOS	56,30 X 2 = 112,60	44,90 X 2 = 89,80_x000D_
@@ -2653,263 +2653,263 @@
 14	LIVRO RANGERS &amp;#8211; HALT EM PERIGO &amp;#8211; LIVRO 9	51,20 X 2 = 102,40	40,30 X 2 = 80,60_x000D_
 15	LIVRO RANGERS &amp;#8211; IMPERADORES DE NIHON-JA &amp;#8211; LIVRO 10	51,20 X 2 = 102,40	40,30 X 2 = 80,60_x000D_
 16	AMANHECER &amp;#8211; SAGA CREPÚSCULO	46,30 X 2 = 92,60	35,90 X 2 = 71,80_x000D_
 17	LUA NOVA &amp;#8211; SAGA CREPÚSCULO	36,30 X 2 = 72,60	35,90 X 2 = 71,80_x000D_
 18	CREPÚSCULO &amp;#8211; SAGA CREPÚSCULO	36,30 X 2 = 72,60	26,90 X 2 = 53,80_x000D_
 19	COLEÇÃO 50 TONS DE CINZA (TRILOGIA)	138,90 X 2 = 277,80	119,70 X 2 = 239,40_x000D_
 20	BOX TRILOGIA DRAGÕES DE ÉTER	153,90 X 2 = 307,80	134,70 X 2 = 269,40_x000D_
 21	COLEÇÃO CAVALO DE TRÓIA &amp;#8211; 9 VOLUMES	566,90 X 2 = 1133,80	472,50 X 2 = 945,00_x000D_
 22	COLEÇÃO HARRY POTTER	405,30 X 2 = 810,60	350,00 X 2 = 700,00_x000D_
 	TOTAL	4715,70	3857,80_x000D_
 	DIFERENÇA	857,90_x000D_
 _x000D_
 POR QUE ESTAS COLEÇÕES FORAM COLOCADAS NA BIBLIOTECA DA EMEF CARLOS ALTERMANN, NA MANGUEIRINHA? SE A RESPOSTA FOR QUE OS REFERIDOS LIVROS FAZEM PARTE DE UM PROJETO DE LEITURA, EXPLICAR:_x000D_
 - QUAL É O PROJETO E SEU OBJETIVO PRINCIPAL?_x000D_
 - POR QUE LIVROS COM COLEÇÕES INCOMPLETAS COMO: - COLEÇÃO RANGERS, LIVROS 9 E 10 (E OS OITO PRIMEIROS?); COLEÇÃO MILLENIUM; COLEÇÃO CAVALO DE TRÓIA E COLEÇÃO CREPÚSCULO (UM DOS 4 LIVROS NÃO FOI ADQUIRIDO); FORAM DISPONIBILIZADOS NO PROJETO?_x000D_
 -O SETOR PEDAGÓGICO E O CONSELHO MUNICIPAL DE EDUCAÇÃO FORAM CONSULTADOS PARA A AQUISIÇÃO DE LIVROS COM CONTEÚDOS IMPRÓPRIOS PARA O PÚBLICO-ALVO DA ESCOLA CARLOS ALTERMANN? CASO AFIRMATIVO SOLICITAMOS A REFERIDA CONSULTA POR ESCRITO._x000D_
 -O QUE LIVROS COMO 50 TONS DE CINZA, COLEÇÃO MILLENIUM E COLEÇÃO CAVALO DE TRÓIA PODEM TRAZER DE BENEFÍCIO PARA AS PESSOAS QUE PROCURAREM ESTA LEITURA?_x000D_
 -POR QUE NENHUM AUTOR E OBRA BRASILEIROS APARECEM NA LISTA DE LIVROS ADQUIRIDOS?_x000D_
 -POR QUE, MESMO APÓS 2 MESES DA AQUISIÇÃO DOS LIVROS, AINDA NÃO FORAM ENTREGUES ALGUNS DESTES LIVROS NA BIBLIOTECA MUNICIPAL, A SABER: COLEÇÃO CAVALO DE TRÓIA, LIVROS 1, 2 E 7 E COLEÇÃO DRAGÕES DE ÉTER, VOLUME 2?_x000D_
 </t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 A) POR QUE NENHUM DOS OPERADORES QUE FIZERAM O CURSO (TREINAMENTO) ESTÃO OPERANDO NA RETROESCAVADEIRA JCB NO QUAL O MUNICÍPIO FOI CONTEMPLADO PELO PAC 2 DO GOVERNO FEDERAL?_x000D_
 B) SE HÁ PERSEGUIÇÃO POLÍTICA? _x000D_
 C) SE OS ATUAIS OPERADORES DA RETROESCAVADEIRA JCB POSSUEM CURSO ESPECÍFICO PARA A ATIVIDADE?_x000D_
 </t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 - PORQUE NÃO FOI FEITO O DESASSOREAMENTO DO ARROIO DA PORTA NA PROPRIEDADE DO SENHOR LAURI KELLING NA LINHA SINIMBÚ? O SENHOR LAURI JÁ PROCUROU O SENHOR PREFEITO E SECRETÁRIO DE AGRICULTURA PARA TENTAR SOLUCIONAR O PROBLEMA QUE É UMA DAS CAUSAS DA ENCHENTE NA COHAB I, NESTA CIDADE E ATÉ AGORA NENHUMA PROVIDÊNCIA FOI TOMADA._x000D_
 </t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM SOLICITADAS AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: _x000D_
 A) PORQUE ATÉ O ATUAL MOMENTO NÃO FOI TOMADO NENHUMA PROVIDÊNCIA COM O ESGOTO A CÉU ABERTO, SUBSTITUÍDO BUEIROS QUEBRADOS E COLOCADO ILUMINAÇÃO PÚBLICA NA VILA PARAÍSO? E MAIS PRECISAMENTE NAS PROXIMIDADES DA CASA DO SENHOR NIVIO KINIRCH, LOCAL ONDE A ÁGUA PASSA POR CIMA DA ESTRADA NOS DIAS DE CHUVA, POR QUE NÃO FORAM SUBSTITUÍDOS OS BUEIROS QUEBRADOS? _x000D_
 B) PORQUE MESMO APÓS INDICAÇÃO DESTE VEREADOR APROVADA POR UNANIMIDADE, PEDIDO DE PROVIDÊNCIAS SOLICITADO POR VEREADOR DA SITUAÇÃO, PROMESSA DE CAMPANHA DO ATUAL GOVERNO, À CONSTRUÇÃO DA CANCHA DE BOLÃO NA VILA PARAÍSO NÃO TEVE INÍCIO? _x000D_
 C) PORQUE ATÉ O ATUAL MOMENTO, NÃO FOI TOMADO NENHUMA PROVIDÊNCIA EM RELAÇÃO À ACADEMIA AO AR LIVRE NA VILA PARAÍSO JÁ QUE EXISTE PROJETO?_x000D_
 D) QUANTO DE ISSQN E IPTU SÃO ARRECADADOS NA VILA PARAÍSO?_x000D_
 E) QUANTOS CONTRIBUINTES TÊM NA VILA PARAÍSO?_x000D_
 F) QUANTO É INVESTIDO NESTA LOCALIDADE EM INFRAESTRUTURA?_x000D_
 </t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL AS SEGUINTES INFORMAÇÕES: A) SE É DE SEU CONHECIMENTO A OCUPAÇÃO DESORDENADA DE ÁREAS PARA O PLANTIO DE SOJA EM NOSSO MUNICÍPIO, COM LAVOURAS BEIRANDO CASAS, HORTAS E POMARES? B) EM CASO POSITIVO, SE JÁ TOMOU OU VAI TOMAR PROVIDÊNCIA NO SENTIDO DE PROMOVER O ESCLARECIMENTO DESTES AGRICULTORES QUANTO AOS MALEFÍCIOS QUE ESSA PRÁTICA PODE CAUSAR? C) SE CONCORDA COM A NECESSIDADE DE SE INICIAR UMA CAMPANHA DE CONSCIENTIZAÇÃO, EVITANDO ASSIM QUE SE TENHA GRAVES PREJUÍZOS FUTUROS DE CONTAMINAÇÃO COM OS FORTES VENENOS QUE ESTA CULTURA EXIGE?</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: A) POR QUE NÃO ESTÁ SENDO RECOLHIDO LIXO NO INTERIOR DO MUNICÍPIO, ONDE JÁ HAVIA RECOLHIMENTO? B) QUANDO SERÃO TOMADAS SUAS DEVIDAS PROVIDÊNCIAS?</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: A) QUANTO É COBRADO DOS GRUPOS DE TRABALHADORAS RURAIS E DA 3ª IDADE PARA FAZEREM SEUS BAILES NO GINÁSIO PADEIRÃO? B) POR QUE ESTES GRUPOS NÃO PODEM SER ISENTOS SE FIZEREM A FAXINA APÓS OS BAILES?</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO: A) QUAL A ATUAL SITUAÇÃO DO PROJETO DE REGULARIZAÇÃO FUNCIONAL REALIZADO PELA EMPRESA IDAPP DE RESTINGA SECA QUE ESTA EM ANÁLISE PELOS ENGENHEIROS DO EXECUTIVO MUNICIPAL E QUE MEDIDAS ESTÃO SENDO TOMADAS?</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: A) POR QUE NAS LOCALIDADES DE LINHA VÁRZEA E LINHA CONTENDA É FEITO O RECOLHIMENTO DO LIXO E NÃO É FEITO NA LOCALIDADE DE LINHA BRASILEIRA, TENDO EM VISTA QUE HÁ UMA GRANDE QUANTIDADE DE LIXO ACUMULADO NO PONTO COMERCIAL DAQUELA LOCALIDADE. B) QUANDO VOLTARÃO A FAZER O RECOLHIMENTO DO LIXO NA LOCALIDADE DE LINHA BRASILEIRA?</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/534/534_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/534/534_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO: A) SE OS MEDICAMENTOS SOMALIO 06(SEIS) MILIGRAMAS E TOFRAMIL 25 (VINTE E CINCO) MILIGRAMAS ESTÃO DISPONÍVEIS NA FARMÁCIA POPULAR PARA PACIENTES NO QUAL NECESSITAM SER MEDICADOS DIARIAMENTE?</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/535/535_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/535/535_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJAM SOLICITADAS AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES DO SERVIDOR MUNICIPAL OLDEMAR JANNER: A) POR QUE NÃO ESTÁ APOSENTADO COMO DEFICIENTE FÍSICO E SÓ RECEBE AUXÍLIO DOENÇA?  B)POR QUE NÃO RECEBE VALE-ALIMENTAÇÃO? C) NA ÉPOCA DO ACIDENTE FOI ENCAMINHADO O SEGURO DPVAT EM NOME DO SERVIDOR?</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/536/536_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/536/536_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADA AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO: A) POR QUE A SECRETARIA DE OBRAS E TRÂNSITO NÃO RECUPERA A ESTRADA QUE PASSA NA PROPRIEDADE DA RESIDÊNCIA DO SENHOR WALTAIR PFEIFER (VULGO MARRECO), QUE DÁ ACESSO AOS DEMAIS MORADORES QUE RESIDEM NESTA LOCALIDADE? QUE NOS DIAS DE CHUVA FICA IMPOSSÍVEL SAIR DE CASA PARA LEVAR ÀS CRIANÇAS A ESCOLA, TENDO QUE SE UTILIZAR DE UMA JUNTA DE BOIS PARA SAIR DE CASA.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/539/539_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/539/539_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJAM SOLICITADAS AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: A)POR QUE O PODER EXECUTIVO NÃO ESTÁ  PROVIDENCIANDO À RECONSTRUÇÃO DA PONTE NA LINHA TRAVESSÃO? POIS O COMÉRCIO LOCAL JÁ ESTÁ ENFRENTANDO PROBLEMAS COM O RECEBIMENTO DE MERCADORIAS POR PARTE DOS FORNECEDORES, POIS OS MESMOS NÃO CONSEGUEM CHEGAR À LOCALIDADE ACIMA CITADA. B) POR QUE O PREFEITO MUNICIPAL NÃO ESTÁ SOLUCIONANDO O PROBLEMA DESTA LOCALIDADE EM RELAÇÃO À PONTE?  QUANDO FEZ SUA MAIOR VOTAÇÃO NESTA REGIÃO. O POVO QUER UMA SOLUÇÃO.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/549/549_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/549/549_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO: - SE AS FINANCEIRAS DE CRÉDITO EXISTENTES NO MUNICÍPIO ESTÃO DEVIDAMENTE REGISTRADAS E RECOLHEM ISSQN PARA O MUNICÍPIO?</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/553/553_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/553/553_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO: A) SE HOUVE VIAGEM A LAZER ATRAVÉS DA SECRETARIA DA ASSISTÊNCIA SOCIAL (CRAS), ENTRE OS DIAS 02 E 05 DE NOVEMBRO DO CORRENTE ANO, COM A RESPECTIVA LISTA DE PASSAGEIROS, E ORIUNDA DE QUE PROGRAMA?</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA SOLICITADA, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO: A) QUE ASSIM QUE O PODER EXECUTIVO TIVER EM MÃOS A TOMADA DE PREÇOS DO VALOR FINAL DO CUSTO DA CONSTRUÇÃO DO GINÁSIO DE ESPORTES NA ESCOLA CARLOS ALTERMANN DA LOCALIDADE DE MANGUEIRINHA, QUE INFORME A ESTA CASA PARA CONHECIMENTO DOS VEREADORES. </t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ESCLARECIMENTOS SOBRE A &amp;#8220;RECONTRATAÇÃO&amp;#8221; DA NUTRICIONISTA REALIZADA A PARTIR DO DIA 21 DE JULHO DE 2014, TENDO EM VISTA QUE A MESMA OCUPOU O CARGO DE 02 DE JANEIRO A 29 DE JUNHO DO CORRENTE ANO. O PEDIDO JUSTIFICA-SE PELO DISPOSTO NO ARTIGO 235 DA LEI 674/2004._x000D_
 </t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/560/560_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/560/560_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 - SE A TURMA DA PRÉ-ESCOLA DA EMEF PROF. MAX PAULO SCHLÖSSER CUMPRIRÁ A CARGA HORÁRIA MÍNIMA EXIGIDA (800 HORAS) E O NÚMERO MÍNIMO DE DIAS LETIVOS POR ANO (200 DIAS)?_x000D_
 </t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/561/561_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/561/561_texto_integral.doc</t>
   </si>
   <si>
     <t>QUAL A NECESSIDADE DA CONTRATAÇÃO DE OUTRO PROFESSOR DE EDUCAÇÃO FÍSICA PARA EMEF RODRIGUES ALVES, TENDO EM VISTA QUE NESTE EDUCANDÁRIO JÁ EXISTEM DOIS PROFESSORES DA MESMA ÁREA.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/562/562_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/562/562_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">- SE EXISTE ALGUMA DETERMINAÇÃO DEFININDO A LARGURA DAS ESTRADAS NO INTERIOR DE NOSSO MUNICÍPIO PARA QUE ESTA SEJA OBEDECIDA NOS PATROLAMENTOS REALIZADOS PELA SECRETARIA DE OBRAS._x000D_
 - EM CASO POSITIVO, SE A MESMA A UTILIZA, SENDO QUE EM VÁRIOS PONTOS DE NOSSAS ESTRADAS SE VERIFICA UM ESTREITAMENTO QUE, CADA VEZ MAIS, OBSTRUI ESPECIALMENTE A PASSAGEM QUANDO DO ENCONTRO DE DOIS VEÍCULOS EM SENTIDOS OPOSTOS._x000D_
 </t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/563/563_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/563/563_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	SE É DE SEU CONHECIMENTO AS RECENTES CONSEQÜÊNCIAS DA APLICAÇÃO DE VENENO EM RELAÇÃO AOS MORADORES QUE RESIDEM PRÓXIMOS ÀS PLANTAÇÕES?_x000D_
 B)	SE A SECRETARIA DE SAÚDE TOMOU CONHECIMENTO DE EPISÓDIOS DE NÁUSEAS, VÔMITOS, TONTURAS E MAL-ESTAR NESTES MORADORES?_x000D_
 C)	EM CASO POSITIVO, E REFORÇANDO O JÁ ANTES REQUERIDO, SE JÁ TOMOU OU VAI TOMAR PROVIDÊNCIA NO SENTIDO DE PROMOVER O ESCLARECIMENTO DESTES AGRICULTORES QUANTO AOS MALEFÍCIOS QUE ESSA PRÁTICA PODE CAUSAR?_x000D_
 </t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/578/578_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/578/578_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A)	SE É DE SEU CONHECIMENTO A DIFICULDADE QUE OS MORADORES DA LINHA VÁRZEA E PROXIMIDADES, VÊM ENFRENTANDO QUANTO AO ABASTECIMENTO DE ÁGUA QUE, POR VEZES, NÃO TEM PRESSÃO SEQUER PARA ENCHER AS CAIXAS D&amp;#8217;ÁGUA DAS MORADIAS?_x000D_
 B)	EM CASO POSITIVO, QUAIS AS PROVIDÊNCIAS QUE VEM SENDO TOMADAS NO SENTIDO DE RESOLVER ESSE GRAVE PROBLEMA, TENDO EM VISTA A ESSENCIALIDADE DESTE SERVIÇO E A NECESSIDADE DIÁRIA QUE TODOS TEMOS DE ÁGUA._x000D_
 </t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/585/585_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/585/585_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUAL O CUSTO PARA A PREFEITURA MUNICIPAL COM A FOLHA DE PAGAMENTO DO HOSPITAL DA VILA PARAÍSO E OUTRAS DESPESAS DESTA INSTITUIÇÃO CUSTEADAS PELO PODER EXECUTIVO._x000D_
 QUAL O VALOR DA ARRECADAÇÃO DO HOSPITAL EM CONVÊNIOS E REPASSES?  QUE ESTES VALORES SEJAM ESPECIFICADOS CADA UM SEPARADAMENTE._x000D_
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3218,68 +3218,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/327/327_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/328/328_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/330/330_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/339/339_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/340/340_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/342/342_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/357/357_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/358/358_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/367/367_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/368/368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/369/369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/370/370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/371/371_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/372/372_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/381/381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/382/382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/383/383_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/386/386_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/387/387_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/398/398_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/399/399_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/424/424_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/425/425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/433/433_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/444/444_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/449/449_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/450/450_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/457/457_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/458/458_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/459/459_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/460/460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/482/482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/483/483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/493/493_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/497/497_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/541/541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/543/543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/550/550_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/564/564_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/565/565_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/575/575_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/576/576_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/581/581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/583/583_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/376/376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/377/377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/417/417_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/437/437_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/465/465_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/466/466_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/467/467_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/468/468_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/469/469_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/470/470_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/471/471_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/472/472_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/473/473_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/474/474_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/475/475_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/476/476_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/477/477_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/479/479_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/421/421_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/412/412_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/337/337_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/347/347_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/355/355_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/365/365_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/373/373_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/374/374_texto_integral.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/384/384_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/385/385_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/389/389_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/400/400_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/405/405_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/407/407_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/408/408_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/411/411_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/419/419_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/426/426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/427/427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/435/435_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/436/436_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/439/439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/440/440_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/441/441_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/461/461_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/462/462_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/494/494_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/498/498_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/537/537_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/544/544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/551/551_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/552/552_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/567/567_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/566/566_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/568/568_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/569/569_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/570/570_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/571/571_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/572/572_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/584/584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/589/589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/314/314_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/366/366_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/495/495_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/310/310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/311/311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/312/312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/313/313_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/364/364_texto_integral.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/420/420_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/428/428_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/429/429_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/480/480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/574/574_texto_integral.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/586/586_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/587/587_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/315/315_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/316/316_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/318/318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/319/319_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/320/320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/321/321_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/322/322_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/359/359_texto_integral.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/360/360_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/353/353_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/401/401_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/402/402_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/442/442_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/446/446_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/463/463_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/573/573_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/577/577_texto_integral.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/343/343_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/344/344_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/345/345_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/349/349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/395/395_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/396/396_texto_integral.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/404/404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/406/406_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/416/416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/418/418_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/422/422_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/423/423_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/430/430_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/431/431_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/447/447_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/448/448_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/455/455_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/456/456_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/464/464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/481/481_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/484/484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/486/486_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/490/490_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/491/491_texto_integral.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/492/492_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/496/496_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/534/534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/535/535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/536/536_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/539/539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/549/549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/553/553_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/560/560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/561/561_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/562/562_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/563/563_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/578/578_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/585/585_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/327/327_texto_integral.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/328/328_texto_integral.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/329/329_texto_integral.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/330/330_texto_integral.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/331/331_texto_integral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/332/332_texto_integral.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/333/333_texto_integral.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/334/334_texto_integral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/335/335_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/336/336_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/338/338_texto_integral.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/339/339_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/340/340_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/341/341_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/342/342_texto_integral.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/350/350_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/351/351_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/352/352_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/357/357_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/358/358_texto_integral.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/367/367_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/368/368_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/369/369_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/370/370_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/371/371_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/372/372_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/381/381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/382/382_texto_integral.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/383/383_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/386/386_texto_integral.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/387/387_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/388/388_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/398/398_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/399/399_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/424/424_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/425/425_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/433/433_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/444/444_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/449/449_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/450/450_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/457/457_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/458/458_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/459/459_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/460/460_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/482/482_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/483/483_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/487/487_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/493/493_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/497/497_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/503/503_texto_integral.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/504/504_texto_integral.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/505/505_texto_integral.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/509/509_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/516/516_texto_integral.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/517/517_texto_integral.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/525/525_texto_integral.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/530/530_texto_integral.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/541/541_texto_integral.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/543/543_texto_integral.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/550/550_texto_integral.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/555/555_texto_integral.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/556/556_texto_integral.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/564/564_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/565/565_texto_integral.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/575/575_texto_integral.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/576/576_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/581/581_texto_integral.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/583/583_texto_integral.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/376/376_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/377/377_texto_integral.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/417/417_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/437/437_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/465/465_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/466/466_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/467/467_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/468/468_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/469/469_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/470/470_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/471/471_texto_integral.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/472/472_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/473/473_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/474/474_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/475/475_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/476/476_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/477/477_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/479/479_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/532/532_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/533/533_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/421/421_texto_integral.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/412/412_texto_integral.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/337/337_texto_integral.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/347/347_texto_integral.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/354/354_texto_integral.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/355/355_texto_integral.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/356/356_texto_integral.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/365/365_texto_integral.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/373/373_texto_integral.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/374/374_texto_integral.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/384/384_texto_integral.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/385/385_texto_integral.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/389/389_texto_integral.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/390/390_texto_integral.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/400/400_texto_integral.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/405/405_texto_integral.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/407/407_texto_integral.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/408/408_texto_integral.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/411/411_texto_integral.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/419/419_texto_integral.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/426/426_texto_integral.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/427/427_texto_integral.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/435/435_texto_integral.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/436/436_texto_integral.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/439/439_texto_integral.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/440/440_texto_integral.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/441/441_texto_integral.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/461/461_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/462/462_texto_integral.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/488/488_texto_integral.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/494/494_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/498/498_texto_integral.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/510/510_texto_integral.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/518/518_texto_integral.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/519/519_texto_integral.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/531/531_texto_integral.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/537/537_texto_integral.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/544/544_texto_integral.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/551/551_texto_integral.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/552/552_texto_integral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/557/557_texto_integral.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/558/558_texto_integral.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/567/567_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/566/566_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/568/568_texto_integral.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/569/569_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/570/570_texto_integral.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/571/571_texto_integral.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/572/572_texto_integral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/584/584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/589/589_texto_integral.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/314/314_texto_integral.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/366/366_texto_integral.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/391/391_texto_integral.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/495/495_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/310/310_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/311/311_texto_integral.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/312/312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/313/313_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/364/364_texto_integral.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/420/420_texto_integral.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/428/428_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/429/429_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/480/480_texto_integral.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/574/574_texto_integral.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/586/586_texto_integral.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/587/587_texto_integral.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/315/315_texto_integral.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/316/316_texto_integral.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/318/318_texto_integral.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/319/319_texto_integral.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/320/320_texto_integral.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/321/321_texto_integral.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/322/322_texto_integral.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/359/359_texto_integral.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/360/360_texto_integral.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/353/353_texto_integral.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/401/401_texto_integral.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/402/402_texto_integral.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/442/442_texto_integral.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/446/446_texto_integral.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/463/463_texto_integral.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/521/521_texto_integral.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/573/573_texto_integral.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/577/577_texto_integral.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/343/343_texto_integral.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/344/344_texto_integral.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/345/345_texto_integral.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/349/349_texto_integral.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/395/395_texto_integral.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/396/396_texto_integral.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/404/404_texto_integral.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/406/406_texto_integral.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/416/416_texto_integral.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/418/418_texto_integral.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/422/422_texto_integral.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/423/423_texto_integral.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/430/430_texto_integral.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/431/431_texto_integral.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/447/447_texto_integral.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/448/448_texto_integral.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/455/455_texto_integral.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/456/456_texto_integral.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/464/464_texto_integral.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/481/481_texto_integral.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/484/484_texto_integral.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/486/486_texto_integral.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/489/489_texto_integral.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/490/490_texto_integral.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/491/491_texto_integral.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/492/492_texto_integral.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/496/496_texto_integral.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/506/506_texto_integral.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/507/507_texto_integral.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/508/508_texto_integral.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/513/513_texto_integral.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/514/514_texto_integral.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/515/515_texto_integral.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/522/522_texto_integral.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/523/523_texto_integral.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/524/524_texto_integral.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/528/528_texto_integral.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/529/529_texto_integral.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/534/534_texto_integral.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/535/535_texto_integral.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/536/536_texto_integral.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/539/539_texto_integral.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/549/549_texto_integral.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/553/553_texto_integral.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/554/554_texto_integral.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/559/559_texto_integral.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/560/560_texto_integral.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/561/561_texto_integral.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/562/562_texto_integral.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/563/563_texto_integral.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/578/578_texto_integral.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2014/585/585_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H278"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="38" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>