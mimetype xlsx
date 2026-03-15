--- v0 (2026-01-20)
+++ v1 (2026-03-15)
@@ -51,1807 +51,1807 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NO CAMPO DE FUTEBOL DA LINHA DOS POMERANOS.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE CONTRATE EMERGENCIALMENTE UM ENGENHEIRO CIVIL PARA A ELABORAÇÃO DOS PROJETOS PARA A ADEQUAÇÃO DESTAS DEPENDÊNCIAS PARA QUE SEJA FEITA A LIBERAÇÃO DESTES LOCAIS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE SEJA ESTENDIDA A REDE DE CAPTAÇÃO E DISTRIBUIÇÃO DA REDE DE ÁGUA POTÁVEL A MAIS OU MENOS 50 MORADORES DA LOCALIDADE DE LINHA CAMPESTRE, NESTE MUNICÍPIO.   </t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA DE ASSISTÊNCIA SOCIAL QUE REALIZE UM ESTUDO SOCIAL DA FAMÍLIA DE LEONILZA MACHADO ESPERIDIÃO, NA LOCALIDADE DE LINHA VÁRZEA, E QUE BUSQUE AUXILIAR A MESMA, PARA QUE ESTA FAMÍLIA TENHA ACESSO AS POLÍTICAS SOCIAIS E DE SAÚDE PERTINENTES A SUA SITUAÇÃO. </t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>TIAGO SCHUNEMANN</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
  QUE O PODER EXECUTIVO MUNICIPAL REALIZE EM PARCERIA COM AS COMUNIDADES RELIGIOSAS E ESCOLARES, COMERCIANTES O CURSO DE BRIGADA DE INCÊNDIO, EM NOSSO MUNICÍPIO.   _x000D_
 </t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL MANIFESTE-SE JUNTO AO DEPARTAMENTO AUTÔNOMO DE ESTRADAS DE RODAGEM - DAER, PELA CONSTRUÇÃO DE UMA RÓTULA OU TREVO DE ACESSO À CIDADE DE PARAÍSO DO SUL, JUNTO A RSC 287, ENTRONCAMENTO COM A AVENIDA 1º DE JANEIRO, NAS PROXIMIDADES DO PÓRTICO. </t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL FAÇA UM ESTUDO COM PLANEJAMENTO E EXECUÇÃO PARA CUSTEAR AS PASSAGENS DE ESTUDANTES EM FACULDADES E CURSOS TÉCNICOS DA REGIÃO, DESDE QUE O ESTUDANTE COMPROVE QUE RESIDE EM PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE A PERFURAÇÃO DE UM POÇO ARTESIANO, E REDE DE ÁGUA NA LOCALIDADE DE LINHA PARAGUAÇU, NO INTERIOR DESTE MUNICÍPIO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                          QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE BUSQUE JUNTO AO GOVERNO FEDERAL RECURSOS PARA A CONSTRUÇÃO DE UMA CANCHA DE BOLÃO, NA LOCALIDADE DE VILA PARAÍSO.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE EXECUTE A CONSTRUÇÃO DE LOMBADAS NA AVENIDA BARÃO VON KAHLDEN, LOCALIDADE DE VILA PARAÍSO, QUE FUNCIONE COMO REDUTOR DE VELOCIDADE, MAIS PRECISAMENTE NAS PROXIMIDADES DA ESCOLA ESTADUAL DE EDUCAÇÃO BÁSICA DUQUE DE CAXIAS E PRÓXIMO AO CORREIO DA LOCALIDADE.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL CRIE UMA RUBRICA, DENTRO DO ORÇAMENTO MUNICIPAL E NA SECRETARIA COMPETENTE (SMEC), PARA AUXILIAR FINANCEIRAMENTE A ASSOCIAÇÃO DE TRABALHADORAS RURAIS DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, PROMOVA PARCERIA COM O CTG AMIGOS DO RIO GRANDE, DISPONIBILIZANDO RECURSOS FINANCEIROS PARA CONTRIBUIR PARA A REALIZAÇÃO DO TRADICIONAL RODEIO DA ENTIDADE, QUE SE REALIZARÁ NOS DIAS 04 E 05 DE MAIO DE 2013.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, ESTUDE A POSSIBILIDADE E DETERMINE QUE OS CONSERTOS EM MÁQUINAS E VEÍCULOS PÚBLICOS DO MUNICÍPIO, SEJAM ENCAMINHADOS A MAIS OFICINAS MECÂNICAS, PROPORCIONANDO QUE SEJA FEITO UM RODÍZIO ENTRE AS OFICINAS, PARA ATENDIMENTO AS DEMANDAS DE SERVIÇOS DE CONSERTOS E REPAROS, TUDO EM CONFORMIDADE COM AS DISPOSIÇÕES LEGAIS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, EM SUA PROGRAMAÇÃO DE EVENTOS EM COMEMORAÇÃO DO ANIVERSÁRIO DO MUNICÍPIO, PROGRAME UM BAILE MUNICIPAL NO PAVILHÃO DA EMEF CRISTIAN GÄDTKE, ÚNICO PAVILHÃO DO MUNICÍPIO, DE ÓRGÃO PÚBLICO, EM CONDIÇÕES LEGAIS DE RECEBER TAL EVENTO.                               </t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/194/194_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA COMPETENTE A RETIRADA DA GRAMA EM FRENTE DA ESCOLA ESTADUAL DE ENSINO MÉDIO PRESIDENTE AFONSO PENA E COLOQUE PÓ DE BRITA NO LOCAL, DESTA FORMA POSSIBILITANDO CONDIÇÕES PARA ESTACIONAMENTO DE CARROS E DESAFOGANDO O TRÂNSITO NAQUELE LOCAL.              </t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/195/195_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ELABORE UM TERMO ADITIVO NO CONTRATO DE COLETA DE RESÍDUOS SÓLIDOS PARA A EMPRESA RESPONSÁVEL AMPLIAR E REALIZAR A COLETA DE LIXO MENSALMENTE, NAS LOCALIDADES DE LINHA BRASILEIRA E QUILOMBO, NO INTERIOR DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/196/196_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL CONTRATE UMA EMPRESA OU SERVIÇOS DE ENGENHARIA CIVIL PARA ELABORAÇÃO DE PROJETOS PARA PAVIMENTAÇÃO E DRENAGEM DE RUAS E AVENIDAS NA CIDADE DE PARAÍSO DO SUL, QUE OS MESMOS DEVEM SER CADASTRADOS NO MINISTÉRIO DAS CIDADES.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/197/197_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/198/198_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE ADQUIRIR UNIFORMES (ABRIGOS) PARA OS GRUPOS DE TERCEIRA IDADE E PARA OS GRUPOS DE TRABALHADORES RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/209/209_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO DETERMINE A SECRETARIA COMPETENTE, A ABERTURA DE UMA RUA PARALELA A RSC 287, INICIANDO O TRAÇADO EM FRENTE À OFICINA DAL-RI &amp; DAL- RI ATÉ O POSTO CENTRAL (ANTIGO POSTO SCHELL), NESTA CIDADE._x000D_
         _x000D_
 </t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>DEISE DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/214/214_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE FAÇA A PAVIMENTAÇÃO EM FRENTE À ESTAÇÃO RODOVIÁRIA DE PARAÍSO DO SUL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/215/215_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/215/215_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROMOVA O REAJUSTE DO PROGRAMA DE AUXÍLIO ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS DO VALOR ATUAL MENSAL DE R$100,00 (CEM REAIS) PARA O VALOR MENSAL DE R$ 200,00 (DUZENTOS REAIS). _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, PROMOVA A COLOCAÇÃO DE LIXEIRAS IDENTIFICADAS PARA SOMENTE A COLOCAÇÃO DE PAPEL EM PARCEIRA COM OS MORADORES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROMOVA O TOMBAMENTO DOS PRÉDIOS HISTÓRICOS DE PROPRIEDADE DO MUNÍCIPIO, PARA PROTEGER O PATRIMONIO HISTÓRICO CULTURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/242/242_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/242/242_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, PROMOVA A ALTERAÇÃO DO DISPOSTO  NO PARÁGRAFO ÚNICO DO ARTIGO 1° DA LEI Nº 701/2004  QUE, POR SUGESTÃO, VIGORARIA COM A SEGUINTE REDAÇÃO: _x000D_
 _x000D_
 &amp;#8220; PARÁGRAFO ÚNICO A AUTORIZAÇÃO DE QUE TRATA ESTE ARTIGO, É CONCEDIDA PARA SERVIDORES QUE OCUPAM CARGOS EM COMISSÃO, DEVIDAMENTE HABILITADOS, E, TÃO SOMENTE EM CASOS INDISPENSÁVEIS PARA EXECUÇÃO DE ATIVIDADES E/OU TAREFAS PRÓPRIAS DO SEU CARGO, QUAIS SEJAM NA DIREÇÃO, CHEFIA OU ASSESSORAMENTO, NÃO PODENDO SUBSTITUIR MOTORISTAS EFETIVOS OU CONTRATADOS, E DEVE SE RESTRINGIR A CIRCULAÇÃO APENAS NO  ÂMBITO DO  MUNICÍPIO, EXCETUANDO-SE AS VIAGENS PARA FORA DE PARAÍSO DO SUL.     _x000D_
 </t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/243/243_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/243/243_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE AMPLIAÇÃO DA REDE DE ÁGUA DA LOCALIDADE LINHA CONTENDA DESTE A RESIDÊNCIA DO FALECIDO SENHOR NAURELINO ATÉ A PROPRIEDADE  WILLI KIRCHOFF, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE DETERMINE A PADRONIZAÇÃO DA LOCALIZAÇÃO DOS RELÓGIOS DE LEITURA DE ÁGUA, QUE GARANTAM FÁCIL ACESSO AO SERVIDOR QUE REALIZA ESTE SERVIÇO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A AQUISIÇÃO DE UM CAMINHÃO-PRANCHA PARA SER UTILIZADO NO TRANSPORTE DA DRAGA AOS LOCAIS QUE NECESSITEM SUA UTILIZAÇÃO.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ADOTE AÇÕES PARA INVESTIR EM MELHORIAS NA VILA NOVA POR MEIO DE INFRAESTRUTURA DE DRENAGEM E DA CONSTRUÇÃO DE DIQUE DE CONTENÇÃO DE ÁGUAS DO ARROIO DA PORTA EM BENEFÍCIO DOS MORADORES DAQUELE NÚCLEO HABITACIONAL E TAMBÉM CANALIZE O ESGOTO EXISTENTE NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REALIZE AS AÇÕES NECESSÁRIAS À IMPLANTAÇÃO DO PROGRAMA SAÚDE DA FAMÍLIA NO MUNICÍPIO DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, INSTITUA O PASSE LIVRE PARA OS ESTUDANTES PARAISENSES.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL PROMOVA A COLOCAÇÃO DE AR REFRIGERADO, NAS ESCOLAS MUNICIPAIS,  EM NOSSO MUNICÍPIO.   </t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL CONTRATE UM ENGENHEIRO CIVIL,  40 HORAS SEMANAIS, PADRÃO 8,  O MAIS BREVE POSSÍVEL.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">  QUE O PODER EXECUTIVO DETERMINE A SECRETARIA COMPETENTE, QUE INCLUA NA BASE CURRICULAR DAS ESCOLAS MUNICIPAIS A DISCIPLINA DE LÍNGUA ALEMÃ.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                   QUE O PODER EXECUTIVO MUNICIPAL CONTRATE UM ELETRICISTA, OU REALIZE CONCURSO PÚBLICO PARA ESTE CARGO, O MAIS BREVE POSSÍVEL.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL FAÇA UMA CAMPANHA PARA INCENTIVAR OS MUNÍCIPES A FAZER O LICENCIAMENTO VEICULAR, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, SOLICITE A SECRETARIA DE ASSISTÊNCIA SOCIAL QUE CEDA UMA SALA PARA REUNIÃO DO GRUPO DE ALCOÓLICOS ANÔNIMOS (AA), DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, INCLUA NA LOA- LEI ORÇAMENTÁRIA ANUAL, DOTAÇÃO ORÇAMENTÁRIA PARA O PRÓXIMO EXERCÍCIO PARA AUXILIAR FINANCEIRAMENTE O CTG AMIGOS DO RIO GRANDE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/280/280_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/280/280_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE UM PEDIDO DE RECURSO ATRAVÉS DO ESTADO OU GOVERNO FEDERAL PARA AQUISIÇÃO DE UM MICRO ÔNIBUS PARA O TRANSPORTE DE PACIENTES PARA SANTA MARIA MEDIANTE ACORDO DE CONTRAPARTIDA COM RECURSO DA SOBRA DO VALOR DO DUODÉCIMO DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/281/281_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/281/281_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE CONCESSÃO DE UM BÔNUS DE FIM DE ANO AOS SERVIDORES MUNICIPAIS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/282/282_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/282/282_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL REMETA PROJETO DE LEI PARA O LEGISLATIVO, COM OBJETIVO DE IMPLANTAR UMA ACADEMIA POPULAR AO AR LIVRE NA PRAÇA, PROMOVENDO A SAÚDE DA COMUNIDADE DO MUNICÍPIO DE PARAÍSO DO SUL. </t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/283/283_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/283/283_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DA CRIAÇÃO DO PROGRAMA DE DESENVOLVIMENTO DA BOVINOCULTURA DE LEITE PROLEITE- EM PARAÍSO DO SUL-RS.        </t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/288/288_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/288/288_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL, ESTUDE A VIABILIDADE DA CONSTRUÇÃO DE GALERIAS: UMA NA TRAVESSA DA RUA WILLY ROOS NA CABECEIRA NA ENTRADA DA CIDADE QUE DESEMBOCA NO MÍNIMO EM TRÊS (03) GALERIAS. UMA JÁ EXISTENTE NA AVENIDA AFONSO PENA, QUE SEJA CONSTRUÍDA UMA GALERIA NA AVENIDA 1º DE JANEIRO E OUTRA GALERIA NA AVENIDA TIRADENTES._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/289/289_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/289/289_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, APÓS DETERMINAR 3 LUGARES PARA A CONSTRUÇÃO DO CENTRO ADMINISTRATIVO SUBMETA A ESCOLHA À COMUNIDADE DE PARAÍSO DO SUL POR MEIO DE PLEBISCITO.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/290/290_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/290/290_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL AMPLIE O CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO E PROMOVA A DIVULGAÇÃO DESTES, EVITANDO ASSIM QUE OCORRA MAIS DE UM EVENTO NA MESMA DATA. </t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/302/302_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/302/302_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">       QUE O PODER EXECUTIVO DETERMINE A SECRETARIA COMPETENTE, A COLOCAÇÃO DE MAIS UM RESERVATÓRIO DE ÁGUA NA ESTAÇÃO DE TRATAMENTO DE ÁGUA (ETA), NA LINHA DA FONTE PARA AUMENTAR A CAPACIDADE DE TRATAMENTO  E A CONSTRUÇÃO DE UMA MINI BARRAGEM PARA REPRESAR A ÁGUA DAS CHUVAS.        </t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/303/303_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/303/303_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A IDENTIFICAÇÃO DOS BENS PÚBLICOS ATRAVÉS DE GRAVAÇÃO NO PRÓPRIO ITEM PATRIMONIAL, INCLUSIVE NAS FERRAMENTAS E NOS PNEUS NOVOS, DE FORMA VISÍVEL E DE FÁCIL IDENTIFICAÇÃO.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/304/304_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/304/304_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">                                          _x000D_
                                        QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A ILUMINAÇÃO PÚBLICA PARA AS LOCALIDADES DE BOA VISTA NORTE E BOA VISTA SUL E REDUÇÃO DO IPTU NESTAS LOCALIDADES. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/305/305_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/305/305_texto_integral.doc</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/309/309_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/309/309_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL MANIFESTE-SE JUNTO AO DEPARTAMENTO AUTÔNOMO DE ESTRADAS DE RODAGEM - DAER, PARA PEDIR AUTORIZAÇÃO PARA REALIZAR MELHORIAS COMO PATROLAMENTO E CASCALHAMENTO, NAS PROXIMIDADES DO PÓRTICO, JUNTO A RSC 287, NO ENTRONCAMENTO COM A AVENIDA 1º DE JANEIRO. </t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de providências</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LIXEIRA NA LOCALIDADE DE BOA VISTA</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO NO INTERIOR DO MUNICÍPIO, LINHA PATRIMÔNIO.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE CÂMERAS DE SEGURANÇA NA PRAÇA FLORINALDO ROHDE.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/153/153_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/153/153_texto_integral.doc</t>
   </si>
   <si>
     <t>MELHORIAS NA LOMBADA E FAIXA DE SEGURANÇA EM FRENTE A ESCOLA AFONSO PENA</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DOS BANHEIROS NA PRAÇA FLORINALDO ROHDE</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE, A REVISÃO DA ILUMINAÇÃO PÚBLICA NA SEDE DO MUNICÍPIO, E O SEU CONSERTO ONDE SE FIZER NECESSÁRIO.     					</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE SEJAM INSTALADOS PONTOS ELETRÔNICOS EM TODAS SECRETARIAS MUNICIPAIS, NESTE MUNICÍPIO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE EFETUE A COLOCAÇÃO DE PLACAS INDICANDO AS LOCALIDADES, NO INTERIOR DE NOSSO MUNICÍPIO, PRINCIPALMENTE NAS ESTRADAS ONDE HÁ ACESSO A OUTROS MUNICÍPIOS._x000D_
 			                          _x000D_
 </t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, A LIMPEZA COM ROÇADA NAS LATERAIS DAS ESTRADAS , NO INTERIOR DE NOSSO MUNICÍPIO._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE A LIMPEZA DAS VALAS NA LINHA CONTENDA, E UTILIZE OUTROS RECURSOS QUE JULGAR NECESSÁRIOS PARA MELHORAR A TRAFEGABILIDADE, MAIS PRECISAMENTE PRÓXIMO AOS MORADORES CARLOS KUNDE E VALDEMAR ABICH, NO INTERIOR DE NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE PROVIDENCIE O PATROLAMENTO NA AVENIDA IMIGRANTES, NESTE MUNICÍPIO._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/175/175_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O CASCALHAMENTO, NAS IMEDIAÇÕES DAS RESIDÊNCIAS DOS SENHORES LUCIANO SCHULTZ E ANTÔNIO MASSIERER, NA LOCALIDADE DE QUILOMBO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A COLOCAÇÃO DE FAIXA DE PEDESTRES E DE PLACAS INDICATIVAS EM FRENTE, E NAS PROXIMIDADES DA ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL PASTORA LIANE BOCK SCHMIDT, RESPECTIVAMENTE, NESTE MUNICÍPIO.      </t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/177/177_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROTEJA COM TELA OU OUTRO MATERIAL QUE JULGAR CONVENIENTE, OS COQUEIROS DO TREVO DE ACESSO AO MUNICÍPIO NA RSC 287, E PROMOVA O SEU REPLANTIO ONDE SE FIZER NECESSÁRIO.      </t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE EXECUTE A CONSTRUÇÃO DE UMA GALERIA COM BUEIROS, NA SANGA DA LINHA PATRÍCIA, MAIS PRECISAMENTE, NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR MARCIANO MÜLLER, INTERIOR DE NOSSO MUNICÍPIO.     </t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE EFETUAR O PATROLAMENTO E CASCALHAMENTO, ONDE FOR NECESSÁRIO NA ESTRADA DA LOCALIDADE DE RODEIO DO HERVAL ATÉ A LINHA SÃO JOÃO, NO INTERIOR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, O PATROLAMENTO DA ESTRADA DE LINHA NÉRI, NO INTERIOR DO MUNICÍPIO.     </t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/199/199_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O CONSERTO DO CALÇAMENTO NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR EDIR RODRIGUES, NA AVENIDA AFONSO PENA, NESTA CIDADE._x000D_
 			                        _x000D_
 </t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/200/200_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">  QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS NA LOCALIDADE DE LINHA DA FONTE, NAS PROXIMIDADES DA PROPRIEDADE RURAL DO SENHOR VILDEMAR BÖCK, ALGUNS METROS ACIMA DA PONTE SOBRE O ARROIO PREGUIÇA, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/201/201_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS NA ENTRADA DA LOCALIDADE DA PICADA KÖNH, MAIS PRECISAMENTE NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR LAURINDO DUMKE.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/202/202_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE EFETUAR COM URGÊNCIA O PATROLAMENTO DA ESTRADA NA LOCALIDADE DE LINHA CAMPESTRE EM TODA SUA EXTENSÃO E CONSERTO DE UMA PONTE NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR JANIEL BILHA, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/210/210_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/210/210_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE VERIFIQUE COMO ESTÁ SENDO FEITO O ACESSO ÀS PROPRIEDADES NA LOCALIDADE DE LINHA NÉRI, E QUE PROMOVA A COLOCAÇÃO DE BUEIROS NESTES LOCAIS, NO INTERIOR DO MUNICÍPIO.     </t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/211/211_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A MUDANÇA NO SENTIDO DO TRÂNSITO PASSANDO PARA SENTIDO ÚNICO O TRECHO NA RUA ROBERTO KRUGEL QUE DÁ ACESSO A AVENIDA 1º DE JANEIRO, MAIS PRECISAMENTE EM FRENTE À PRAÇA CARLOS GOMES, NESTA CIDADE. </t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O CASCALHAMENTO E PATROLAMENTO NA ESTRADA DA LOCALIDADE LINHA DA FONTE, MAIS PRECISAMENTE EM FRENTE DA RESIDÊNCIA DO SENHOR ÁUREO PELZ, NESTE MUNICÍPIO.  </t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE EFETUAR COM URGÊNCIA O PATROLAMENTO E CASCALHAMENTO DA ESTRADA NA LOCALIDADE DE LINHA SÃO JOÃO MAIS PRECISAMENTE EM FRENTE A MORADIA DO SENHOR GERVASIO LANGHAMMER ONDE O ÔNIBUS DO TRANSPORTE ESCOLAR FAZ A VOLTA, NO INTERIOR DESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE EFETUAR COM URGÊNCIA AS ROÇADAS NA  ESTRADA DA LINHA CAMPESTRE EM TODA A SUA EXTENSÃO, NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, QUE TOME PROVIDÊNCIAS E FAÇA UMA VISTORIA NAS ESTRADAS DO INTERIOR DO MUNICÍPIO, PARA VERIFICAR SE AS MESMAS POSSUEM A LARGURA MÍNIMA NECESSÁRIA PARA GARANTIR O TRÁFEGO SEGURO DOS VEÍCULOS E PEDESTRES NESTE MUNICÍPIO.       </t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE FORNEÇA O NÚMERO DAS CASAS E COLOQUE PLACAS INDICANDO O NOME DAS RUAS NA LOCALIDADE DE BOA VISTA.  	</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/236/236_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/236/236_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A CONSTRUÇÃO DE ABRIGOS DE ÔNIBUS NA LOCALIDADE DE LINHA CONTENDA, NAS PROXIMIDADES DA PROPRIEDADE RURAL DO SENHOR IDÁRIO SCHOTT, E NAS DEMAIS LOCALIDADES AONDE SE FIZER NECESSÁRIO NO INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O CADASTRAMENTO DE NOSSO CONSELHO TUTELAR BEM COMO DO PRÓPRIO PODER EXECUTIVO, PREENCHENDO AS INFORMAÇÕES NOS ENDEREÇOS ELETRÔNICOS HTTP://SIG.SDH.GOV.BR ( PODER EXECUTIVO) E HTTP://SIPIA2.SDH.GOV.BR ( CONSELHOS TUTELARES).     _x000D_
 </t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, A LIMPEZA COM ROÇADA NAS LATERAIS DA ESTRADA GERAL DE CAPÃO GRANDE , NO INTERIOR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 QUE O PODER EXECUTIVO MUNICIPAL LIBERE O GINÁSIO MUNICIPAL PADEIRÃO PARA A PRÁTICA ESPORTIVA, COMO ERA FEITO ANTES DA INTERDIÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE O CONSERTO OU A TROCA DE BUEIROS E CASCALHAMENTO, NA LOCALIDADE DE LINHA PATRÍCIA, MAIS PRECISAMENTE NO ACESSO A PROPRIEDADE DE JOÃO PEREIRA, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE QUE SEJAM ADOTADAS PROVIDÊNCIAS NECESSÁRIAS PARA O CONSERTO DA PINGUELA QUE PASSA PELA PROPRIEDADE DO SENHOR CIRO JAGNOW, NA LOCALIDADE DE LINHA PATRÍCIA, NO INTERIOR DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/276/276_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/276/276_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROCEDA NA ADEQUAÇÃO DO PADRÃO DE REFERÊNCIA, VISANDO EQUIPARÁ-LO AO VALOR DO SALÁRIO MÍNIMO NACIONAL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/275/275_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/275/275_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE EFETUAR COM URGÊNCIA O PATROLAMENTO DA ESTRADA GERAL DA LOCALIDADE DE LINHA PATRÍCIA ATÉ A LINHA PATRIMÔNIO EM TODA A SUA EXTENSÃO NO INTERIOR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/285/285_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/285/285_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A EMPRESA RESPONSÁVEL PELA COLETA DE LIXO DE NOSSO MUNICÍPIO ESTUDE A POSSIBILIDADE DE ALTERAR O HORÁRIO DA COLETA DE LIXO, EVITANDO QUE O MESMO OCORRA DE MADRUGADA.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/298/298_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/298/298_texto_integral.doc</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE EFETUAR COM URGÊNCIA A TROCA DOS BUEIROS E DEMAIS MELHORIAS NECESSÁRIAS NA ESTRADA QUE LIGA A LINHA PATRÍCIA À LINHA PATRIMÔNIO, NO INTERIOR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/306/306_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/306/306_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE A RECOLOCAÇÃO DOS BUEIROS NA CURVA DA ESTRADA GERAL, NAS PROXIMIDADES DA PROPRIEDADE DO SR. LORIBALDO FRIEDRICH E VERNELDO MIX, NA LINHA PATRÍCIA, NESTE MUNICÍPIO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/307/307_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/307/307_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 			        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A RECONSTRUÇÃO DAS CABECEIRAS DA PONTE E COLOCAÇÃO DE BUEIROS NA ESTRADA GERAL, MAIS PRECISAMENTE NAS PROXIMIDADES DAS PROPRIEDADES DE CARLOS RADISKE E DITMAR HOLZSCHUH, NA LOCALIDADE DE LINHA PATRÍCIA, NESTE MUNICÍPIO. _x000D_
 </t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/308/308_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/308/308_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">        QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE A SECRETARIA COMPETENTE, QUE REALIZE A COLOCAÇÃO DE GUARNIÇÕES NAS CABECEIRAS NA PONTE QUE DÁ  ACESSO A TRAVESSA KATZER NA RSC 287, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/224/224_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/224/224_texto_integral.doc</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE PARAÍSO DO SUL, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2009</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, ANUAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER EXECUTIVO, APOSENTADOS E PENSIONISTAS.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE TERMO DE CONVÊNIO E PARCERIA A SER FIRMADO PELO PODER EXECUTIVO MUNICIPAL COM O HOSPITAL PARAÍSO ASSOCIAÇÃO ASSISTENCIAL E BENEFICENTE DE VILA PARAÍSO - PARAÍSO DO SUL, VISANDO ATIVIDADES ATINENTES À SAÚDE PÚBLICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REVISÃO GERAL E ANUAL SOBRE AS REMUNERAÇÕES E SUBSÍDIOS DOS AGENTES POLÍTICOS, PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS, FIXANDO O ÍNDICE DE REPOSIÇÃO.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REVISÃO GERAL E ANUAL SOBRE SUBSÍDIOS E REMUNERAÇÕES DOS AGENTES POLÍTICOS, VEREADORES, FIXANDO O ÍNDICE DE REPOSIÇÃO.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE DE REPOSIÇÃO GERAL, SOBRE A REMUNERAÇÃO DOS SERVIDORES EFETIVOS E DE CARGOS EM COMISSÃO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE DESCONTO E ESTABELECE NORMAS PARA ARRECADAÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO &amp;#8211; IPTU, PARA O EXERCÍCIO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/157/157_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR A CONTRATAÇÃO EMERGENCIAL DE PROFESSOR (A)&amp;#8221;. </t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PARAÍSO DO SUL A CONDECER APOIO Á SEGURANÇA PÚBLICA, ATRAVÉS DO CONSEPRO, MEDIANTE A CELEBRAÇÃO DE CONVÊNIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUIR DESPESA COM APLICAÇÃO DE RECURSOS VINCULADOS- GOVERNO ESTADUAL- SRHABS- COMPLEMENTAÇÃO PMCMV- E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;AUTORIZA TERMO DE CONVÊNIO COM A APAE- ASSOCIAÇÃO DOS PAIS E AMIGOS DOS EXCEPCIONAIS- AGUDO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.  </t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA TERMO DE CONVÊNIO COM ASSOCIAÇÃO AMOR PERFEITO- ABRIGO TRANSITÓRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM O BADESUL DESENVOLVIMENTO S.A &amp;#8211; AGÊNCIA DE FOMENTO/RS PARA EXECUÇÃO DE OBRAS CIVIS- CENTRO ADMINISTRATIVO. </t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATO EMERGENCIAL DE PROFESSORES (AS)&amp;#8221;. </t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADÃO BENEMÉRITO A MEMBROS DA COMISSÃO EMANCIPACIONISTA.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/192/192_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO A FLORINDO IVO KARSBURG.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/193/193_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO AO DEPUTADO FEDERAL LUIS CARLOS HEINZE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/203/203_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS VALORES PARA COBRIR DESPESAS DECORRENTES DE COQUETEL PARA A ESCOLHA DAS NOVAS SOBERANAS E BAILE EM COMEMORAÇÃO AO XXV ANIVERSÁRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/204/204_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA VALORES PARA COBRIR DESPESAS DECORRENTES DA REALIZAÇÃO DO XII RODEIO CRIOLO REALIZADO PELO CTG AMIGOS DO RIO GRANDE</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/205/205_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA VALORES PARA O PAGAMENTO DE DESPESAS DE LOCOMOÇÃO E DIÁRIAS AOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/206/206_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE TERMO DE CONVÊNIO E PARCERIA A SER FIRMADO PELO PODER EXECUTIVO MUNICIPAL COM O HOSPITAL PARAÍSO ASSOCIAÇÃO ASSISTENCIAL E BENEFICENTE DE VILA PARAÍSO- PARAÍSO DO SUL, VISANDO MANUTENÇÃO DA PRESTAÇÃO DE SERVIÇOS DE SAÚDE NO HOSPITAL PARAÍSO&amp;#8221;.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/207/207_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA VALORES PARA COBRIR DESPESAS DECORRENTES DA REALIZAÇÃO DO COQUETEL PARA ESCOLHA DAS NOVAS SOBERANAS E BAILE EM COMEMORAÇÃO DO XXV ANIVERSÁRIO DO MUNICÍPIO&amp;#8221;.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/219/219_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DA LEI MUNICIPAL 844/2011. ACRESCENTA OS INCISOS I A XI AO ARTIGO 17, AUTORIZA O FAPS RESTITUIR VALORES AOS SERVIDORES DE PROVIMENTO EFETIVO E ERÁRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER INCENTIVO INDUSTRIAL Á EMPRESA J.E.M CALÇADOS LTDA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DA LEI MUNICIPAL 1108/2011, ACRESCENTA OS INCISOS I A XI AO ARTIGO 17, AUTORIZA O FAPS RESTITUIR VALORES AOS SERVIDORES DE PROVIMENTO EFETIVO E ERÁRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI N° 25/2013, DE AUTORIA DO PODER EXECUTIVO QUE &amp;#8220;AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO PARA COBRIR DISPÊNDIOS COM DEVOLUÇÃO DE RECURSOS AO ERGS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. ESTE COM PEDIDO DE TRAMITAÇÃO DE REGIME DE URGÊNCIA ESPECIAL. </t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA COBRIR DESPESAS DE EXERCICIOS ANTERIORES E DÁOUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2014-2017 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;, </t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE UM (A) MÉDICO (A).</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUIR DESPESA COM CESSÃO DE USO E ARRENDAMENTO DE ÁREA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/237/237_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA CALENDÁRIO DE EVENTOS, ESTABELECIDO PELA LEI MUNICIPAL 157/1993, INSTITUINDO NOVA ATIVIDADE, AUTORIZA DESPESAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/238/238_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/238/238_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DO ART. 1°, DA LEI MUNICIPAL N° 446/98, INSTITUINDO O TÍTULO HONORÍFICO DE &amp;#8220;PARAISENSE NOTÁVEL&amp;#8221;. </t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/239/239_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 36/2013, DE AUTORIA DO PODER EXECUTIVO, QUE &amp;#8220;ALTERA CALENDÁRIO DE EVENTOS, ESTABELECIDO PELA LEI MUNICIPAL 157/1993, INSTITUINDO NOVA ATIVIDADE, AUTORIZA DESPESAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSIÇÕES DA LEI 1130/2011-QUADRO DE CARGOS E FUNÇÕES DOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI N° 38/2013, DE AUTORIA DO PODER EXECUTIVO, QUE &amp;#8220;ALTERA DISPOSIÇÕES DA LEI N°078/91- ESTATUTO DO SERVIDOR PÚBLICO MUNICIPAL, INCLUINDO GRATIFICAÇÃO DE PRODUTIVIDADE PARA OPERADORES DE MÁQUINAS PESADAS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> &amp;#8220;AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUIR DESPESA COM APLICAÇÃO DE RECURSOS VINCULADOS -SECRETARIA ESTADUAL DA SAÚDE E RECURSOS ASPS PARA A AQUISIÇÃO DE AMBULÂNCIA E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/248/248_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUIR DESPESA COM A APLICAÇÃO DE RECURSOS VINCULADOS- GOVERNO FEDERAL- ÍNDICE DE GESTÃO DESCENTRALIZADA PROGRAMA BOLSA FAMÍLIA (IGDBF) PARA OCORRER DESPESAS EM PROJETO EXISTENTE NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O DIA DE LUTA CONTRA O CÂNCER DE MANA NO MUNICÍPIO DE PARAÍSO DO SUL&amp;#8221;. </t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA A ABERTURA CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUIR DESPESA COM APLICAÇÃO DE RECURSOS VINCULADOS- GOVERNO FEDERAL- PAC 2- FNDE/MEC RATIFICA TERMO DE COMPROMISSO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE OPERADORES DE MÁQUINA&amp;#8221;. </t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI Nº 44/2013, DE AUTORIA DO PODER EXECUTIVO, QUE &amp;#8220;AUTORIZA A PREFEITURA MUNICIPAL DE PARAÍSO DO SUL A CONCEDER APOIO A ASSOCIAÇÃO BOMBEIROS VOLUNTÁRIOS, MEDIANTE CELEBRAÇÃO DE TERMO DE CONVÊNIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">LEITURA DO PROJETO E LEI N° 45/2013, DE AUTORIA DO PODER EXECUTIVO, QUE &amp;#8220;ALTERA DISPOSIÇÕES DA LEI 674/2004 &amp;#8211; ESTATUTO DO SERVIDOR PÚBLICO MUNICIPAL, ALTERANDO PRAZO LICENÇA GESTANTE&amp;#8221;.  </t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUIR DESPESAS COM APLICAÇÃO DE RECURSOS VINCULADOS- SECRETARIA DE ESTADO DO ESPORTE E LAZER/ FUNDERGS PARA CUSTEAR DESPESAS CAMPEONATO MUNICIPAL DE FUTEBOL SETE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/272/272_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE ELETRICISTA.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/273/273_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE ENGENHEIRO CIVIL.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/274/274_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LE 1103/2011 DE 22 DE NOVEMBRO DE 2011 QUE DISPÕE SOBRE O QUADRO DE CARGOS E FUNÇÕES, ESTABELECE O PLANO DE CARREIRA DOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/277/277_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/277/277_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME AO CENTRO DE ESTUDOS DO MUNICÍPIO DE PARAÍSO DO SUL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/278/278_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/278/278_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO NO SITE DO MUNICÍPIO E EM ESTABELECIMENTOS DE SAÚDE PÚBLICA, RELAÇÃO DOS MEDICAMENTOS OFERECIDOS PELA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/286/286_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERC&amp;acute;CIO FINANCEIRO DE 2014.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/287/287_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/287/287_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA REALIZAÇÃO DE CURSOS DE PRIMEIROS SOCORROS E PREVENÇÃO DE ACIDENTES PARA PELO MENOS UM FUNCIONÁRIO DE ESCOLAS E CRECHES INSTALADAS NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/291/291_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE MÉDICO CLÍNICO GERAL&amp;#8221;. </t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/292/292_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INSTITUI A SEMANA MUNICIPAL DE EDUCAÇÃO INFANTIL&amp;#8221;. </t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/294/294_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL PARA INCLUSÃO DE PROJETO NO ORÇAMENTO VIGENTE NA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA&amp;#8221;</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/295/295_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUSÃO DE ELEMENTO DE DESPES DESTINADO A COBRIR DESPESAS DE EXERCÍCIOS ANTERIORES E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARAÍSO DO SUL PARA O EXERCÍCIO FINANCEIRO DE 2014</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/297/297_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO EMERGENCIAL DE NUTRICIONISTA. </t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/299/299_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;ALTERA A REDAÇÃO DO ART. 2° DA LEI MUNICIPAL 1171/2013 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/301/301_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA A INCLUSÃO DE ELEMENTO DE DESPESA DESTINADO A COBRIR DESPESAS DE EXERCÍCIOS ANTERIORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/225/225_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/225/225_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DOS VEREADORES E SERVIDORES DA CÂMARA NA VIII MARCHA Á CAPITAL, ORGANIZADA PELO PODER LEGISLATICO DA QUARTA COLONIA E REGIÃO; VISITA A ASSEMBLEIA LEGISLATIVA, E A REALIZAÇÃO DE DESPESAS COM TAL EVENTO.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/293/293_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/293/293_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA PARTICIPAÇÃO DOS VEREADORES DA CÂMARA NO CONGRESSO BRASILEIRO DE LEGISLATIVOS MUNICIPAIS, MARCHA DOS VEREADORES&amp;#8221;.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES INFRA-ASSINADOS, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 	    A) QUAL O VALOR DA ARRECADAÇÃO E REPASSES RECEBIDOS PELO MUNICÍPIO, NOS MESES DE JANEIRO, FEVEREIRO E MARÇO. E QUANTO DESTE MONTANTE FOI LIQUIDADO/PAGO EM EMPENHOS;_x000D_
 	   B) QUAL O PERCENTUAL ESTÁ ATINGINDO A FOLHA DE PAGAMENTO SOBRE O ORÇAMENTO VIGENTE; E SOBRE ISTO, NOMINAR OS FUNCIONÁRIOS COM CARGOS EM COMISSÃO (CCS) JÁ CONTRATADOS E SEUS RESPECTIVOS SALÁRIOS._x000D_
 </t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES INFRA-ASSINADOS, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO:_x000D_
 	    A) EM QUE SITUAÇÃO SE ENCONTRA A LICITAÇÃO DO QUIOSQUE DA PRAÇA FLORINALDO ROHDE._x000D_
 .	_x000D_
 </t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/208/208_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/208/208_texto_integral.doc</t>
   </si>
   <si>
     <t>OS VEREADORES MEMBROS DA COMISSÃO DE FINANÇAS E ORÇAMENTO, NA FORMA REGIMENTAL, VÊM ATRAVÉS DO PRESENTE REQUERER PRAZO ADICIONAL DE 10 (DEZ) DIAS, PRORROGANDO ATÉ A DATA DE 12 DE MAIO DE 2013, PARA ANÁLISE, DO PROJETO DE LEI Nº 12/2013 DE AUTORIA DO PODER EXECUTIVO, DE 15 DE ABRIL DE 2013 QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM O BADESUL DESENVOLVIMENTO S.A.- AGÊNCIA DE FOMENTO/RS PARA A EEXECUÇÃO DE OBRAS CIVIS- CENTRO ADMINISTRATIVO&amp;#8221;.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/212/212_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE O PROJETO DE LEI N° 12/2013 QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM O BADESUL DESENVOLVIMENTO S.A- AGÊNCIA DE FOMENTO/RS PARA EXECUÇÃO DE OBRAS CIVIS - CENTRO ADMINISTRATIVO&amp;#8221; TRAMITE EM REGIME DE URGÊNCIA ESPECIAL NA SESSÃO ORDINÁRIA DO DIA 20 DE MAIO DO CORRENTE ANO DE 2013</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/213/213_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA INFRA-ASSINADA, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER QUE SEJA SOLICITADO, AO PODER EXECUTIVO MUNICIPAL, A SEGUINTE INFORMAÇÃO:_x000D_
 	    A) INFORMAR QUAIS VALORES FORAM REPASSADOS AO MUNICÍPIO NOS MESES DE JANEIRO A ABRIL DE 2013, PELO GOVERNO FEDERAL E ESTADUAL, ESPECIFICANDO O NOME DO PROGRAMA E O VALOR REPASSADO, NA ÁREA DA SAÚDE._x000D_
 .	_x000D_
 </t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/217/217_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERER QUE O PROJETO DE LEI N° 12/2013 QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM O BADESUL DESENVOLVIMENTO S.A- AGÊNCIA DE FOMENTO/RS PARA EXECUÇÃO DE OBRAS CIVIS - CENTRO ADMINISTRATIVO&amp;#8221; SEJA ENCAMINHADO, PARA PARECER, À COMISSÃO DE EDUCAÇÃO SAÚDE E ASSISTÊNCIA,  TENDO EM VISTA QUE O FINANCIAMENTO PLEITEADO VISA A CONSTRUÇÃO DE UM CENTRO ADMINISTRATIVO NO MESMO LOCAL ONDE FUNCIONA UMA ESCOLA DE ENSINO INFANTIL IMPLICANDO NA TRANSFERÊNCIA DOS ALUNOS DESTA, O QUE AINDA NÃO FOI DEVIDAMENTE ESCLARECIDO PELO PODER EXECUTIVO.    _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/218/218_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERER QUE O PROJETO DE LEI N° 12/2013 QUE &amp;#8220;AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM O BADESUL DESENVOLVIMENTO S.A- AGÊNCIA DE FOMENTO/RS PARA EXECUÇÃO DE OBRAS CIVIS - CENTRO ADMINISTRATIVO&amp;#8221; TRAMITE EM REGIME DE URGÊNCIA ESPECIAL NA SESSÃO ORDINÁRIA DO DIA 27 DE MAIO DO CORRENTE ANO DE 2013._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA INFRA-ASSINADA, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 	    A) QUAL O VALOR GASTO NO PODER EXECUTIVO, NESTE EXERCÍCIO DE 2013, COM FUNÇÕES GRATIFICADAS (FGS);_x000D_
 	   B) QUAL O NOME DOS SERVIDORES MUNICIPAIS QUE RECEBEM ESTAS GRATIFICAÇÕES._x000D_
 </t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES INFRA-ASSINADOS, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 	    A) SE O MUNICÍPIO RECEBEU OS RECURSOS DO CONTRATO DE REPASSE 0238025-15 FIRMADO A PARTIR DE EMENDA DO DEP. JOSÉ OTÁVIO GERMANO?_x000D_
 	   B) EM CASO POSITIVO, QUANDO OS RECURSOS FORAM EFETIVAMENTE LIBERADOS PARA OS COFRES PÚBLICOS?_x000D_
 	  C) QUANDO A EMPREITEIRA CONTRATADA PARA EXECUTAR A OBRA DO GINÁSIO POLIESPORTIVO FOI PAGA PELO MUNICÍPIO?_x000D_
 	D) SE OS RECURSOS DO MINISTÉRIO DOS ESPORTES, ORIGINÁRIOS DA EMENDA EM QUESTÃO NÃO FORAM UTILIZADOS NO PAGAMENTO DAS OBRAS DO GINÁSIO, QUAL A DESTINAÇÃO DADA A ESTES?_x000D_
 </t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA INFRA-ASSINADA, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER QUE SEJAM SOLICITADAS, AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES:_x000D_
 	    A) PARA QUAIS OFICINAS MECÂNICAS ESTÃO SENDO ENCAMINHADAS AS MÁQUINAS DA PREFEITURA PARA O SEU RESPECTIVO CONSERTO? QUE ESTAS SEJAM NOMINADAS._x000D_
 	   B) QUAL É O FORNECEDOR ONDE ESTÃO SENDO COMPRADAS OU ADQUIRIDAS AS MANGUEIRAS HIDRÁULICAS PARA ESTES CONSERTOS? QUE SEJAM NOMINADOS ESTES FORNECEDORES._x000D_
 </t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES INFRA-ASSINADOS, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER AUTORIZAÇÃO PARA PARTICIPAÇÃO NO CURSO &amp;#8220;A GESTÃO EFICIENTE DO LEGISLATIVO E FISCALIZAÇÃO APLICADO AO LEGISLATIVO E EXECUTIVO MUNICIPAL&amp;#8221;, QUE SERÁ PROMOVIDO PELO INLEGIS- INSTITUTO DE APOIO AO PODER PÚBLICO, DE 15 A 16 DE OUTUBRO DE 2013, EM PORTO ALEGRE-RS. </t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/279/279_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/279/279_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">SOBRE O PROJETO DE LEI N° 46/2013, APROVADO PELA CÂMARA DE VEREADORES EM 14/10/2013, QUE &amp;#8220;AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE PARA INCLUIR DESPESAS COM APLICAÇÃO DE RECURSOS VINCULADOS-GOVERNO ESTADUAL- SECRETARIA DE ESTADO DO ESPORTE E LAZER/FUNDERGS PARA CUSTEAR DESPESAS CAMPEONATO MUNICIPAL DE FUTEBOL SETE 2013 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;_x000D_
 	   A) ONDE FORAM COMPRADAS AS BOLAS DE FUTEBOL PARA O EVENTO, A QUANTIDADE E O VALOR UNITÁRIO DAS MESMAS._x000D_
 	  B) ONDE FORAM COMPRADAS AS PREMIAÇÕES PARA O RESPECTIVO CAMPEONATO, A QUANTIA E O VALOR GASTO._x000D_
 </t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/284/284_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/284/284_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">NO NOSSO MUNICÍPIO HÁ VÁRIOS AGRICULTORES QUE ESTÃO DIVERSIFICANDO SUAS PROPRIEDADES, UM EXEMPLO É A BOVINOCULTURA DE LEITE, A MAIORIA POR INICIATIVA PRÓPRIA, TENDO RESULTADOS POSITIVOS. ESSA DIVERSIFICAÇÃO QUE RESULTA EM RENDA E QUE NATURALMENTE É REVERTIDA NO COMÉRCIO DO MUNICÍPIO._x000D_
 	    NO ENTANTO HÁ UMA CONTÍNUA REIVINDICAÇÃO POR PARTE DOS AGRICULTORES, POR ATENDIMENTO VETERINÁRIO NO MUNICÍPIO. E PELO PRESENTE VEM SOLICITAR QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA DA AGRICULTURA, APRIMORE ESTE SERVIÇO._x000D_
 	   A) QUE O PODER EXECUTIVO FORNEÇA AO PODER LEGISLATIVO O NUMERO DE ATENDIMENTOS QUE SÃO REALIZADOS A CAMPO DURANTE O ANO PELA PROFISSIONAL VETERINÁRIA, LOCADA NA PASTA._x000D_
 </t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/300/300_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/300/300_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES INFRA-ASSINADOS, NA FORMA REGIMENTAL, E, TENDO EM VISTA AS DENÚNCIAS RELATADAS NO GRANDE EXPEDIENTE DA SESSÃO ORDINÁRIA DO DIA 09 DE DEZEMBRO DE 2013, REFERENTES AO DESVIO DE BENS PÚBLICOS, REQUEREM QUE A MESA DIRETORA DESTA CASA, CONSTITUA COMISSÃO ESPECIAL DE INQUÉRITO, COM BASE NO ART. 22 E 31, XVI DA LEI ORGÂNICA MUNICIPAL E ART. 50 E 51 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL, A FIM DE IDENTIFICAR OS VERDADEIROS RESPONSÁVEIS PELOS ATOS._x000D_
 DENÚNCIA: DESVIO DE BENS PÚBLICOS (TRANSFERÊNCIA DE PNEUS DE VEÍCULO DO MUNICÍPIO PARA VEÍCULO PARTICULAR)._x000D_
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2160,68 +2160,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/215/215_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/242/242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/243/243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/280/280_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/281/281_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/282/282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/283/283_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/288/288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/289/289_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/290/290_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/302/302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/303/303_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/304/304_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/305/305_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/309/309_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/153/153_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/210/210_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/236/236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/276/276_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/275/275_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/285/285_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/298/298_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/306/306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/307/307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/308/308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/224/224_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/238/238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/277/277_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/278/278_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/287/287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/225/225_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/293/293_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/208/208_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/279/279_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/284/284_texto_integral.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/300/300_texto_integral.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/180/180_texto_integral.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/184/184_texto_integral.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/215/215_texto_integral.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/227/227_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/242/242_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/243/243_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/258/258_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/259/259_texto_integral.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/260/260_texto_integral.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/264/264_texto_integral.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/265/265_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/269/269_texto_integral.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/270/270_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/271/271_texto_integral.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/280/280_texto_integral.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/281/281_texto_integral.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/282/282_texto_integral.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/283/283_texto_integral.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/288/288_texto_integral.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/289/289_texto_integral.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/290/290_texto_integral.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/302/302_texto_integral.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/303/303_texto_integral.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/304/304_texto_integral.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/305/305_texto_integral.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/309/309_texto_integral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/153/153_texto_integral.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/181/181_texto_integral.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/210/210_texto_integral.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/220/220_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/228/228_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/229/229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/234/234_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/235/235_texto_integral.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/236/236_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/245/245_texto_integral.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/246/246_texto_integral.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/261/261_texto_integral.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/262/262_texto_integral.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/276/276_texto_integral.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/275/275_texto_integral.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/285/285_texto_integral.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/298/298_texto_integral.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/306/306_texto_integral.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/307/307_texto_integral.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/308/308_texto_integral.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/224/224_texto_integral.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/238/238_texto_integral.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/277/277_texto_integral.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/278/278_texto_integral.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/287/287_texto_integral.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/225/225_texto_integral.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/293/293_texto_integral.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/208/208_texto_integral.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/230/230_texto_integral.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/244/244_texto_integral.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/263/263_texto_integral.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/266/266_texto_integral.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/279/279_texto_integral.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/284/284_texto_integral.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2013/300/300_texto_integral.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H166"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>