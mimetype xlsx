--- v0 (2025-10-12)
+++ v1 (2026-03-15)
@@ -51,447 +51,447 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/76/76_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Hardi Meyer</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/77/77_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A IMPLANTAÇÃO DE ILUMINAÇÃO NO CAMPO DE FUTEBOL, SITO AO LADO DO GINÁSIO PERTENCENTE Á PARÓQUIA SANTO ANTÔNIO, NA LOCALIDADE DE LINHA MARCONDES, INTERIOR DO MUNICÍPIO</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE, COM URGÊNCIA, O PATROLAMENTO E ENCASCALHAMENTO DO ACESSO AO CEMITÉRIO DUMKE NAS PROXIMIDADES DA RESIDÊNCIA DA FAMÍLIA DUMKE, NA LOCALIDADE DE LINHA PATRIMÔNIO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Dilmar Mueller</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/117/117_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE A PERFURAÇÃO DE UM POÇO ARTESIANO, NA LOCALIDADE DE LINHA PARAGUAÇU, PARA USO DAS FAMÍLIAS BELLING E SAIBERT,  NO INTERIOR DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/83/83_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE A ABERTURA DE UM POÇO ARTESIANO, NA ESTAÇÃO DE TRATAMENTO DE ÁGUA (ETA), NA LINHA DA FONTE, NO INTERIOR DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DISPONIBILIZE A DISCIPLINA DE LÍNGUA ALEMÃ, ATRAVÉS DE UM PROJETO OU OFICINA NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO FUNDAMENTAL, DO MUNICÍPIO</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/85/85_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, PROMOVA PARCERIA COM O CTG AMIGOS DO RIO GRANDE, DISPONIBILIZANDO RECURSOS FINANCEIROS PARA CONTRIBUIR PARA A REALIZAÇÃO DO TRADICIONAL RODEIO DA ENTIDADE, QUE SE REALIZARÁ NOS DIAS 05 E 06 DE MAIO, E VERIFICAR SE HÁ POSSIBILIDADE DE INCLUIR O CONVITE PARA O RODEIO NO FOLDER DE PROGRAMAÇÃO DO ANIVERSÁRIO DO MUNICÍPIO</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/86/86_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, DETERMINE QUE A SECRETARIA COMPETENTE FAÇA O ALARGAMENTO E CASCALHAMENTO DA ESTRADA DA LINHA CONTENDA EM UM TRECHO DE 50 METROS, PRÓXIMO A RESIDÊNCIA DO SR. GERALDO MALKE</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/92/92_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE EXECUTE A CONSTRUÇÃO DE LOMBADAS NA AVENIDA BARÃO VON KAHLDEN, LOCALIDADE DE VILA PARAÍSO, QUE FUNCIONE COMO REDUTOR DE VELOCIDADE, MAIS PRECISAMENTE NAS PROXIMIDADES DA ESCOLA ESTADUAL DE EDUCAÇÃO BÁSICA DUQUE DE CAXIAS E PRÓXIMO AO CORREIO DA LOCALIDADE</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>DEISE DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/94/94_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE PRIORIZE A COMPRA DE ALIMENTOS DA AGRICULTURA FAMILIAR, EM CINQÜENTA POR CENTO (50%) PARA A MERENDA ESCOLAR, QUE ASSIM PROMOVA O DESENVOLVIMENTO SUSTENTÁVEL, A ECONOMIA SOLIDÁRIA, O FORTALECIMENTO DA ECONOMIA LOCAL, E QUE DÊ PREFERÊNCIA PARA O QUE É PRODUZIDO NO PRÓPRIO MUNICÍPIO, POIS É UMA FORMA DE GARANTIR ALIMENTAÇÃO SAUDÁVEL, ESPECIALMENTE AOS ALUNOS DA REDE MUNICIPAL</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/95/95_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REMETA A CÂMARA MUNICIPAL, PROJETO DE LEI VISANDO REPASSE DE RECURSOS FINANCEIROS PARA A ASSOCIAÇÃO DE BOMBEIROS VOLUNTÁRIOS DE PARAÍSO DO SUL</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE UM PROJETO PARA CAPTAÇÃO DE ÁGUA NA LINHA PATRÍCIA E CANALIZAÇÃO LIGANDO NA REDE QUE ABASTECE A VILA E CIDADE NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA, ALMIRO KUNDE, DEISE DA SILVA, Dilmar Mueller, ELISEU CRUMENAUER, Flávio Hoppe, Hardi Meyer, Ildo Moraes, OSMAR DIAS</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/100/100_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE QUE A SECRETARIA COMPETENTE PROVIDENCIE A AQUISIÇÃO DE UM VEÍCULO PARA USO EXCLUSIVO DO CONSELHO TUTELAR DA CRIANÇA E DO ADOLESCENTE DO MUNICÍPIO</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/101/101_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REMETA PROJETO DE LEI PARA A CÂMARA MUNICIPAL DE VEREADORES, PARA QUE SEJA INCLUÍDO NO CÓDIGO TRIBUTÁRIO, PARA A INCIDÊNCIA DE IPTU, NAS IMEDIAÇÕES DA RST- 287, O MESMO VALOR DOS DEMAIS LOGRADOUROS DA LOCALIDADE DE BOA VISTA SUL</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Ildo Moraes</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/104/104_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE EXECUTE A COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA E QUE REALIZE O CERCAMENTO COM TELA NA ÁREA DO RESERVATÓRIO DE ÁGUA DA LOCALIDADE DE LINHA CONTENDA</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/105/105_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, REMETA PROJETO DE LEI PARA A CÂMARA MUNICIPAL DE VEREADORES, PARA QUE SEJA INCLUÍDO NO CÓDIGO TRIBUTÁRIO, PARA A INCIDÊNCIA DE IPTU, NAS IMEDIAÇÕES DA RST- 287, ATRIBUINDO AO CUSTO DO METRO QUADRADO O VALOR COMPATÍVEL COM A LOCALIZAÇÃO DO TERRENO</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/113/113_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL E A CÂMARA MUNICIPAL DE VEREADORES REMETAM OFÍCIO, COM ABAIXO ASSINADO EM ANEXO, PARA A CONCESSIONÁRIA SANTA CRUZ RODOVIAS PARA QUE A MESMA EXECUTE A COLOCAÇÃO DE TRÊS (3) TUBOS NO KM 172, NA RODOVIA RSC 287, PARA AMPLIAR O ACESSO NA ENTRADA DA ESTRADA DA LOCALIDADE DE QUILOMBO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Flávio Hoppe</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/114/114_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL INTERCEDA JUNTO A AES SUL PARA QUE SEJA COLOCADO MAIS UM TRANSFORMADOR DE ENERGIA NA REDE DE LUZ QUE PASSA PELO CTG AMIGOS DO RIO GRANDE, E EM SUAS PROXIMIDADES, NA LOCALIDADE DE BOA VISTA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/115/115_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REMETA A CÂMARA MUNICIPAL PROJETO DE LEI QUE INSTITUA O PROGRAMA DE PRORROGAÇÃO DA LICENÇA-MATERNIDADE EM BENEFÍCIO DAS SERVIDORAS PÚBLICAS MUNICIPAIS DE CARGOS EFETIVOS E EM COMISSÃO</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/121/121_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL CONSTRUA UMA PONTE PRÉ-MOLDADA OU UMA GALERIA NO ARROIO PREGUIÇA, NA TRAVESSA ENTRE AS LOCALIDADES DE LINHA DA FONTE E LINHA RINCÃO DA PORTA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/122/122_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A COLOCAÇÃO DE UMA LIXEIRA COMUNITÁRIA NA ESQUINA ENTRE A ESTRADA GERAL DA BOA VISTA NORTE E A ESTRADA QUE DÁ ACESSO À RSC 287, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/123/123_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE ESTUDOS PARA A CONSTRUÇÃO DE UM CENTRO ADMINISTRATIVO, PARA NELE ABRIGAR SUAS SECRETARIAS E DEMAIS SETORES ADMINISTRATIVOS DE INTERESSE DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/129/129_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A IMPLANTAÇÃO DO CHECK LIST NOS VEÍCULOS E MÁQUINAS PÚBLICAS MUNICIPAIS, PARA GARANTIR MAIOR CONTROLE E SEGURANÇA DESTES.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>DEISE DA SILVA, BRENO DE OLIVEIRA, Dilmar Mueller, ELISEU CRUMENAUER, Flávio Hoppe, Ildo Moraes</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/133/133_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, NO FINAL DESTE MANDATO, DENTRO DOS LIMITES DAS DISPONIBILIDADES ORÇAMENTÁRIAS, AUXILIE A ASSOCIAÇÃO BOMBEIROS VOLUNTÁRIOS DE PARAÍSO DO SUL, COM RECURSOS FINANCEIROS PARA A COMPRA DE EQUIPAMENTOS PARA ESTRUTURAR A MESMA, ATRAVÉS DO SALDO REMANESCENTE DO ORÇAMENTO DA CÂMARA DE VEREADORES.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/135/135_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE DETERMINE A PADRONIZAÇÃO DA LOCALIZAÇÃO DOS RELÓGIOS DE LEITURA DE ÁGUA, QUE GARANTAM FÁCIL ACESSO AO SERVIDOR QUE REALIZA ESTE SERVIÇO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>DEISE DA SILVA, ALMIRO KUNDE, BRENO DE OLIVEIRA, Dilmar Mueller, ELISEU CRUMENAUER, Flávio Hoppe, Hardi Meyer, Ildo Moraes, OSMAR DIAS</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/140/140_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À DOAÇÃO EM FORMA DE COMODATO DO VEÍCULO BESTA DOADO PELA RECEITA FEDERAL NO DIA 22 DE NOVEMBRO DO CORRENTE ANO A PREFEITURA MUNICIPAL DE PARAÍSO DO SUL PARA A ASSOCIAÇÃO DOS BOMBEIROS VOLUNTÁRIOS DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/141/141_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA TOMA AS PROVIDÊNCIAS LEGISLATIVAS PARA ELABORAÇÃO DE PROJETO DE RESOLUÇÃO TENDO COMO OBJETO A CRIAÇÃO DO CARGO DE ASSESSOR DE BANCADA, O QUAL FOI EXTINTO EM 2004, CONSIDERANDO SER TAL INICIATIVA DE SUA COMPETÊNCIA PRIVATIVA, CONFORME DISPOSIÇÃO DO ARTIGO 32, INCISO I, DESTA CASA.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE TERMO DE CONVÊNIO E PARCERIA DO PODER EXECUTIVO MUNICIPAL COM O HOSPITAL PARAÍSO - SOCIEDADE ASSISTENCIAL E BENEFICENTE DE VILA PARAÍSO - PARAÍSO DO SUL, VISANDO ATIVIDADES ATINENTES À SAÚDE PÚBLICA DO MUNICÍPIO</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>CRIA A COORDENADORIA MUNICIPAL DE DEFESA CIVIL (COMDEC), O FUNDO MUNICIPAL DE DEFESA CIVIL(FUMDEC), E O CONSELHO MUNICIPAL DE DEFESA CIVIL(COMUDEC) DE PARAÍSO DO SUL</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>DISPÕEM SOBRE A ABERTURA DE CRÉDITO ESPECIAL, INCLUINDO PROJETO COM ELEMENTOS DE DESPESA PARA A SECRETARIA DE OBRAS E TRANSITO, NO PPA - NA LDO/2012 E NA LOA/2012</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM COMODATO, UM PRÉDIO DE ALVENARIA COM 247 M2 E A DESCRIÇÃO CONFORME CONTRATO QUE É PARTE INTEGRANTE DESTA LEI, LOCALIZADO EM PARAÍSO DO SUL</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/90/90_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E DÁ NOVA REDAÇÃO AOS ARTIGOS 9°, CAPUT E SEUS INCISOS I E IV, INCISOS I, II E III DO ART. 10, ARTS. 11 E 12, DA LEI MUNICIPAL N° 719/2004, DE 31/08/2004, QUE CRIA NA SECRETARIA DE OBRAS E TRÂNSITO, A DIVISÃO DE TRÂNSITO, A JUNTA ADMINISTRATIVA DE RECURSOS DE INFRAÇÕES - JARI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>DISPÕEM SOBRE A ABERTURA DE CRÉDITO ESPECIAL, INCLUINDO PROJETO PARA SOT, NO PPA - NA LDO/2012 E NA LOA/2012</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/91/91_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR, AO ESTADO DO RIO GRANDE DO SUL, ATRAVÉS DA SECRETARIA ESTADUAL DE EDUCAÇÃO UM IMÓVEL COM TODAS AS BENFEITORIAS NELE EXISTENTES, LOCALIZADO EM PARAÍSO DO SUL</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DECLARAR ZEIS PARA FINS DE LEGALIZAÇÃO FUNDIÁRIA CERTAS ÁREAS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>DISPÕEM SOBRE A ABERTURA DE CRÉDITO ESPECIAL, INCLUINDO CÓDIGOS DE DESPESA NA LOA/2012</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE PARAÍSO DO SUL A FIRMAR CONVÊNIO E INCLUIR PROJETO/ATIVIDADE ENTRE O MUNICÍPIO E O ESTADO DO RIO GRANDE DO SUL, ATRAVÉS DA SECRETARIA DA AGRICULTURA E PECUÁRIA E AGRONEGÓCIO-RS</t>
   </si>
   <si>
     <t>102</t>
   </si>
@@ -501,337 +501,337 @@
   <si>
     <t>103</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATO EMERGENCIAL DE 02 OFICINEIROS(AS)</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>DISPÕEM SOBRE A CONTRATAÇÃO TEMPORÁRIA E EMERGENCIAL DE UM(A) ASSISTENTE SOCIAL E ABERTURA DE CRÉDITO ESPECIAL, INCLUINDO ELEMENTOS DE DESPESA NO PPA, NA LDO/2012 E NA LOA/2012</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CREDITO ESPECIAL E INCLUI CODIGO DE DESPESA NA ATIVIDADE EXISTENTE NA LOA/2012</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/110/110_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA AILTON DA SILVA CARDOSO, A VIA PÚBLICA LOCALIZADA NO BAIRRO BOA VISTA, CIDADE DE PARAÍSO DO SUL, CONHECIDA ATUALMENTE COMO RUA X</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/111/111_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA O CAMPO DE FUTEBOL, SEM DENOMINAÇÃO DE VILA PARAÍSO NO MUNICÍPIO DE PARAÍSO DO SUL</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/112/112_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA ESTRADA VICINAL, SEM DENOMINAÇÃO DO MUNICÍPIO DE PARAÍSO DO SUL</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>DISPÕEM SOBRE A ABERTURA DE CRÉDITO ESPECIAL, INCLUINDO ELEMENTO DE DESPESA EM ATIVIDADE PARA SOT, NO PPA - NA LDO/2012 E NA LOA/2012</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE PARAÍSO DO SUL PARA A LEGISLATURA 2013/2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO E DO VICE-PREFEITO DO MUNICÍPIO DE PARAÍSO DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DOS SECRETÁRIOS MUNICIPAIS DO MUNICÍPIO DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>CRIA O COMITÊ DE INVESTIMENTO DO MUNICÍPIO DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>DISPÕEM SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2013</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/131/131_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA AILTON DA SILVA CARDOSO, A VIA PÚBLICA LOCALIZADA NO BAIRRO BOA VISTA, CIDADE DE PARAÍSO DO SUL, CONHECIDA ATUALMENTE COMO RUA &amp;#8220;X&amp;#8221;.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/132/132_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA &amp;#8220;GERMANO REINOLDO DUMKE&amp;#8221; A ESTRADA VICINAL, SEM DENOMINAÇÃO DO MUNICÍPIO DE PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/136/136_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI MUNICIPAL N° 261/95, DE 18/04/95 E REVOGA EM SUA ÍNTEGRA A LEI MUNICIPAL N°353/97, DE 24/03/97, QUE TRATAM DO PAGAMENTO DE DIÁRIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/137/137_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATO EMERGENCIAL DE ATÉ DOIS MÉDICOS(AS).</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/138/138_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕEM SOBRE A CONCESSÃO DE USO DE BENS MÓVEIS À ASSOCIAÇÃO BOMBEIROS VOLUNTÁRIOS DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/139/139_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕEM SOBRE VALORES RELATIVOS À GRATIFICAÇÃO NATALINA SEGUNDA PARCELA (13°) DE 2012, INDENIZAÇÃO DE ENCARGOS DE SERVIDORES ATIVOS, PENSIONISTAS E DEMAIS AGENTES PÚCLICOS DO MUNICÍPIO, DECORRENTE DE CONSIGNAÇÃO BANCÁRIA.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/142/142_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE USO DE BEM MÓVEL À ASSOCIAÇÃO BOMBEIROS VOLUNTÁRIOS DE PARAÍSO DO SUL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/143/143_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A POLÍTICA E A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DAS PESSOAS COM DEFICIÊNCIA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/144/144_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PARAÍSO DO SUL PARA O EXERCÍCIO FINANCEIRO DE 2013.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/87/87_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR INFRA-ASSINADO, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER A REALIZAÇÃO DE SESSÃO SOLENE, EM HOMENAGEM AO DR. LUIZ ROHDE A REALIZAR-SE, PREFERENCIALMENTE, NO MÊS DE MAIO, ENTRE OS DIAS 06 E 12, (SEMANA DO ANIVERSÁRIO DO MUNICÍPIO), DE ACORDO COM A DISPONIBILIDADE DO HOMENAGEADO</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO FORNEÇA A ESTA EGRÉGIA CASA LEGISLATIVA, CRONOGRAMA DA PRESTAÇÃO DE SERVIÇOS, PLANO DE TRABALHO E, SE FOR POSSÍVEL O NOME DOS AGRICULTORES BENEFICIADOS</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>ELISEU CRUMENAUER, BRENO DE OLIVEIRA, DEISE DA SILVA, Flávio Hoppe</t>
   </si>
   <si>
     <t>DAS COMPRAS DE MATERIAIS REALIZADAS NO BARATILHÃO ECONÔMICO DE PARAÍSO DO SUL NO ANO DE 2012, INFORME O SR. PREFEITO, OS MATERIAIS ADQUIRIDOS, O VALOR TOTAL GASTO PELA PREFEITURA MUNICIPAL COM ESTES, BEM COMO SEUS RESPECTIVOS COMPROVANTES</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ROLO COMPACTUADOR DA SECRETARIA DE OBRAS</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>O VEREADOR, INFRA-ASSINADO, NA FORMA REGIMENTAL, VÊM ATRAVÉS DO PRESENTE REQUERER AO EGRÉGIO PRESIDENTE DESTA CASA, JUNTAMENTE COM A MESA DIRETORA QUE SEJA DETERMINADA A REALIZAÇÃO DE UMA REUNIÃO, MEDIANTE CONVOCAÇÃO DE TODOS OS VEREADORES, COM A FINALIDADE DE ANALISAR A VIABILIDADE DE CRIAÇÃO DE PROPOSIÇÃO LEGISLATIVA, TENDO COMO OBJETO A ALTERAÇÃO DOS VALORES DAS DIÁRIAS DE SERVIDORES PÚBLICOS E AGENTES POLÍTICOS, READEQUANDO OS ATUAIS PREVISTOS EM RESOLUÇÃO A REALIDADE ECONÔMICA.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/124/124_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES: SOBRE A ESTRUTURA FÍSICA DO PRÉDIO DA ESCOLA MUNICIPAL CÉLIA MILDA SCHLESNER SCHIEFELBEIN.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/127/127_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÕES</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER PRAZO ADICIONAL DE 10 (DEZ) DIAS, PRORROGANDO ATÉ A DATA DE 1º DE OUTUBRO DE 2012, PARA ANÁLISE, SUGESTÃO DE ALTERAÇÕES E EMENDAS AO PROJETO DE LEI Nº 34/2012, DE AUTORIA DO PODER EXECUTIVO, DE 31 DE AGOSTO DE 2012 QUE &amp;#8220;DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2013&amp;#8221;.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA, Dilmar Mueller</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/130/130_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM CONVOCADOS OS SENHORES GETÚLIO BISOGNIN E MARÇAL FERNANDES, PARA COMPARECEREM NESTA CASA LEGISLATIVA PARA TRAZEREM ESCLARECIMENTOS SOBRE A SITUAÇÃO DA REGULARIZAÇÃO FUNDIÁRIA EM PARAÍSO DO SUL.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA, ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/134/134_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÕES.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1138,68 +1138,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/134/134_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2012/134/134_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="129.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>