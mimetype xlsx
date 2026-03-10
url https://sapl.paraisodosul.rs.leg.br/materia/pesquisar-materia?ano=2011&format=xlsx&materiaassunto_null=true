--- v0 (2025-10-13)
+++ v1 (2026-03-10)
@@ -51,700 +51,700 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dilmar Mueller</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/1/1_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROPONHA NO MAIS BREVE PRAZO POSSÍVEL PROJETO DE LEI PARA DIFERENCIAR A REMUNERAÇÃO ENTRE MOTORISTAS E OPERADORES DE MÁQUINA, AUMENTANDO O VENCIMENTO BÁSICO DESTA CATEGORIA, E PARA CRIAR ADICIONAL POR PRODUTIVIDADE COM BASE NA HORA/MÁQUINA DE CADA SERVIDOR OCUPANTE DO REFERIDO  CARGO E EM EFETIVO DESEMPENHO DAS FUNÇÕES.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Flávio Hoppe</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL MANIFESTE-SE JUNTO AO DEPARTAMENTO AUTÔNOMO DE ESTRADAS DE RODAGEM - DAER, PELA CONSTRUÇÃO DE UMA RÓTULA OU TREVO DE ACESSO À CIDADE DE PARAÍSO DO SUL, JUNTO A RSC 287, ENTRONCAMENTO COM A AVENIDA 1º DE JANEIRO, NAS PROXIMIDADES DO PÓRTICO</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A CRIAÇÃO DA SECRETARIA DE INDÚSTRIA E COMÉRCIO</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Hardi Meyer</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE FAÇA O ALARGAMENTO DA AV. 1º DE JANEIRO, A PARTIR DA RUA WILLY ROSS ATÉ A SOCIPÊ, PARA QUE POSSA SER FEITO O POSTEAMENTO CENTRAL DA AV. 1° DE JANEIRO PELA CELETRO._x000D_
 E AINDA FORNEÇA A DEMARCAÇÃO DA LINHA CENTRAL DA AV. 1º DE JANEIRO NESTE TRECHO PARA QUE A REFERIDA EMPRESA POSSA EXECUTAR ESTA IMPORTANTE OBRA PARA O MUNICÍPIO_x000D_
 </t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE SEJA ESTENDIDA A REDE DE DISTRIBUIÇÃO DE ÁGUA POTÁVEL A TODOS OS MORADORES DA LOCALIDADE DE PAU-A-PIQUE, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>DEISE DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/9/9_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL FAÇA SINALIZAÇÃO DO ACESSO À ESTRADA HAMANN, NAS PROXIMIDADES DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL ALFREDO SCHLESNER, NA ESTRADA INTERMUNICIPAL QUE DE PARAÍSO DO SUL VAI A CACHOEIRA DO SUL</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL EXECUTE UMA PONTE PRÉ-MOLDADA SOBRE O ARROIO DA PREGUIÇA NA TRAVESSA ENTRE AS LOCALIDADES DE LINHA DA FONTE E LINHA RINCÃO DA PORTA, PRÓXIMO DA PROPRIEDADE DE LUIZ KILIAN BLEY E ARI FLORES, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL FAÇA VISTORIA E REPOSIÇÃO DOS EQUIPAMENTOS DE ILUMINAÇÃO PÚBLICA NO INTERIOR DE TODO O MUNICÍPIO, EM ESPECIAL, DAS LÂMPADAS NOS DIVERSOS PONTOS DA VILA PARAÍSO, LINHA TRAVESSÃO, LINHA PATRIMÔNIO, LINHA PARAGUASSÚ, LINHA MARCONDES, INTERIOR DO MUNICÍPIO</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A CONSTRUÇÃO DE UMA PONTE, QUE DÁ ACESSO A ENTRADA DA PROPRIEDADE DO SENHOR VITOR KULMANN E IVO KULMANN, NA LOCALIDADE DE LINHA TRAVESSÃO, NO INTERIOR DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA, ELISEU CRUMENAUER, Flávio Hoppe</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE FAÇA A ABERTURA DO LEITO DA RUA EVALDO GUSTAVO KRUGEL, NO TRAÇADO ENTRE A AV. 1º DE JANEIRO E A RUA MAX RATZLAFF, PASSANDO PELA AV. AFONSO PENA, PRÓXIMO A RESIDÊNCIA DO SR. VANDERLEI NIEMEYER</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA, DEISE DA SILVA, Dilmar Mueller, ELISEU CRUMENAUER, Ildo Moraes</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA APROVADA A REALIZAÇÃO DE UMA AUDIÊNCIA PÚBLICA NESTA CÂMARA MUNICIPAL, INCUMBINDO O ASSUNTO Á COMISSÃO PERMANENTE DE OBRAS E SERVIÇOS PÚBLICOS, PARA TANTO CONVOCANDO O REPRESENTANTE DA PREFEITURA MUNICIPAL (OU O PRÓPRIO PREFEITO, SE QUISER, AUXILIADO POR ASSESSORES), E CONVOCANDO AS FAMÍLIAS AFETADAS PELO TEMA, BEM COMO OUTROS INTERESSADOS</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA, DEISE DA SILVA, ELISEU CRUMENAUER, Ildo Moraes</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO INSTITUA POR LEI A RESERVA E GARANTIA DE VAGAS PARA PORTADORES DE DEFICIÊNCIAS FÍSICAS NOS CONCURSOS PÚBLICOS DA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE O PATROLAMENTO E CASCALHAMENTO DA ESTRADA NA LOCALIDADE DE CAPÃO GRANDE, NO TRAJETO ENTRE O SALÃO ALEGRE E A PROPRIEDADE DO SR. JOÃO LINK, NO INTERIOR DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROMOVA O REAJUSTE DO PROGRAMA DE AUXÍLIO ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS DO VALOR ATUAL MENSAL DE R$100,00 (CEM REAIS) PARA O VALOR MENSAL DE R$ 150,00 (CENTO E CINQÜENTA REAIS). E QUE ESTE REAJUSTE ENTRE EM VIGOR A PARTIR DO MÊS DE JUNHO DO CORRENTE ANO</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO EFETUE CONTRATAÇÃO TEMPORÁRIA E DIRETA DE PROFISSIONAL DE COSTURA, PARA MINISTRAR O CURSO PARA O TREINAMENTO, PARA A CAPACITAÇÃO DE COSTUREIRAS(OS), FAZENDO-O O MAIS IMEDIATAMENTE POSSÍVEL, E EM ENTENDIMENTO COM OS RESPONSÁVEIS PELO ATELIER DE COSTURA</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO ADOTE MEDIDAS PARA DAR AOS MORADORES DA BOA VISTA INVESTIMENTOS EM SANEAMENTO BÁSICO, POR MEIO DA INCLUSÃO DESTE LOGRADOURO NO PLANO MUNICIPAL DE SANEAMENTO BÁSICO</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Flávio Hoppe, BRENO DE OLIVEIRA, ELISEU CRUMENAUER</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A CÂMARA MUNICIPAL APROVE GESTIONAR DO PODER EXECUTIVO (01) O APOIO E QUE A CÂMARA SUSCITE DIRETAMENTE À GERÊNCIA DO BANRISUL, AG. AGUDO (02), E, AINDA, QUE A CÂMARA PROVOQUE DIRETAMENTE À PRÓPRIA PRESIDÊNCIA DO BANRISUL, EM PORTO ALEGRE, RS (03), E AO GOVERNO DO ESTADO (04), ACIONISTA MAJORITÁRIO, FAÇA A TRANSFORMAÇÃO DO POSTO BANCÁRIO DE PARAÍSO DO SUL EM AGÊNCIA BANCÁRIA, COM EQUIPE DE FUNCIONÁRIOS COMPLETA E ININTERRUPTO HORÁRIO DE ATENDIMENTO AO PÚBLICO, QUE ASSEGUREM COM PLENITUDE A EXTENSÃO E ALARGAMENTO DA ABRANGÊNCIA DOS SERVIÇOS BANCÁRIOS DO BANRISUL, QUE A SOCIEDADE RECLAMA E OS AGENTES ECONÔMICOS LOCAIS ESTÃO DE HÁ MUITO A MERECER, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA, DEISE DA SILVA, ELISEU CRUMENAUER, Flávio Hoppe, Hardi Meyer, Ildo Moraes, OSMAR DIAS</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL CONCLUA OS ESTUDOS E REMETA PROJETO DE LEI PARA QUE O MUNICÍPIO CELEBRE CONVÊNIO DE ADESÃO DA PREFEITURA EM BENEFÍCIO DOS SERVIDORES PÚBLICOS MUNICIPAIS AO PLANO DE ASSISTÊNCIA À SAÚDE JUNTO AO INSTITUTO DE PREVIDÊNCIA DO ESTADO, IPÊ</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL CONCLUA OS ESTUDOS E REMETA PROJETO DE LEI PARA QUE O MUNICÍPIO REGULAMENTE O PLANO DE CARREIRA DOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Ildo Moraes</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE  QUE SEJA ESTENDIDA A REDE DE DISTRIBUIÇÃO DE ÁGUA POTÁVEL AOS MORADORES DA LOCALIDADE DE LINHA RINCÃO DA PORTA A PARTIR DA RESIDÊNCIA DO SR. PAULO MAYER ATÉ A RESIDÊNCIA DA SRA. WERNA MILBRADT , NESTE MUNICÍPIO </t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL ADQUIRA ATRAVÉS DA SECRETARIA DE AGRICULTURA UMA BALANÇA DE PESAGEM DE GADO, E QUE ESTA FIQUE A DISPOSIÇÃO DOS PARAISENSES DA PARTE ALTA DO MUNICÍPIO </t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE JUNTO A SECRETARIA COMPETENTE O PRAZO LIMITE PARA A RETIRADA DA RESERVA DO CALCÁRIO EM PRIMEIRA REMESSA, E NÃO RETIRADO O PRODUTO NO PRAZO, ASSIM ABRINDO NOVA INSCRIÇÃO PARA A SEGUNDA REMESSA</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A CONCLUSÃO DA REDE DE ÁGUA JÁ INICIADA EM RODEIO DO HERVAL, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REALIZE A CONSTRUÇÃO DE UM(A) PONTILHÃO/PONTE SOBRE UM CÓRREGO, MAIS PRECISAMENTE NO ACESSO DA PROPRIEDADE DO SR. BRUNO KULLMANN NO LOCAL DENOMINADO LINHA TRAVESSÃO, INTERIOR DO MUNICÍPIO DE PARAÍSO DO SUL</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>BRENO DE OLIVEIRA, DEISE DA SILVA, Hardi Meyer, Ildo Moraes, OSMAR DIAS</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO E LEGISLATIVO MUNICIPAL ANTECIPEM A DATA BASE DE REPOSIÇÃO SALARIAL ANUAL DO MÊS DE ABRIL PARA O MÊS DE JANEIRO</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REMETA PROJETO DE LEI PARA O LEGISLATIVO, PARA QUE O MUNICÍPIO CELEBRE PARCERIA COM A ASSOCIAÇÃO DE BOMBEIROS VOLUNTÁRIOS DE AGUDO PARA ATENDER AS NECESSIDADES DO MUNICÍPIO DE PARAÍSO DO SUL</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REALIZE CONTRATAÇÃO, POR MEIO DE CONTRATO EMERGENCIAL E, POSTERIORMENTE, ATRAVÉS DE CONCURSO PÚBLICO, DE UM VETERINÁRIO PARA PRESTAR SERVIÇOS AOS PRODUTORES RURAIS, ATENDENDO AS NECESSIDADES DOS MUNÍCIPES PARAISENSES</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A EXECUÇÃO DE OBRAS DE SANEAMENTO BÁSICO NAS CASAS POPULARES DA VILA PARAÍSO, EM NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A MODIFICAÇÃO DA FORMA DE ESTACIONAMENTO DE PARALELO PARA OBLÍQUO, E, QUE ESTE OCORRA APENAS EM UM LADO DA VIA, NA RUA MAX RETZLAFF, ENTRE O ENTRONCAMENTO DAS RUAS AUGUSTO ROHDE E MAX MUCKLER, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL MANIFESTE-SE JUNTO AO DEPARTAMENTO AUTÔNOMO DE ESTRADAS DE RODAGEM - DAER, PELA REPOSIÇÃO DE PLACAS DE SINALIZAÇÃO DE TRÂNSITO JUNTO A RSC 287, NO PERCURSO ENTRE A LOCALIDADE DE BOA VISTA ATÉ A CIDADE DE PARAÍSO DO SUL</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PRORROGUE O PRAZO DO CONVÊNIO COM O SESC/RS PARA O ATENDIMENTO ODONTOLÓGICO NO MUNICÍPIO,ATENDENDO ASSIM MAIS PACIENTES QUE NÃO CONSEGUIRAM AGENDAMENTO PARA O ATENDIMENTO ESPECIALIZADO</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REMETA A CÂMARA MUNICIPAL PROJETO DE LEI QUE INSTITUA O PROGRAMA DE PRORROGAÇÃO DA LICENÇA-MATERNIDADE EM BENEFÍCIO DAS SERVIDORAS PÚBLICAS MUNICIPAIS DE CARGOS EFETIVOS E EM COMISSÃO</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE PROVIDENCIE A PINTURA DO MEIO FIO NAS AVENIDAS E NAS PRAÇAS,DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE A CONSTRUÇÃO DE UM ABRIGO JUNTO A PARADA DE ÔNIBUS EXISTENTE NA LOCALIDADE DE QUILOMBO, NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR ALEXANDRE DOS SANTOS</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REMETA PROJETO DE LEI PARA O LEGISLATIVO, COM OBJETIVO DE CRIAR UM PROGRAMA QUE FORNEÇA ASSISTÊNCIA OFTALMOLÓGICA JUNTO COM A CONFECÇÃO E DISPONIBILIZAÇÃO DE ÓCULOS GRATUITAMENTE A POPULAÇÃO DO MUNICÍPIO DE PARAÍSO DO SUL</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS NA EXTENSÃO DA RUA MATIAS PAUL GOTARDT, HOJE CHAMADA RUA E, MAIS PRECISAMENTE NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR NATALÍCIO DA ROSA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER LEGISLATIVO ELABORE PROJETO DE LEI VISANDO A CRIAÇÃO DA BANDEIRA E BRASÃO DA CÂMARA MUNICIPAL DE VEREADORES DE PARAÍSO DO SUL, DETERMINANDO QUE O MESMO SEJA FIXADO EM TODO DOCUMENTO PÚBLICO EXPEDIDO POR ESTA CASA LEGISLATIVA</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O PROJETO DA AVENIDA, COM AS RESPECTIVAS METRAGENS DISPOSTAS DE FORMA LEGAL, PARA QUE A CELETRO POSSA REALIZAR O POSTEAMENTO CENTRAL DA AVENIDA PRIMEIRO DE JANEIRO, NO TRECHO A PARTIR DA RUA WILLY ROSS ATÉ A SOCIPÊ</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REALIZE A DEVIDA ADEQUAÇÃO DO BRASÃO DE ARMAS DO NOSSO MUNICÍPIO, DENTRO DAS NORMAS E CONVENÇÕES UNIVERSAIS DA CIÊNCIA HERÁLDICA, CONFORME SUBSÍDIOS EM ANEXO, OU OUTROS QUE O ÓRGÃO MUNICIPAL DISPUSER</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE QUE FAÇA O CONSERTO NO CALÇAMENTO DA AVENIDA 1º DE JANEIRO NO TRECHO ENTRE A RUA EDMUNDO ROHDE E ROBERTO SCHUTZ, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REMETA PROJETO DE LEI PARA O LEGISLATIVO, COM OBJETIVO DE IMPLANTAR UMA ACADEMIA POPULAR AO AR LIVRE,PROMOVENDO A SAÚDE DA TERCEIRA IDADE E COMUNIDADE EM GERAL DO MUNICÍPIO DE PARAÍSO DO SUL</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REMETA UM OFÍCIO PARA A_x000D_
 CONCESSIONÁRIA SANTA CRUZ RODOVIAS PARA QUE A MESMA EXECUTE A COLOCAÇÃO DE TRÊS (3) TUBOS NO KM 178, NA RODOVIA RSC 287, PARA AMPLIAR O ACESSO A ENTRADA DA ESTRADA QUE DÁ ACESSO Á LOCALIDADE DE QUILOMBO, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A IMPLANTAÇÃO DO CHECK LIST NOS VEÍCULOS E MÁQUINAS PÚBLICAS MUNICIPAIS, PARA GARANTIR MAIOR CONTROLE E SEGURANÇA DESTES</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/74/74_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DETERMINE A SECRETARIA COMPETENTE QUE REALIZE A PAVIMENTAÇÃO, DA RUA MARCÍLIO BERNARDO EHLE, NA QUADRA COMPREENDIDA ENTRE A AVENIDA 1º DE JANEIRO E AVENIDA TIRADENTES, NA SEDE DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL EXECUTE A TROCA DESTE BUEIRO POR UMA PONTE PRÉ-MOLDADA, NA LOCALIDADE DE LINHA PATRÍCIA, MAIS_x000D_
 PRECISAMENTE ENTRE AS PROPRIEDADES DO SR. MARCIANO MULLER E O SR. LINDOLFO KOHLS,NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO INCISO I DO ARTIGO 24, DA RESOLUÇÃO Nº 01/95, DE 12.01.1995, DA CÂMARA MUNICIPAL DE VEREADORES DE PARAÍSO DO SUL</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/3/3_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA VALORES PARA O PAGAMENTO DE DESPESAS DE LOCOMOÇÃO E DIÁRIAS AOS VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/4/4_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA PARTICIPAÇÃO DOS VEREADORES E SERVIDORES DA CÂMARA NA VI MARCHA À CAPITAL, ORGANIZADA PELO PODER LEGISLATIVO DA QUARTA COLÔNIA E REGIÃO, E A REALIZAÇÃO DE DESPESAS COM TAL EVENTO</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf</t>
-[...38 lines deleted...]
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.doc</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.doc</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO FORNEÇA CÓPIAS DOS MEMORIAIS DESCRITIVOS, ESPECIFICAÇÕES TÉCNICAS, PLANTAS, PROJETOS, ORÇAMENTOS E CRONOGRAMAS DAS PONTES DE CONCRETO ARMADO PRÉ-MOLDADO CONSTRUÍDAS NAS LOCALIDADES DE LINHA SINIMBU E LINHA CONTENDA PELA EMPRESA ARTEBASE CONSTRUTORA LTDA. ASSIM COMO, O LAUDO DE ENTREGA FINAL, ASSINADO PELO FISCAL DA PREFEITURA</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf</t>
+    <t>http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>SABE-SE QUE ENTRE OS DIAS 28 DE NOVEMBRO DE 2011 A 1º DE DEZEMBRO DE 2011, CCS E SERVIDORES PÚBLICOS PARTICIPARAM DE UM CURSO REALIZADO EM PORTO ALEGRE-RS. DESTA FORMA, A VEREADORA INFRA-ASSINADA, NA FORMA REGIMENTAL, VEM ATRAVÉS DO PRESENTE REQUERER QUE SEJAM SOLICITADAS AO PODER EXECUTIVO MUNICIPAL AS SEGUINTES INFORMAÇÕES:1) QUAIS OS CCS E SERVIDORES PÚBLICOS QUE PARTICIPARAM DO CURSO;2) QUAIS OS VALORES GASTOS COM DIÁRIAS E DEMAIS DESPESAS E SEUS RESPECTIVOS COMPROVANTES;3) QUAL A DATA E CARGA HORÁRIA DO CURSO E OS SEUS RESPECTIVOS CERTIFICADOS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1051,68 +1051,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paraisodosul.rs.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>